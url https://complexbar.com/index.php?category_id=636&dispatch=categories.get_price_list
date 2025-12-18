--- v0 (2025-10-07)
+++ v1 (2025-12-18)
@@ -784,57 +784,57 @@
   <si>
     <t>03200761</t>
   </si>
   <si>
     <t>Serving napkin;polyvinyl chlor;,L=45,B=30cm;black</t>
   </si>
   <si>
     <t>03200775</t>
   </si>
   <si>
     <t>Serving napkin;polyvinyl chlor;,L=45,B=30cm;black,gray</t>
   </si>
   <si>
     <t>03200777</t>
   </si>
   <si>
     <t>Serving napkin;polyvinyl chlor;,L=45,B=30cm;black,red</t>
   </si>
   <si>
     <t>03200750</t>
   </si>
   <si>
     <t>Serving napkin;polyvinyl chlor;,L=45,B=30cm;gray</t>
   </si>
   <si>
+    <t>03200765</t>
+  </si>
+  <si>
+    <t>03090741</t>
+  </si>
+  <si>
     <t>03200763</t>
-  </si>
-[...4 lines deleted...]
-    <t>03090741</t>
   </si>
   <si>
     <t>Serving napkin;polyvinyl chlor;,L=45,B=30cm;silver, black</t>
   </si>
   <si>
     <t>03200759</t>
   </si>
   <si>
     <t>Serving napkin;polyvinyl chlor;,L=45,B=30cm;silver,gray</t>
   </si>
   <si>
     <t>03200757</t>
   </si>
   <si>
     <t>Serving napkin;polyvinyl chlor;,L=45,B=30cm;transparent,white</t>
   </si>
   <si>
     <t>03200756</t>
   </si>
   <si>
     <t>Serving napkin;polyvinyl chlor;,L=45,B=30cm;yellow,gray</t>
   </si>
   <si>
     <t>03200748</t>
   </si>