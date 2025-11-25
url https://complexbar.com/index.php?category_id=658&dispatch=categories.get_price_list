--- v0 (2025-10-10)
+++ v1 (2025-11-25)
@@ -11,77 +11,128 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="26">
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
-    <t>Lamp IKZ-250 250W</t>
-[...5 lines deleted...]
-    <t>KL</t>
+    <t>Lamp “Aladin”;glass;D=10.2,H=18.8cm;brown, clear.</t>
+  </si>
+  <si>
+    <t>03200514</t>
+  </si>
+  <si>
+    <t>Candol</t>
+  </si>
+  <si>
+    <t>CANDOL</t>
+  </si>
+  <si>
+    <t>Lamp “Coco”; steel, glass; D=76, H=178mm; gold, matte</t>
+  </si>
+  <si>
+    <t>03200529</t>
+  </si>
+  <si>
+    <t>Lamp “Delia”; steel, glass; D=12.4, H=24.6 cm; gold, clear.</t>
+  </si>
+  <si>
+    <t>03200530</t>
+  </si>
+  <si>
+    <t>Lamp “Delia”; steel, glass; D=12.4, H=24.6 cm; metallic, transparent.</t>
+  </si>
+  <si>
+    <t>03200558</t>
+  </si>
+  <si>
+    <t>Lamp “Jim”; steel, glass; D=64, H=195mm; matte, metallic.</t>
+  </si>
+  <si>
+    <t>03200525</t>
+  </si>
+  <si>
+    <t>Lamp “Jim”; steel, glass; D=64, H=195mm; silver, clear.</t>
+  </si>
+  <si>
+    <t>03200526</t>
+  </si>
+  <si>
+    <t>Oil lamp “Mussell”; glass, steel; D=99, H=255, L=130, B=130mm; chrome plated, transparent.</t>
+  </si>
+  <si>
+    <t>03200513</t>
+  </si>
+  <si>
+    <t>Oil lamp “Mussell”; steel, glass; D=10, H=17.8 cm; gold, mother-of-pearl.</t>
+  </si>
+  <si>
+    <t>03200509</t>
+  </si>
+  <si>
+    <t>Oil lamp “Rustic”; steel, glass; D=11.8, H=18.1 cm; black, red</t>
+  </si>
+  <si>
+    <t>03200516</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="# ##0.₽"/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -138,92 +189,204 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F2"/>
+  <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D3" s="0" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="0" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
+      <c r="A5" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D6" s="0" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D7" s="0" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D9" s="0" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D10" s="0" t="s">
+        <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Doc Author</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>