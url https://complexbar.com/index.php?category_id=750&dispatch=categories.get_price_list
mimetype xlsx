--- v0 (2025-10-10)
+++ v1 (2025-12-10)
@@ -11,51 +11,51 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="8576" uniqueCount="4398">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7756" uniqueCount="3988">
   <si>
     <t>Product name</t>
   </si>
   <si>
     <t>CODE</t>
   </si>
   <si>
     <t>Brand</t>
   </si>
   <si>
     <t>Manufacturer</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Availability</t>
   </si>
   <si>
     <t>Acacia salad bowl;wood;D=30,H=18cm;brown.</t>
   </si>
   <si>
     <t>03031762</t>
   </si>
   <si>
@@ -64,11444 +64,10424 @@
   <si>
     <t>WEST</t>
   </si>
   <si>
     <t>Bowl "Trianon";glass;0.5l;D=13,H=6,L=10cm;white</t>
   </si>
   <si>
     <t>03120208</t>
   </si>
   <si>
     <t>Arcoroc</t>
   </si>
   <si>
     <t>ARC</t>
   </si>
   <si>
     <t>Bowl double walls “Prootel”;thermost.glass;230ml;D=105,H=65mm;clear.</t>
   </si>
   <si>
     <t>03141021</t>
   </si>
   <si>
     <t>Sheng</t>
   </si>
   <si>
-    <t>Bowl “Belle Cousin”;porcelain;70ml;D=70,H=30,L=95mm;white</t>
-[...2 lines deleted...]
-    <t>04142354</t>
+    <t>Bowl “Day and Night”;ceramics;D=110,H=55mm;white,black</t>
+  </si>
+  <si>
+    <t>03032447</t>
+  </si>
+  <si>
+    <t>Dymov</t>
+  </si>
+  <si>
+    <t>Bowl “East”;porcelain;170ml;white,blue</t>
+  </si>
+  <si>
+    <t>03032271</t>
+  </si>
+  <si>
+    <t>Dobrush porcelain factory</t>
+  </si>
+  <si>
+    <t>DOFZ</t>
+  </si>
+  <si>
+    <t>Bowl “East”;porcelain;250ml;,H=10cm;white,blue</t>
+  </si>
+  <si>
+    <t>03032272</t>
+  </si>
+  <si>
+    <t>Bowl “East”;porcelain;330ml;,H=11.5cm;white,blue</t>
+  </si>
+  <si>
+    <t>03032273</t>
+  </si>
+  <si>
+    <t>Bowl “Marengo”;ceramics;250ml;D=11cm;brown.</t>
+  </si>
+  <si>
+    <t>03032368</t>
+  </si>
+  <si>
+    <t>Borisov Ceramics</t>
+  </si>
+  <si>
+    <t>K.B.</t>
+  </si>
+  <si>
+    <t>Bowl “Onyx”;ceramics;D=14,H=7cm;black</t>
+  </si>
+  <si>
+    <t>03032635</t>
+  </si>
+  <si>
+    <t>Bowl “Pinky”;ceramics;250ml;D=11cm;gray</t>
+  </si>
+  <si>
+    <t>03032367</t>
+  </si>
+  <si>
+    <t>Bowl “Restaurant”;glass;0.53l;D=13,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03120206</t>
+  </si>
+  <si>
+    <t>Bowl “Scandinavia”;ceramics;250ml;D=110,H=55mm;blue,brown.</t>
+  </si>
+  <si>
+    <t>03032254</t>
+  </si>
+  <si>
+    <t>Bowl “Tiramisu”;ceramics;250ml;D=110,H=55mm;white,black</t>
+  </si>
+  <si>
+    <t>03032232</t>
+  </si>
+  <si>
+    <t>Bowl;ceramics;250ml;D=110,H=55mm;mint</t>
+  </si>
+  <si>
+    <t>03032697</t>
+  </si>
+  <si>
+    <t>Bowl;ceramics;250ml;D=110,H=55mm;orange.</t>
+  </si>
+  <si>
+    <t>03032670</t>
+  </si>
+  <si>
+    <t>Bowl;ceramics;250ml;D=110,H=55mm;red</t>
+  </si>
+  <si>
+    <t>03032671</t>
+  </si>
+  <si>
+    <t>Bowl;ceramics;250ml;D=110,H=55mm;yellow.</t>
+  </si>
+  <si>
+    <t>03032672</t>
+  </si>
+  <si>
+    <t>Bowl;porcelain;250ml;D=11,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03120238</t>
+  </si>
+  <si>
+    <t>Dulevo</t>
+  </si>
+  <si>
+    <t>D.U.</t>
+  </si>
+  <si>
+    <t>Disposable salad bowl[500pcs];cane;0.5l;D=15cm;beige.</t>
+  </si>
+  <si>
+    <t>03032301</t>
+  </si>
+  <si>
+    <t>Matfer</t>
+  </si>
+  <si>
+    <t>MATFER</t>
+  </si>
+  <si>
+    <t>Enameled salad bowl; steel; 0.5 l; D=150, H=55 mm; white, blue</t>
+  </si>
+  <si>
+    <t>03031957</t>
+  </si>
+  <si>
+    <t>TIANJ</t>
+  </si>
+  <si>
+    <t>Enameled salad bowl; steel; 0.9 l; D=170, H=65 mm; white, blue</t>
+  </si>
+  <si>
+    <t>03031958</t>
+  </si>
+  <si>
+    <t>Fruit salad bowl;metal;250ml;metal.</t>
+  </si>
+  <si>
+    <t>03030297</t>
+  </si>
+  <si>
+    <t>Casalinghi</t>
+  </si>
+  <si>
+    <t>CASAL</t>
+  </si>
+  <si>
+    <t>Handmade salad bowl; porcelain; D=150, H=32mm; white</t>
+  </si>
+  <si>
+    <t>03031965</t>
+  </si>
+  <si>
+    <t>Sumisura</t>
+  </si>
+  <si>
+    <t>ROYALE</t>
+  </si>
+  <si>
+    <t>Handmade salad bowl; porcelain; D=175, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03032084</t>
+  </si>
+  <si>
+    <t>03032083</t>
+  </si>
+  <si>
+    <t>Handmade salad bowl; porcelain; D=175, H=55mm; white</t>
+  </si>
+  <si>
+    <t>03032069</t>
+  </si>
+  <si>
+    <t>Rectangular salad bowl; plastic; 1.5 l;, H=70, L=265, B=162mm; dark brown, red</t>
+  </si>
+  <si>
+    <t>03031166</t>
+  </si>
+  <si>
+    <t>APS</t>
+  </si>
+  <si>
+    <t>Rectangular salad bowl; plastic; 1.5 l;, H=70, L=265, B=162mm; dark wood</t>
+  </si>
+  <si>
+    <t>03031165</t>
+  </si>
+  <si>
+    <t>Rectangular salad bowl; plastic; 2.5 l;, H=90, L=265, B=162mm; wood theme, green.</t>
+  </si>
+  <si>
+    <t>03031167</t>
+  </si>
+  <si>
+    <t>Rectangular salad bowl;plastic;2l;,H=80,L=260,B=175mm;white</t>
+  </si>
+  <si>
+    <t>03034202</t>
+  </si>
+  <si>
+    <t>Cambro</t>
+  </si>
+  <si>
+    <t>Rectangular salad bowl;plastic;4.6l;,H=80,L=335,B=265mm;white</t>
+  </si>
+  <si>
+    <t>03034201</t>
+  </si>
+  <si>
+    <t>Salad bowl "Galaxy" asymmetrical; porcelain; 0.55 l; D=200, H=45mm; light-gray.</t>
+  </si>
+  <si>
+    <t>03034539</t>
+  </si>
+  <si>
+    <t>Kutahya</t>
+  </si>
+  <si>
+    <t>Salad bowl "Galaxy" asymmetrical; porcelain; 0.86 l; D=250, H=51mm; matte, light gray.</t>
+  </si>
+  <si>
+    <t>03034536</t>
+  </si>
+  <si>
+    <t>Salad bowl "Galaxy" asymmetrical; porcelain; 1.2 l; D=230, H=73mm; light-gray.</t>
+  </si>
+  <si>
+    <t>03034542</t>
+  </si>
+  <si>
+    <t>Salad bowl "Ink Nomad"; porcelain; 0.65 l; D=205, H=40mm; beige.</t>
+  </si>
+  <si>
+    <t>03032495</t>
+  </si>
+  <si>
+    <t>Steelite</t>
+  </si>
+  <si>
+    <t>ST</t>
+  </si>
+  <si>
+    <t>Salad bowl "Kraft Apple"; porcelain; 0.65 l; D=205, H=40mm; yellow-green.</t>
+  </si>
+  <si>
+    <t>03034207</t>
+  </si>
+  <si>
+    <t>Salad bowl "Kyubo" deep;glass;1l;,H=45,L=295,B=295mm;clear.</t>
+  </si>
+  <si>
+    <t>03031229</t>
+  </si>
+  <si>
+    <t>BDK</t>
+  </si>
+  <si>
+    <t>Salad bowl "Potters" gray-brown; porcelain; 1.14 l; D=22.8 cm</t>
+  </si>
+  <si>
+    <t>03031899</t>
+  </si>
+  <si>
+    <t>Robert Gordon</t>
+  </si>
+  <si>
+    <t>Salad bowl "Potters" gray-brown; porcelain; D=12.7cm</t>
+  </si>
+  <si>
+    <t>03031898</t>
+  </si>
+  <si>
+    <t>Salad bowl "Raffine" diamond-shaped; porcelain;, L=16, B=12 cm; ivory</t>
+  </si>
+  <si>
+    <t>03030598</t>
+  </si>
+  <si>
+    <t>Bauscher</t>
+  </si>
+  <si>
+    <t>Salad bowl "Scape glass" oval; glass; L=30cm; clear.</t>
+  </si>
+  <si>
+    <t>03032066</t>
+  </si>
+  <si>
+    <t>Salad bowl "Scape glass" oval; glass;, L=12.5, B=11cm; clear.</t>
+  </si>
+  <si>
+    <t>03030781</t>
+  </si>
+  <si>
+    <t>Salad bowl "Scape glass" oval; glass;, L=20cm; clear.</t>
+  </si>
+  <si>
+    <t>03032057</t>
+  </si>
+  <si>
+    <t>Salad bowl "Season's bar";zenix;1.2l;D=200,H=99mm;white</t>
+  </si>
+  <si>
+    <t>03031731</t>
+  </si>
+  <si>
+    <t>Salad bowl "Season's bar";zenix;1.8l;D=22.5,H=10.7cm;white</t>
+  </si>
+  <si>
+    <t>03031732</t>
+  </si>
+  <si>
+    <t>Salad bowl "Season's bar";zenix;2.2l;D=24.5,H=11.8cm;white</t>
+  </si>
+  <si>
+    <t>03031733</t>
+  </si>
+  <si>
+    <t>Salad bowl (for art. 85250); plastic; 4.5 l; D=25, H=16 cm; dark brown, metal.</t>
+  </si>
+  <si>
+    <t>03035178</t>
+  </si>
+  <si>
+    <t>Salad bowl 2 sections;plastic;,H=45,L=175,B=75mm;white</t>
+  </si>
+  <si>
+    <t>03034556</t>
+  </si>
+  <si>
+    <t>Salad bowl crumpled;porcelain;250ml;D=115,H=70mm;black</t>
+  </si>
+  <si>
+    <t>03032110</t>
   </si>
   <si>
     <t>Revol</t>
   </si>
   <si>
     <t>REVOL</t>
   </si>
   <si>
-    <t>Bowl “Day and Night”;ceramics;D=110,H=55mm;white,black</t>
-[...146 lines deleted...]
-    <t>03032942</t>
+    <t>Salad bowl crumpled;porcelain;250ml;D=115,H=70mm;white</t>
+  </si>
+  <si>
+    <t>03032109</t>
+  </si>
+  <si>
+    <t>Salad bowl for AFC000T201;porcelain;300ml;white</t>
+  </si>
+  <si>
+    <t>02100263</t>
+  </si>
+  <si>
+    <t>Frilich</t>
+  </si>
+  <si>
+    <t>Salad bowl for AFC000T202;porcelain;0.6l;white</t>
+  </si>
+  <si>
+    <t>02100262</t>
+  </si>
+  <si>
+    <t>Salad bowl for AFC000T203;porcelain;0.9l;white</t>
+  </si>
+  <si>
+    <t>02100261</t>
+  </si>
+  <si>
+    <t>Salad bowl for stand;porcelain;1.2l;,L=23,B=23cm;white</t>
+  </si>
+  <si>
+    <t>03031282</t>
+  </si>
+  <si>
+    <t>Salad bowl GN1/2;plastic;3.65l;,H=75,L=325,B=265mm;white</t>
+  </si>
+  <si>
+    <t>03033789</t>
+  </si>
+  <si>
+    <t>Salad bowl GN1/2;plastic;4l;,L=32.5,B=26.5cm;black</t>
+  </si>
+  <si>
+    <t>03032326</t>
+  </si>
+  <si>
+    <t>Salad bowl GN1/4;plastic;1.8l;,H=75,L=265,B=162mm;black,beige.</t>
+  </si>
+  <si>
+    <t>03032325</t>
+  </si>
+  <si>
+    <t>Salad bowl GN1/4;plastic;1.8l;,H=75,L=265,B=162mm;white,beige.</t>
+  </si>
+  <si>
+    <t>03032324</t>
+  </si>
+  <si>
+    <t>Salad bowl GN1/6;plastic;1l;,H=75,L=176,B=162mm;white,beige.</t>
+  </si>
+  <si>
+    <t>03032321</t>
+  </si>
+  <si>
+    <t>Salad bowl GN1/6;plastic;1l;,L=17.6,B=16.2cm;gray</t>
+  </si>
+  <si>
+    <t>03032323</t>
+  </si>
+  <si>
+    <t>Salad bowl GN1/9;plastic;,H=55,L=176,B=108mm;black</t>
+  </si>
+  <si>
+    <t>03032314</t>
+  </si>
+  <si>
+    <t>Salad bowl GN1/9;plastic;0.5l;,H=55,L=176,B=108mm;black,beige.</t>
+  </si>
+  <si>
+    <t>03032315</t>
+  </si>
+  <si>
+    <t>Salad bowl GN2/4;plastic;3.65l;,H=75,L=530,B=162mm;black</t>
+  </si>
+  <si>
+    <t>03032320</t>
+  </si>
+  <si>
+    <t>Salad bowl H=40/90mm;porcelain;470ml;,L=25,B=16.5cm;white</t>
+  </si>
+  <si>
+    <t>03030749</t>
+  </si>
+  <si>
+    <t>Salad bowl H=50/100mm;porcelain;0.5l;D=22cm</t>
+  </si>
+  <si>
+    <t>03030864</t>
+  </si>
+  <si>
+    <t>Salad bowl handmade; porcelain; D=21, H=8cm; blue, green.</t>
+  </si>
+  <si>
+    <t>03032068</t>
+  </si>
+  <si>
+    <t>Salad bowl handmade;porcelain;D=13,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030784</t>
+  </si>
+  <si>
+    <t>Salad bowl handmade;porcelain;D=14,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03032144</t>
+  </si>
+  <si>
+    <t>03032145</t>
+  </si>
+  <si>
+    <t>Salad bowl handmade;porcelain;D=21,H=8cm;white</t>
+  </si>
+  <si>
+    <t>03032081</t>
+  </si>
+  <si>
+    <t>03032082</t>
+  </si>
+  <si>
+    <t>Salad bowl handmade;porcelain;D=95,H=47mm;white</t>
+  </si>
+  <si>
+    <t>03034124</t>
+  </si>
+  <si>
+    <t>03034125</t>
+  </si>
+  <si>
+    <t>03032070</t>
+  </si>
+  <si>
+    <t>Salad bowl on a dish [2 pcs]; ceramics; D=120, H=45, L=295mm; white, beige.</t>
+  </si>
+  <si>
+    <t>03031941</t>
+  </si>
+  <si>
+    <t>Cozy&amp;Trendy</t>
+  </si>
+  <si>
+    <t>Billiet</t>
+  </si>
+  <si>
+    <t>Salad bowl on a leg; porcelain; D=13cm; white</t>
+  </si>
+  <si>
+    <t>03030665</t>
+  </si>
+  <si>
+    <t>Tognana</t>
+  </si>
+  <si>
+    <t>Salad bowl on a stand [3 pcs]; bamboo, wood; D=95, H=45mm; blue.</t>
+  </si>
+  <si>
+    <t>03030661</t>
+  </si>
+  <si>
+    <t>Kesper</t>
+  </si>
+  <si>
+    <t>Salad bowl on a stand [4 pcs]; plastic, stainless steel;, H=16, L=17, B=17 cm; white, metal.</t>
+  </si>
+  <si>
+    <t>03031596</t>
+  </si>
+  <si>
+    <t>Salad bowl on a stand; glass, metal; D=15, H=14cm; violet.</t>
+  </si>
+  <si>
+    <t>03030848</t>
+  </si>
+  <si>
+    <t>Glass</t>
+  </si>
+  <si>
+    <t>GLASS</t>
+  </si>
+  <si>
+    <t>Salad bowl on stand [24 pcs]; glass, stainless steel; D=12cm; transparent, black</t>
+  </si>
+  <si>
+    <t>03031541</t>
+  </si>
+  <si>
+    <t>Pintinox</t>
+  </si>
+  <si>
+    <t>Salad bowl on stand;steel, porcelain;1.2l;,H=11.5,L=23.5,B=23.5cm;black,white</t>
+  </si>
+  <si>
+    <t>03031682</t>
+  </si>
+  <si>
+    <t>Salad bowl on stand;steel, porcelain;1.2l;,H=16.5,L=23.5,B=23.5cm;black,white</t>
+  </si>
+  <si>
+    <t>03031681</t>
+  </si>
+  <si>
+    <t>Salad bowl oval; ceramics;, H=4, L=14, B=9 cm; brown, blue.</t>
+  </si>
+  <si>
+    <t>03033812</t>
+  </si>
+  <si>
+    <t>Salad bowl oval; ceramics;, H=4, L=14, B=9cm; turquoise, green.</t>
+  </si>
+  <si>
+    <t>03033795</t>
+  </si>
+  <si>
+    <t>Salad bowl oval; ceramics;, H=50, L=195, B=130mm; beige, blue.</t>
+  </si>
+  <si>
+    <t>03033835</t>
+  </si>
+  <si>
+    <t>Salad bowl oval;ceramics;,H=55,L=240,B=210mm;white,gray</t>
+  </si>
+  <si>
+    <t>03033804</t>
+  </si>
+  <si>
+    <t>Salad bowl oval;ceramics;,H=6,L=32,B=24cm;blue</t>
+  </si>
+  <si>
+    <t>03032568</t>
+  </si>
+  <si>
+    <t>Salad bowl with cooling; plastic, stainless steel; 3 l; D=26, H=16 cm; dark brown, metal.</t>
+  </si>
+  <si>
+    <t>03035177</t>
+  </si>
+  <si>
+    <t>Salad bowl with handles;plastic;1l;,H=85,L=330,B=240mm;white</t>
+  </si>
+  <si>
+    <t>03032016</t>
+  </si>
+  <si>
+    <t>Salad bowl with lid “Ro Design Bai Erbisi” with lid;ceramics;white</t>
+  </si>
+  <si>
+    <t>03035243</t>
+  </si>
+  <si>
+    <t>Studio Raw</t>
+  </si>
+  <si>
+    <t>Style Point</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges; bone porcelain; D=122, H=30mm; white</t>
+  </si>
+  <si>
+    <t>03031751</t>
+  </si>
+  <si>
+    <t>Serax</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges; bone porcelain; D=153, H=33mm; white</t>
+  </si>
+  <si>
+    <t>03031750</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges; bone porcelain; D=176, H=25mm; white</t>
+  </si>
+  <si>
+    <t>03031749</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;bone porcelain;,H=38,L=180,B=80mm;white</t>
+  </si>
+  <si>
+    <t>03031748</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;bone porcelain;50ml;,H=18,L=130,B=110mm;white</t>
+  </si>
+  <si>
+    <t>03031753</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;san-plastic;2l;,H=80,L=260,B=175mm;black</t>
+  </si>
+  <si>
+    <t>03032024</t>
+  </si>
+  <si>
+    <t>Restola</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;san-plastic;2l;,H=80,L=260,B=175mm;red</t>
+  </si>
+  <si>
+    <t>03032037</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;san-plastic;2l;,H=80,L=260,B=175mm;transparent.</t>
+  </si>
+  <si>
+    <t>03032023</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;san-plastic;4l;,H=80,L=330,B=265mm;black</t>
+  </si>
+  <si>
+    <t>03032026</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;san-plastic;4l;,H=80,L=330,B=265mm;red</t>
+  </si>
+  <si>
+    <t>03031764</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;san-plastic;4l;,H=80,L=330,B=265mm;transparent.</t>
+  </si>
+  <si>
+    <t>03032025</t>
+  </si>
+  <si>
+    <t>Salad bowl with wavy edges;san-plastic;4l;,H=80,L=330,B=265mm;white</t>
+  </si>
+  <si>
+    <t>03031763</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos” oval; porcelain; 0.5 l;, H=50, L=315, B=210mm; white, blue</t>
+  </si>
+  <si>
+    <t>03032681</t>
+  </si>
+  <si>
+    <t>Le CoQ</t>
+  </si>
+  <si>
+    <t>Ilsa</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos” oval; porcelain; 100 ml;, H=9, L=20, B=15 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03032678</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos” oval; porcelain; 150 ml;, H=35, L=210, B=140mm; white, blue</t>
+  </si>
+  <si>
+    <t>03032679</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos” oval; porcelain; 250 ml;, H=45, L=265, B=175mm; white, blue</t>
+  </si>
+  <si>
+    <t>03032680</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos”; porcelain; 0.5 l; D=125, H=70mm; white, blue</t>
+  </si>
+  <si>
+    <t>03041414</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos”; porcelain; 0.95 l; D=21, H=60mm; white, blue</t>
+  </si>
+  <si>
+    <t>03032675</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos”; porcelain; 1.7 l; D=255, H=70mm; white, blue</t>
+  </si>
+  <si>
+    <t>03035205</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos”;porcelain;200ml;,H=75,L=140,B=135mm;white,blue</t>
+  </si>
+  <si>
+    <t>03032676</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos”;porcelain;300ml;D=11,H=6cm;white,blue</t>
+  </si>
+  <si>
+    <t>03041413</t>
+  </si>
+  <si>
+    <t>Salad bowl “Abyssos”;porcelain;350ml;,H=90,L=170,B=155mm;white,blue</t>
+  </si>
+  <si>
+    <t>03032677</t>
+  </si>
+  <si>
+    <t>Salad bowl “Acacia”; acacia; 1.8 l; D=210, H=85mm; wooden.</t>
+  </si>
+  <si>
+    <t>03035203</t>
+  </si>
+  <si>
+    <t>Salad bowl “Acacia”; acacia; 3 l; D=270, H=85mm; wooden.</t>
+  </si>
+  <si>
+    <t>03035204</t>
+  </si>
+  <si>
+    <t>Salad bowl “Adelaide”; porcelain; D=13cm; blue</t>
+  </si>
+  <si>
+    <t>03032937</t>
+  </si>
+  <si>
+    <t>Salad bowl “Adelaide”; porcelain; D=13cm; creams.</t>
+  </si>
+  <si>
+    <t>03032940</t>
+  </si>
+  <si>
+    <t>Salad bowl “Adelaide”; porcelain; D=15cm; blue</t>
+  </si>
+  <si>
+    <t>03032936</t>
+  </si>
+  <si>
+    <t>Salad bowl “Adelaide”; porcelain; D=15cm; creams.</t>
+  </si>
+  <si>
+    <t>03032939</t>
+  </si>
+  <si>
+    <t>Salad bowl “Adelaide”; porcelain; D=21.5 cm; blue</t>
+  </si>
+  <si>
+    <t>03032935</t>
+  </si>
+  <si>
+    <t>Salad bowl “Adelaide”; porcelain; D=21.5 cm; creams.</t>
+  </si>
+  <si>
+    <t>03032938</t>
+  </si>
+  <si>
+    <t>Salad bowl “Agate”;porcelain;0.75l;D=15cm;red</t>
+  </si>
+  <si>
+    <t>03032444</t>
+  </si>
+  <si>
+    <t>Kunstwerk</t>
+  </si>
+  <si>
+    <t>WEIYE</t>
+  </si>
+  <si>
+    <t>Salad bowl “Agate”;porcelain;150ml;D=85mm;red</t>
+  </si>
+  <si>
+    <t>03032442</t>
+  </si>
+  <si>
+    <t>Salad bowl “Agate”;porcelain;300ml;D=10cm;red</t>
+  </si>
+  <si>
+    <t>03032443</t>
+  </si>
+  <si>
+    <t>Salad bowl “Agave”; porcelain; 0.5 l; D=145, H=60mm; matte, green.</t>
+  </si>
+  <si>
+    <t>03032911</t>
+  </si>
+  <si>
+    <t>DXC</t>
+  </si>
+  <si>
+    <t>Salad bowl “Agave”; porcelain; 0.7 l; D=170, H=75mm; matte, green.</t>
+  </si>
+  <si>
+    <t>03032912</t>
+  </si>
+  <si>
+    <t>Salad bowl “Agave”; porcelain; 0.9 l; D=205, H=85mm; matte, green.</t>
+  </si>
+  <si>
+    <t>03032910</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aisio” oval; porcelain; 0.6 l;, H=81, L=242, B=146mm; white, gray</t>
+  </si>
+  <si>
+    <t>03032995</t>
+  </si>
+  <si>
+    <t>P&amp;T</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aisio”; porcelain; 0.65 l; D=180, H=51mm; white, gray</t>
+  </si>
+  <si>
+    <t>03032993</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aisio”; porcelain; 0.92 l; D=210, H=52mm; white, gray</t>
+  </si>
+  <si>
+    <t>03032994</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aisio”; porcelain; 1,125 l; D=180, H=78mm; white, gray</t>
+  </si>
+  <si>
+    <t>03032996</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aisio”; porcelain; D=11, H=5cm; white, gray</t>
+  </si>
+  <si>
+    <t>03033166</t>
+  </si>
+  <si>
+    <t>Salad bowl “Alexandria” oval; porcelain; 200ml;,H=4,L=20,B=11cm;white</t>
+  </si>
+  <si>
+    <t>03030347</t>
+  </si>
+  <si>
+    <t>Salad bowl “Alexandria”; porcelain; 0.65 l; D=170, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03031572</t>
+  </si>
+  <si>
+    <t>Salad bowl “Alexandria”;porcelain;350ml;D=140,H=52mm;white</t>
+  </si>
+  <si>
+    <t>03031571</t>
+  </si>
+  <si>
+    <t>Salad bowl “America” in relief; porcelain; 260 ml; D=115, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03030238</t>
+  </si>
+  <si>
+    <t>Lubiana</t>
+  </si>
+  <si>
+    <t>LUB</t>
+  </si>
+  <si>
+    <t>Salad bowl “America”;porcelain;D=14cm;white</t>
+  </si>
+  <si>
+    <t>03031590</t>
+  </si>
+  <si>
+    <t>Salad bowl “Anfora Alma”; ceramics; 1.08 l; D=19, H=7cm; blue.</t>
+  </si>
+  <si>
+    <t>03030770</t>
+  </si>
+  <si>
+    <t>Salad bowl “Anfora Alma”; ceramics; 1.42 l; D=215, H=75mm; brown, olive.</t>
+  </si>
+  <si>
+    <t>03030769</t>
+  </si>
+  <si>
+    <t>Salad bowl “Anfora Alma”; ceramics; D=19, H=7cm; brown, olive.</t>
+  </si>
+  <si>
+    <t>03031831</t>
+  </si>
+  <si>
+    <t>Salad bowl “Anfora Alma”; porcelain; 450 ml; D=234, H=64mm; brown.</t>
+  </si>
+  <si>
+    <t>03031833</t>
+  </si>
+  <si>
+    <t>Salad bowl “Antoinette”; porcelain; 0.9 l; D=300, H=45mm; white, olive.</t>
+  </si>
+  <si>
+    <t>03031259</t>
+  </si>
+  <si>
+    <t>Salad bowl “Antoinette”; porcelain; 140 ml; D=130, H=45mm; white, olive.</t>
+  </si>
+  <si>
+    <t>03030550</t>
+  </si>
+  <si>
+    <t>Salad bowl “Antoinette”; porcelain; 380 ml; D=16, H=5 cm; white, olive.</t>
+  </si>
+  <si>
+    <t>03030549</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aphrodite”; porcelain; 0.65 l; D=185, H=55mm; white</t>
+  </si>
+  <si>
+    <t>03030818</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aphrodite”; porcelain; 0.65 l; D=185, H=55mm; white, gold</t>
+  </si>
+  <si>
+    <t>03030919</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aphrodite”; porcelain; 1 l; D=230, H=65mm; white, gold</t>
+  </si>
+  <si>
+    <t>03031016</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aphrodite”; porcelain; 250ml; D=140, H=45mm; white, gold</t>
+  </si>
+  <si>
+    <t>03030335</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aphrodite”;porcelain;1l;D=230,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03031046</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aphrodite”;porcelain;250ml;D=140,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030386</t>
+  </si>
+  <si>
+    <t>Salad bowl “Appetizer” oval; porcelain; 150ml; D=96, H=60mm; white</t>
+  </si>
+  <si>
+    <t>03030694</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aquamarine”;glass;250ml;D=14cm;blue.</t>
+  </si>
+  <si>
+    <t>03033771</t>
+  </si>
+  <si>
+    <t>Pordamsa</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aqua”; ceramics; 0.8 l; D=180, H=65mm; green.</t>
+  </si>
+  <si>
+    <t>03031729</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aqua”; ceramics; D=110, H=75mm; light green.</t>
+  </si>
+  <si>
+    <t>03030777</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aqua”; ceramics; D=150, H=35mm; light green.</t>
+  </si>
+  <si>
+    <t>03030779</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aqua”; ceramics; D=33, H=8cm; light green.</t>
+  </si>
+  <si>
+    <t>03031874</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aqua”;ceramics;2l;D=24,H=10cm;light green.</t>
+  </si>
+  <si>
+    <t>03031042</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arabesque”; plastic; 0.8 l; D=155, H=80mm; blue, brown.</t>
+  </si>
+  <si>
+    <t>03032575</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arabesque”; plastic; 1.1 l; D=205, H=55mm; blue, brown.</t>
+  </si>
+  <si>
+    <t>03032576</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arabesque”; plastic; 200 ml; D=10, H=6 cm; blue, brown.</t>
+  </si>
+  <si>
+    <t>03032574</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arabesque”;plastic;3l;D=31,H=9cm;blue,brown.</t>
+  </si>
+  <si>
+    <t>03032577</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”; porcelain; 0.75 l; D=190, H=65mm; ivory</t>
+  </si>
+  <si>
+    <t>03031095</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”; porcelain; 0.85 l; D=24, H=6 cm; ivory</t>
+  </si>
+  <si>
+    <t>03031576</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”; porcelain; 175 ml; D=140, H=32mm;</t>
+  </si>
+  <si>
+    <t>03031707</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”; porcelain; 175 ml; D=140, H=32mm; black, gray</t>
+  </si>
+  <si>
+    <t>03031708</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”; porcelain; 175 ml; D=140, H=32mm; ivory</t>
+  </si>
+  <si>
+    <t>03031705</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”; porcelain; 250ml; D=120, H=65mm; black, gray</t>
+  </si>
+  <si>
+    <t>03031710</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”; porcelain; 3.5 l; D=335, H=90mm; ivory</t>
+  </si>
+  <si>
+    <t>03031846</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”;ceramics;0.75l;D=190,H=65mm;black</t>
+  </si>
+  <si>
+    <t>03031096</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”;ceramics;0.75l;D=190,H=65mm;black,gold</t>
+  </si>
+  <si>
+    <t>03031097</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”;ceramics;0.85l;D=24,H=6cm;</t>
+  </si>
+  <si>
+    <t>03031145</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”;ceramics;0.85l;D=24,H=6cm;black,gray</t>
+  </si>
+  <si>
+    <t>03031146</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arborescence”;ceramics;350ml;D=140,H=55mm;</t>
+  </si>
+  <si>
+    <t>03031578</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arcadia”; porcelain; 0.8 l; D=23, H=8 cm; white</t>
+  </si>
+  <si>
+    <t>03031010</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arcadia”; porcelain; 300 ml; D=165, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03030403</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arcadia”; porcelain; D=13, H=3cm; white</t>
+  </si>
+  <si>
+    <t>03030323</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arcadia”;porcelain;350ml;D=140,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03030322</t>
+  </si>
+  <si>
+    <t>Salad bowl “Arcadia”;porcelain;450ml;D=180,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030908</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aria”;glass;250ml;D=112,H=62mm;clear.</t>
+  </si>
+  <si>
+    <t>03031684</t>
+  </si>
+  <si>
+    <t>Bormioli Rocco</t>
+  </si>
+  <si>
+    <t>BR F</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aria”;glass;250ml;D=133,H=70mm;clear.</t>
+  </si>
+  <si>
+    <t>03031683</t>
+  </si>
+  <si>
+    <t>Salad bowl “Artik”; porcelain; 0.55 l; D=25, H=16 cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032268</t>
+  </si>
+  <si>
+    <t>Salad bowl “Artik”; porcelain; 225 ml; D=22, H=14 cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032267</t>
+  </si>
+  <si>
+    <t>Salad bowl “Asia”;glass;0.88l;D=17.9cm;clear.</t>
+  </si>
+  <si>
+    <t>03033099</t>
+  </si>
+  <si>
+    <t>Pasabahce</t>
+  </si>
+  <si>
+    <t>PASA/b</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aspen”;glass;2.3l;D=23,H=8cm;clear.</t>
+  </si>
+  <si>
+    <t>03030969</t>
+  </si>
+  <si>
+    <t>Luminarc</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aspen”;glass;2.7l;D=27,H=10cm;matte</t>
+  </si>
+  <si>
+    <t>03030979</t>
+  </si>
+  <si>
+    <t>Salad bowl “Atika”;glass;375ml;,L=22,B=19cm;black</t>
+  </si>
+  <si>
+    <t>03034204</t>
+  </si>
+  <si>
+    <t>Salad bowl “Atika”;glass;75ml;,L=17,B=15cm;black</t>
+  </si>
+  <si>
+    <t>03034203</t>
+  </si>
+  <si>
+    <t>Salad bowl “Atlantis”; porcelain; 0.65 l; D=165, H=62mm; white</t>
+  </si>
+  <si>
+    <t>03030363</t>
+  </si>
+  <si>
+    <t>Lilien Austria</t>
+  </si>
+  <si>
+    <t>HPKV</t>
+  </si>
+  <si>
+    <t>Salad bowl “Atlantis”; porcelain; 0.95 l; D=185, H=70mm; white</t>
+  </si>
+  <si>
+    <t>03030426</t>
+  </si>
+  <si>
+    <t>Salad bowl “Atlantis”;glass;D=120,H=45mm;matte</t>
+  </si>
+  <si>
+    <t>03031169</t>
+  </si>
+  <si>
+    <t>Salad bowl “Atlantis”;porcelain;320ml;D=125,H=50mm;white</t>
+  </si>
+  <si>
+    <t>03030264</t>
+  </si>
+  <si>
+    <t>Salad bowl “Atlantis”;porcelain;450ml;D=143,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03030427</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aura”; porcelain; D=14cm; white</t>
+  </si>
+  <si>
+    <t>03031588</t>
+  </si>
+  <si>
+    <t>Rene Ozorio</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aura”;porcelain;300ml;D=14cm;white</t>
+  </si>
+  <si>
+    <t>03031542</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Bluestone”; porcelain; 270ml; D=135, H=35mm; beige, blue</t>
+  </si>
+  <si>
+    <t>03034135</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Bluestone”; porcelain; 450 ml; D=140, H=65mm; beige, blue</t>
+  </si>
+  <si>
+    <t>03033117</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Bluestone”; porcelain; D=10cm; beige, blue</t>
+  </si>
+  <si>
+    <t>03033307</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Bluestone”; porcelain; D=15.5 cm; beige, blue</t>
+  </si>
+  <si>
+    <t>03033306</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Bluestone”; porcelain; D=17.5 cm; beige, blue</t>
+  </si>
+  <si>
+    <t>03033118</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Granite”; porcelain; 0.665 l; D=15.5 cm; beige, brown.</t>
+  </si>
+  <si>
+    <t>03033164</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Granite”; porcelain; 270 ml; D=135, H=35mm; beige, brown.</t>
+  </si>
+  <si>
+    <t>03034134</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Granite”; porcelain; D=17.5 cm; beige, brown.</t>
+  </si>
+  <si>
+    <t>03033304</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Granite”; porcelain; D=7cm; beige, brown.</t>
+  </si>
+  <si>
+    <t>03033305</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Jade”; porcelain; 0.655 l; D=15.5 cm; beige, green.</t>
+  </si>
+  <si>
+    <t>03034137</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Jade”; porcelain; 270ml; D=135, H=35mm; beige, green.</t>
+  </si>
+  <si>
+    <t>03034136</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Jade”; porcelain; D=13.5 cm; green.</t>
+  </si>
+  <si>
+    <t>03033308</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Jade”; porcelain; D=14cm; beige, green.</t>
+  </si>
+  <si>
+    <t>03033309</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Revolution Jade”; porcelain; D=17.5 cm; beige, green.</t>
+  </si>
+  <si>
+    <t>03033919</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Amber”; porcelain; D=17.5 cm; beige, amber</t>
+  </si>
+  <si>
+    <t>03033918</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Burnt Emerald”; porcelain; 50ml; D=7cm; beige, green.</t>
+  </si>
+  <si>
+    <t>03034028</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Burnt”; porcelain; 0.9 l; D=175, H=85mm; beige, green.</t>
+  </si>
+  <si>
+    <t>03033123</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Burnt”; porcelain; D=12cm; beige, green.</t>
+  </si>
+  <si>
+    <t>03033312</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Burnt”; porcelain; D=15.5 cm; beige, green.</t>
+  </si>
+  <si>
+    <t>03033126</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Burnt”; porcelain; D=17.5 cm; beige, green.</t>
+  </si>
+  <si>
+    <t>03033125</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Lapis”; porcelain; 1.06 l; D=17.8 cm; blue, light blue.</t>
+  </si>
+  <si>
+    <t>03033311</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Lapis”; porcelain; D=11cm; blue, light blue.</t>
+  </si>
+  <si>
+    <t>03033310</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Lapis”; porcelain; D=12cm; blue, light blue.</t>
+  </si>
+  <si>
+    <t>03033129</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Lapis”; porcelain; D=17.5 cm; blue, light blue.</t>
+  </si>
+  <si>
+    <t>03033917</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Rose Quartz”; porcelain; 0.9 l; D=175, H=85mm; pink.</t>
+  </si>
+  <si>
+    <t>03033119</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Rose Quartz”; porcelain; 450 ml; D=140, H=65mm; pink.</t>
+  </si>
+  <si>
+    <t>03033120</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Rose Quartz”; porcelain; D=15.5cm; pink.</t>
+  </si>
+  <si>
+    <t>03033122</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora Vesuvius Rose Quartz”; porcelain; D=17.5 cm; pink.</t>
+  </si>
+  <si>
+    <t>03033121</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora”; porcelain; 0.515 l; blue</t>
+  </si>
+  <si>
+    <t>03034533</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora”; porcelain; 0.515 l; sand.</t>
+  </si>
+  <si>
+    <t>03034534</t>
+  </si>
+  <si>
+    <t>Salad bowl “Aurora”;glass;D=14,H=6cm;clear.</t>
+  </si>
+  <si>
+    <t>03031758</t>
+  </si>
+  <si>
+    <t>Salad bowl “Azure white”; ceramics; D=185, H=65mm; turquoise.</t>
+  </si>
+  <si>
+    <t>03032237</t>
+  </si>
+  <si>
+    <t>Salad bowl “Baby Lisa”; porcelain; 240 ml; D=13.2 cm</t>
+  </si>
+  <si>
+    <t>03030662</t>
+  </si>
+  <si>
+    <t>G. Benedikt Karlovy Vary</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bambu”;plastic;2l;D=305,H=85mm;white</t>
+  </si>
+  <si>
+    <t>03032551</t>
+  </si>
+  <si>
+    <t>Salad bowl “Barcelona”;porcelain;150ml;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03033177</t>
+  </si>
+  <si>
+    <t>Salad bowl “Barcelona”;porcelain;350ml;D=175,H=80mm;white</t>
+  </si>
+  <si>
+    <t>03033175</t>
+  </si>
+  <si>
+    <t>Salad bowl “Barena”; glass; 2.48 l; D=24, H=11.5 cm; clear.</t>
+  </si>
+  <si>
+    <t>03030870</t>
+  </si>
+  <si>
+    <t>Vidivi</t>
+  </si>
+  <si>
+    <t>Salad bowl “Basalt” matte;ceramics;0.6l;D=14,H=8cm;black</t>
+  </si>
+  <si>
+    <t>03031711</t>
+  </si>
+  <si>
+    <t>Salad bowl “Basalt”; ceramics; 0.7 l; D=170, H=55mm; black, matte</t>
+  </si>
+  <si>
+    <t>03030453</t>
+  </si>
+  <si>
+    <t>Salad bowl “Basalt”;ceramics;1l;D=220,H=55mm;black</t>
+  </si>
+  <si>
+    <t>03031855</t>
+  </si>
+  <si>
+    <t>Salad bowl “Basalt”;ceramics;250ml;D=10,H=6cm;black,matte</t>
+  </si>
+  <si>
+    <t>03030193</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base” 5; porcelain; D=24, H=6cm; white, glossy.</t>
+  </si>
+  <si>
+    <t>03032182</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base” glossy; porcelain; D=12, H=6cm; white</t>
+  </si>
+  <si>
+    <t>03032508</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=12, H=3cm; white, glossy.</t>
+  </si>
+  <si>
+    <t>03032177</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=12, H=3cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032176</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=12, H=6cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032507</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=12, H=9cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032186</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=120, H=75mm; white, matte</t>
+  </si>
+  <si>
+    <t>03032183</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=16, H=3cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032178</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=16, H=6cm; white, glossy.</t>
+  </si>
+  <si>
+    <t>03032179</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=16, H=6cm; white, matte</t>
+  </si>
+  <si>
+    <t>03031368</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=16, H=9cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032187</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=160, H=45mm; white, gloss.</t>
+  </si>
+  <si>
+    <t>03033850</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=160, H=45mm; white, matte</t>
+  </si>
+  <si>
+    <t>03032504</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=160, H=75mm; white, matte</t>
+  </si>
+  <si>
+    <t>03032184</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=20, H=6cm; white, glossy.</t>
+  </si>
+  <si>
+    <t>03030786</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=20, H=6cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032180</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=20, H=9cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032188</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=200, H=45mm; white, gloss.</t>
+  </si>
+  <si>
+    <t>03032506</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=200, H=45mm; white, matte</t>
+  </si>
+  <si>
+    <t>03032505</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=200, H=75mm; white, matte</t>
+  </si>
+  <si>
+    <t>03032185</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”; porcelain; D=24, H=6cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032181</t>
+  </si>
+  <si>
+    <t>Salad bowl “Base”;ceramics;400ml;D=185,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03035234</t>
+  </si>
+  <si>
+    <t>Salad bowl “Beatrice”; porcelain; 0.6 l; D=175, H=56mm; white, blue</t>
+  </si>
+  <si>
+    <t>03035124</t>
+  </si>
+  <si>
+    <t>Salad bowl “Beatrice”; porcelain; 1.15 l; D=222, H=66mm; white, blue</t>
+  </si>
+  <si>
+    <t>03035125</t>
+  </si>
+  <si>
+    <t>Salad bowl “Beatrice”; porcelain; 350 ml; D=14, H=5 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03035123</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bee Nice”;porcelain;300ml;D=107,H=56mm;white</t>
+  </si>
+  <si>
+    <t>03030785</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bellevue”;porcelain;84ml;D=16,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03035149</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bernadotte”; porcelain; D=25cm; white</t>
+  </si>
+  <si>
+    <t>03032335</t>
+  </si>
+  <si>
+    <t>Thun</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bianco”[3pcs];porcelain;D=15cm;white</t>
+  </si>
+  <si>
+    <t>03031561</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bid Accent” with rim; porcelain; D=28.5 cm; white</t>
+  </si>
+  <si>
+    <t>03033302</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bid Black Band”; porcelain; D=16cm; white, black</t>
+  </si>
+  <si>
+    <t>03033135</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bid Maroon Band”; porcelain; D=16.5 cm; white, burgundy</t>
+  </si>
+  <si>
+    <t>03033136</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bid Sage Wash”; porcelain; D=16.5 cm; white, green.</t>
+  </si>
+  <si>
+    <t>03033134</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bid Truffle Wash”; porcelain; D=16.5 cm; white, gray</t>
+  </si>
+  <si>
+    <t>03033165</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bid” with rim; porcelain; D=28.5 cm; white</t>
+  </si>
+  <si>
+    <t>03033301</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bid”; porcelain; D=16.5 cm; white</t>
+  </si>
+  <si>
+    <t>03033303</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bistro” oval; porcelain; 330 ml;, H=87, L=250, B=160mm; white</t>
+  </si>
+  <si>
+    <t>03031224</t>
+  </si>
+  <si>
+    <t>Salad bowl “Black Line”; porcelain; 450 ml; D=162, H=55mm; white, black</t>
+  </si>
+  <si>
+    <t>03030530</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue craft”;ceramics;1l;D=180,H=75mm;blue.</t>
+  </si>
+  <si>
+    <t>03032951</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue craft”;ceramics;450ml;D=135,H=55mm;blue.</t>
+  </si>
+  <si>
+    <t>03032299</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; 0.71 l; D=14 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03030699</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; 1.25 l; D=23 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03031703</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; D=11cm; white, blue</t>
+  </si>
+  <si>
+    <t>03031769</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; D=13cm; white, blue</t>
+  </si>
+  <si>
+    <t>03031768</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; D=14cm; white, blue</t>
+  </si>
+  <si>
+    <t>03031367</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; D=165, H=60mm; white, blue</t>
+  </si>
+  <si>
+    <t>03031183</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; D=21.5 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03032204</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; D=25cm; white, blue</t>
+  </si>
+  <si>
+    <t>03032203</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”; porcelain; D=29cm; white, blue</t>
+  </si>
+  <si>
+    <t>03032039</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”;porcelain;227ml;D=90,H=85mm;white,blue</t>
+  </si>
+  <si>
+    <t>03031182</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”;porcelain;426ml;D=115,H=80mm;white,blue</t>
+  </si>
+  <si>
+    <t>03031181</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Dapple”;porcelain;430ml;D=165,H=50mm;white,blue</t>
+  </si>
+  <si>
+    <t>03030673</t>
+  </si>
+  <si>
+    <t>Salad bowl “Blue Rose” with gold edging; porcelain; 400 ml; white, gold</t>
+  </si>
+  <si>
+    <t>03031948</t>
+  </si>
+  <si>
+    <t>DU L</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bombay” square; porcelain; 0.8 l;, H=7, L=17, B=16 cm; white</t>
+  </si>
+  <si>
+    <t>03030461</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bombay” square; porcelain; 200ml;,H=5,L=11,B=10cm;white</t>
+  </si>
+  <si>
+    <t>03030467</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bombay” square; porcelain; 350 ml;, H=55, L=140, B=130mm; white</t>
+  </si>
+  <si>
+    <t>03030462</t>
+  </si>
+  <si>
+    <t>Salad bowl “Bonn”;porcelain;400ml;D=13.5cm;white</t>
+  </si>
+  <si>
+    <t>03031580</t>
+  </si>
+  <si>
+    <t>Salad bowl “Botanica”; porcelain; D=130, H=55mm; white</t>
+  </si>
+  <si>
+    <t>03032711</t>
+  </si>
+  <si>
+    <t>Salad bowl “Boxis” with gold dot; porcelain;,H=64,L=234,B=228mm;white</t>
+  </si>
+  <si>
+    <t>03032600</t>
+  </si>
+  <si>
+    <t>Salad bowl “Boxis” with gold dot;porcelain;250ml;D=120,H=59mm;white</t>
+  </si>
+  <si>
+    <t>03033102</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 0.5 l; D=16.5 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031797</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 0.7 l; D=21.5 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03032044</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 0.8 l; D=20.5 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031796</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 1 l; D = 23 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031994</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 1.2 l; D=25.5 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03032043</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 1.75 l; D=29 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03032042</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 145 ml; D=11.4 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031799</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 250 ml; D=9 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031795</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 300 ml; D=13.5 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031798</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 426 ml; D=11.5 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031806</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; 430 ml; D=16.5 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031995</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brown Dapple”; porcelain; D=13cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03031793</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brush”; 315 ml; D=120, H=47 mm; white, yellow.</t>
+  </si>
+  <si>
+    <t>03030866</t>
+  </si>
+  <si>
+    <t>Salad bowl “Brush”; glass; 0.51 l; D=13 cm; white, yellow.</t>
+  </si>
+  <si>
+    <t>03030750</t>
+  </si>
+  <si>
+    <t>Salad bowl “Buffet Corolla”;glass;178ml;D=90,H=51mm;white</t>
+  </si>
+  <si>
+    <t>03033054</t>
+  </si>
+  <si>
+    <t>Salad bowl “Buffet Gala”;glass;170ml;D=90,H=39mm;clear.</t>
+  </si>
+  <si>
+    <t>03033050</t>
+  </si>
+  <si>
+    <t>Salad bowl “Buffet Gala”;glass;355ml;D=115,H=50mm;clear.</t>
+  </si>
+  <si>
+    <t>03033049</t>
+  </si>
+  <si>
+    <t>Salad bowl “Buffet” square; porcelain;, L=9, B=9cm; brown.</t>
+  </si>
+  <si>
+    <t>03032859</t>
+  </si>
+  <si>
+    <t>Suisse Langenthal</t>
+  </si>
+  <si>
+    <t>Salad bowl “Buffet” square; porcelain;, L=9, B=9cm; turquoise.</t>
+  </si>
+  <si>
+    <t>03032857</t>
+  </si>
+  <si>
+    <t>Salad bowl “Buffet” square; porcelain;, L=9, B=9cm; yellow.</t>
+  </si>
+  <si>
+    <t>03032858</t>
+  </si>
+  <si>
+    <t>Salad bowl “Buffet”;porcelain;50ml;D=45mm</t>
+  </si>
+  <si>
+    <t>03034520</t>
+  </si>
+  <si>
+    <t>Salad bowl “C-Class”; porcelain; 1.7 l; D=180, H=87mm; white</t>
+  </si>
+  <si>
+    <t>03031459</t>
+  </si>
+  <si>
+    <t>Salad bowl “C-Class”; porcelain;0.6l;D=132,H=80mm;white</t>
+  </si>
+  <si>
+    <t>03031458</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cairware”;glass;0.5l;D=141,H=57mm;white</t>
+  </si>
+  <si>
+    <t>03033209</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cairware”;glass;0.925l;D=171.5,H=69.4mm;white</t>
+  </si>
+  <si>
+    <t>03033210</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cairware”;glass;176ml;D=100,H=41mm;white</t>
+  </si>
+  <si>
+    <t>03033172</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cairware”;glass;315ml;D=120,H=49mm;white</t>
+  </si>
+  <si>
+    <t>03033171</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cairware”;glass;360ml;D=100.7,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03033052</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cairware”;glass;400ml;D=119,H=64mm;white</t>
+  </si>
+  <si>
+    <t>03034551</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cancan”; porcelain; D=16cm; white</t>
+  </si>
+  <si>
+    <t>03031968</t>
+  </si>
+  <si>
+    <t>Salad bowl “Canova” square; glass; 3.34 l;, H = 13.5, L = 22, B = 22 cm; clear.</t>
+  </si>
+  <si>
+    <t>03031808</t>
+  </si>
+  <si>
+    <t>Salad bowl “Capri”; porcelain; 0.6 l; D=150, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03030332</t>
+  </si>
+  <si>
+    <t>Salad bowl “Capri”; porcelain; 0.9 l; D=180, H=72mm; white</t>
+  </si>
+  <si>
+    <t>03030915</t>
+  </si>
+  <si>
+    <t>Salad bowl “Capri”; porcelain; 1.4 l; D=210, H=83mm; white</t>
+  </si>
+  <si>
+    <t>03030916</t>
+  </si>
+  <si>
+    <t>Salad bowl “Capri”; porcelain; 2.5 l; D=240, H=93mm; white</t>
+  </si>
+  <si>
+    <t>03031214</t>
+  </si>
+  <si>
+    <t>Salad bowl “Capri”;porcelain;250ml;D=111,H=50mm;white</t>
+  </si>
+  <si>
+    <t>03030166</t>
+  </si>
+  <si>
+    <t>Salad bowl “Capri”;porcelain;400ml;D=130,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03030331</t>
+  </si>
+  <si>
+    <t>Salad bowl “Carbon”;porcelain;250ml;,H=4cm;black</t>
+  </si>
+  <si>
+    <t>03032350</t>
+  </si>
+  <si>
+    <t>Salad bowl “Careware”;glass;400ml;D=121,H=51mm;white</t>
+  </si>
+  <si>
+    <t>03033051</t>
+  </si>
+  <si>
+    <t>Salad bowl “Carmine”;ceramics;1l;D=185,H=65mm;red,black</t>
+  </si>
+  <si>
+    <t>03032432</t>
+  </si>
+  <si>
+    <t>Salad bowl “Carrare”; glass; 300 ml; creams.</t>
+  </si>
+  <si>
+    <t>03030303</t>
+  </si>
+  <si>
+    <t>Salad bowl “Casablanca”; ceramics; 0.62 l; D=14, H=8 cm; white, blue.</t>
+  </si>
+  <si>
+    <t>03034020</t>
+  </si>
+  <si>
+    <t>Salad bowl “Casablanca”; porcelain; 2 l; D=250, H=75mm; blue, beige.</t>
+  </si>
+  <si>
+    <t>03035280</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cassiopeia” for serving; porcelain;, L=23.5, B=11.5 cm; white</t>
+  </si>
+  <si>
+    <t>03025009</t>
+  </si>
+  <si>
+    <t>Salad bowl “Celebration”; porcelain; D=14.5 cm; white</t>
+  </si>
+  <si>
+    <t>03030687</t>
+  </si>
+  <si>
+    <t>Salad bowl “Celebration”;porcelain;D=18cm;white</t>
+  </si>
+  <si>
+    <t>03030688</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chakool Dapple”; porcelain; 0.75 l; D=205, H=35mm; white, black</t>
+  </si>
+  <si>
+    <t>03010798</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chakool Dapple”; porcelain; 1.2 l; D=25.5 cm; white, black</t>
+  </si>
+  <si>
+    <t>03010797</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chakoul dapple”; porcelain, porcelain; 120 ml; D=13 cm; white, black</t>
+  </si>
+  <si>
+    <t>03032852</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chakoul dapple”; porcelain, porcelain; D=16.5 cm; white, black</t>
+  </si>
+  <si>
+    <t>03032549</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chakoul dapple”; porcelain; D=14cm; white, black</t>
+  </si>
+  <si>
+    <t>03032463</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chakoul dapple”; porcelain; D=20.3 cm; white, black</t>
+  </si>
+  <si>
+    <t>03032548</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chefs” with lid; glass, plastic; 0.602 l; D=140, H=62mm; transparent, salads.</t>
+  </si>
+  <si>
+    <t>03030291</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chefs” with lid; glass, plastic; 2.562 l; D=23.2, H=10.1 cm; clear.</t>
+  </si>
+  <si>
+    <t>03035277</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chefs”;glass;0.626l;D=140,H=62mm;clear.</t>
+  </si>
+  <si>
+    <t>03030290</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chefs”;glass;1,158l;D=170,H=75mm;clear.</t>
+  </si>
+  <si>
+    <t>03030629</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chefs”;glass;1.73l;D=200,H=85mm;clear.</t>
+  </si>
+  <si>
+    <t>03030971</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chefs”;glass;2.562l;D=23.2,H=10.1cm;clear.</t>
+  </si>
+  <si>
+    <t>03031232</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chefs”;glass;348ml;D=120,H=52mm;clear.</t>
+  </si>
+  <si>
+    <t>03030289</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chino”; porcelain; 140ml; D=130, H=37mm; white, beige.</t>
+  </si>
+  <si>
+    <t>03030248</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chocolate”; porcelain; 0.6 l; D=155, H=60mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03032260</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chocolate”; porcelain; 150ml; D=100, H=35mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03032262</t>
+  </si>
+  <si>
+    <t>Salad bowl “Chocolate”; porcelain; 300ml; D=130, H=55mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03032261</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ciel Blanc”;ceramics;0.65l;D=165,H=70mm;white,black</t>
+  </si>
+  <si>
+    <t>03041386</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ciel blue”;ceramics;0.65l;D=16,H=7cm;blue.</t>
+  </si>
+  <si>
+    <t>03034221</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ciel blue”;ceramics;300ml;D=11,H=5cm;blue.</t>
+  </si>
+  <si>
+    <t>03041376</t>
+  </si>
+  <si>
+    <t>Salad bowl “Claret”; porcelain; 130 ml; D=13, H=3cm; beige, burgundy</t>
+  </si>
+  <si>
+    <t>03030285</t>
+  </si>
+  <si>
+    <t>Salad bowl “Classic” square; porcelain; 350ml;, H=42, L=140, B=140mm; white</t>
+  </si>
+  <si>
+    <t>03030419</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cleopatra”; porcelain; D=24cm; white</t>
+  </si>
+  <si>
+    <t>03032327</t>
+  </si>
+  <si>
+    <t>Salad bowl “Coconut”; concrete; 1 l; D=180, H=95mm; brown, beige.</t>
+  </si>
+  <si>
+    <t>03032434</t>
+  </si>
+  <si>
+    <t>Salad bowl “Coconut”; concrete; 2.2 l; D=23, H=12.5 cm; brown, beige.</t>
+  </si>
+  <si>
+    <t>03032435</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cocoon”; glass; 1.3 l; D=180, H=95mm; clear.</t>
+  </si>
+  <si>
+    <t>03030911</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cocoon”;glass;400ml;D=120,H=64mm;clear.</t>
+  </si>
+  <si>
+    <t>03030330</t>
+  </si>
+  <si>
+    <t>Salad bowl “Collage”;porcelain;0.5l;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03032108</t>
+  </si>
+  <si>
+    <t>Collage</t>
+  </si>
+  <si>
+    <t>Kit</t>
+  </si>
+  <si>
+    <t>Salad bowl “Collage”;porcelain;0.6l;D=15cm;white</t>
+  </si>
+  <si>
+    <t>03032106</t>
+  </si>
+  <si>
+    <t>Salad bowl “Collage”;porcelain;250ml;D=17cm;white</t>
+  </si>
+  <si>
+    <t>03032107</t>
+  </si>
+  <si>
+    <t>Salad bowl “Concrete”;ceramics;D=23.5cm;gray</t>
+  </si>
+  <si>
+    <t>03035074</t>
+  </si>
+  <si>
+    <t>Salad bowl “Confetti”; ceramics; D=14cm; white, marble.</t>
+  </si>
+  <si>
+    <t>03033721</t>
+  </si>
+  <si>
+    <t>Palmer</t>
+  </si>
+  <si>
+    <t>Wegter</t>
+  </si>
+  <si>
+    <t>Salad bowl “Confetti”; ceramics; D=21cm; white, marble.</t>
+  </si>
+  <si>
+    <t>03033745</t>
+  </si>
+  <si>
+    <t>Salad bowl “Convenient storage”; glass; 1.16 l; D=170, H=75mm; clear.</t>
+  </si>
+  <si>
+    <t>03031450</t>
+  </si>
+  <si>
+    <t>OSZARC</t>
+  </si>
+  <si>
+    <t>Salad bowl “Convenient storage”; glass; 300 ml; D=120, H=55 mm; clear.</t>
+  </si>
+  <si>
+    <t>03031449</t>
+  </si>
+  <si>
+    <t>Salad bowl “Copernicus”;ceramics;,H=10.5,L=23.9,B=18.8cm;copper</t>
+  </si>
+  <si>
+    <t>03034214</t>
+  </si>
+  <si>
+    <t>Salad bowl “Copernicus”;ceramics;,H=65,L=155,B=107mm;copper</t>
+  </si>
+  <si>
+    <t>03034215</t>
+  </si>
+  <si>
+    <t>Salad bowl “Coral”; porcelain; D=15cm; blue, brown.</t>
+  </si>
+  <si>
+    <t>03032570</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cosmic”; porcelain; D=11cm; blue, black</t>
+  </si>
+  <si>
+    <t>03033730</t>
+  </si>
+  <si>
+    <t>Maastricht Porselein</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cosmos”; ceramics; D=18cm; light beige.</t>
+  </si>
+  <si>
+    <t>03034584</t>
+  </si>
+  <si>
+    <t>Kenai</t>
+  </si>
+  <si>
+    <t>KENAI</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cosmos”;glass;150ml;D=19cm;black</t>
+  </si>
+  <si>
+    <t>03032234</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cosmos”;glass;350ml;D=12.5cm;clear.</t>
+  </si>
+  <si>
+    <t>03031792</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cosmos”;glass;450ml;D=23cm;black</t>
+  </si>
+  <si>
+    <t>03032235</t>
+  </si>
+  <si>
+    <t>Salad bowl “Country Style”; porcelain; 0.55 l; D=20, H=4cm; green.</t>
+  </si>
+  <si>
+    <t>03030729</t>
+  </si>
+  <si>
+    <t>Salad bowl “Country Style”; porcelain; 0.95 l; D=23, H=6cm; green.</t>
+  </si>
+  <si>
+    <t>03030840</t>
+  </si>
+  <si>
+    <t>Salad bowl “Country Style”; porcelain; 180 ml; D=13, H=3cm; green.</t>
+  </si>
+  <si>
+    <t>03030566</t>
+  </si>
+  <si>
+    <t>Salad bowl “Country Style”; porcelain; 300ml; D=160, H=40, B=185mm; green.</t>
+  </si>
+  <si>
+    <t>03030644</t>
+  </si>
+  <si>
+    <t>Salad bowl “Country Style”; porcelain; 330 ml; D=10, H=6cm; green.</t>
+  </si>
+  <si>
+    <t>03030565</t>
+  </si>
+  <si>
+    <t>Salad bowl “Country Style”; porcelain; 460 ml; D=12, H=6cm; green.</t>
+  </si>
+  <si>
+    <t>03030493</t>
+  </si>
+  <si>
+    <t>Salad bowl “Craft licorice”; porcelain; 0.65 l; D=21.5 cm; black</t>
+  </si>
+  <si>
+    <t>03032228</t>
+  </si>
+  <si>
+    <t>Salad bowl “Craft licorice”; porcelain; 125 ml;, L=130, B=95mm; black</t>
+  </si>
+  <si>
+    <t>03032224</t>
+  </si>
+  <si>
+    <t>Salad bowl “Craft licorice”; porcelain; 450ml;, L=18, B=14cm; black</t>
+  </si>
+  <si>
+    <t>03032223</t>
+  </si>
+  <si>
+    <t>Salad bowl “Craft licorice”; porcelain; D=25.5 cm; black</t>
+  </si>
+  <si>
+    <t>03032238</t>
+  </si>
+  <si>
+    <t>Salad bowl “Crater”;glass;125ml;D=22cm;black,matte</t>
+  </si>
+  <si>
+    <t>03032712</t>
+  </si>
+  <si>
+    <t>Salad bowl “Crater”;glass;1l;D=26cm;black</t>
+  </si>
+  <si>
+    <t>03033173</t>
+  </si>
+  <si>
+    <t>Salad bowl “Crater”;glass;250ml;D=17cm;black</t>
+  </si>
+  <si>
+    <t>03033174</t>
+  </si>
+  <si>
+    <t>Salad bowl “Crater”;glass;35ml;D=10cm;black</t>
+  </si>
+  <si>
+    <t>03032329</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cream Kayla”;porcelain;250ml;D=16cm;white</t>
+  </si>
+  <si>
+    <t>03035248</t>
+  </si>
+  <si>
+    <t>Rinart</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cream Kayla”;porcelain;450ml;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03035247</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cream Nordic”; porcelain; 0.5 l; D=15, H=5cm; white</t>
+  </si>
+  <si>
+    <t>03035246</t>
+  </si>
+  <si>
+    <t>Salad bowl “Cream Pera”;porcelain;220ml;D=16cm;white</t>
+  </si>
+  <si>
+    <t>03035253</t>
+  </si>
+  <si>
+    <t>Salad bowl “Creations Extent”;glass;D=26cm</t>
+  </si>
+  <si>
+    <t>03030968</t>
+  </si>
+  <si>
+    <t>Salad bowl “Creations Select”;glass;D=18,H=5cm;matte</t>
+  </si>
+  <si>
+    <t>03031068</t>
+  </si>
+  <si>
+    <t>Salad bowl “Creations Select”;glass;D=23cm;matte</t>
+  </si>
+  <si>
+    <t>03031069</t>
+  </si>
+  <si>
+    <t>Salad bowl “Creations Select”;glass;D=9cm;matte</t>
+  </si>
+  <si>
+    <t>03031442</t>
+  </si>
+  <si>
+    <t>Salad bowl “Creations”;glass;D=21cm;matte</t>
+  </si>
+  <si>
+    <t>03030641</t>
+  </si>
+  <si>
+    <t>Salad bowl “Creations”;glass;D=280,H=35mm</t>
+  </si>
+  <si>
+    <t>03031257</t>
+  </si>
+  <si>
+    <t>Salad bowl “Crescent”;plastic;5l;D=30,H=10,B=27.8cm;black</t>
+  </si>
+  <si>
+    <t>03034128</t>
+  </si>
+  <si>
+    <t>Dalebrook</t>
+  </si>
+  <si>
+    <t>Dalebr</t>
+  </si>
+  <si>
+    <t>Salad bowl “Crushial Death” oval; porcelain; 125 ml;, H=50, L=162, B=110mm; white</t>
+  </si>
+  <si>
+    <t>03030457</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dalmatians”;porcelain;200ml;D=110,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03031996</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dalmatians”;porcelain;360ml;D=14,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03031997</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”; ceramics; D=205, H=35mm; grey, blue.</t>
+  </si>
+  <si>
+    <t>03031860</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”; porcelain; 0.915 l; D=255, H=60mm; black, white</t>
+  </si>
+  <si>
+    <t>03030929</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;ceramics;0.5l;D=150,H=65mm;white,gray</t>
+  </si>
+  <si>
+    <t>03031616</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;ceramics;0.65l;D=140,H=73mm;white,gray</t>
+  </si>
+  <si>
+    <t>03031615</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;ceramics;350ml;D=115,H=56mm;white,gray</t>
+  </si>
+  <si>
+    <t>03031614</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;ceramics;D=12,H=8cm;gray,red</t>
+  </si>
+  <si>
+    <t>03031863</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;ceramics;D=95,H=63mm;white,gray</t>
+  </si>
+  <si>
+    <t>03031742</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;porcelain;140ml;D=139,H=65mm;black,white</t>
+  </si>
+  <si>
+    <t>03030515</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;porcelain;1l;D=25.5,H=12cm;black,white</t>
+  </si>
+  <si>
+    <t>03030926</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;porcelain;1l;D=300,H=65mm;black,white</t>
+  </si>
+  <si>
+    <t>03031216</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;porcelain;260ml;D=153,H=25mm;black,white</t>
+  </si>
+  <si>
+    <t>03030516</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;porcelain;335ml;D=180,H=85mm;black,white</t>
+  </si>
+  <si>
+    <t>03030928</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dask”;porcelain;60ml;D=100,H=45mm;black,white</t>
+  </si>
+  <si>
+    <t>03030245</t>
+  </si>
+  <si>
+    <t>Salad bowl “Day and Night”;ceramics;1.3l;D=215,H=75mm;white,black</t>
+  </si>
+  <si>
+    <t>03032638</t>
+  </si>
+  <si>
+    <t>Salad bowl “Day and Night”;ceramics;300ml;D=125,H=50mm;white,black</t>
+  </si>
+  <si>
+    <t>03032639</t>
+  </si>
+  <si>
+    <t>Salad bowl “Delirio”[6 pcs];ceramics;375ml;D=15,H=8cm;multi-colored.</t>
+  </si>
+  <si>
+    <t>03035042</t>
+  </si>
+  <si>
+    <t>Salad bowl “De”; porcelain; D=13cm; cream, black</t>
+  </si>
+  <si>
+    <t>03033836</t>
+  </si>
+  <si>
+    <t>Salad bowl “Diamante”;glass;D=32,H=9cm;clear.</t>
+  </si>
+  <si>
+    <t>03035121</t>
+  </si>
+  <si>
+    <t>IVV</t>
+  </si>
+  <si>
+    <t>Salad bowl “Diana”; porcelain; 0.65 l; D=180, H=55mm; white</t>
+  </si>
+  <si>
+    <t>03033776</t>
+  </si>
+  <si>
+    <t>Salad bowl “Diana”;porcelain;350ml;D=14,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03033775</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dimansion”;porcelain;0.85l;D=20.2cm;white</t>
+  </si>
+  <si>
+    <t>03032240</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dimansion”;porcelain;D=18cm;white</t>
+  </si>
+  <si>
+    <t>03032385</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dimension”;porcelain;440ml;white</t>
+  </si>
+  <si>
+    <t>03031344</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus” round, two parts; porcelain; 100 ml; D=125, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03033323</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus” round, two parts; porcelain; 150ml; D=125/140, H=35mm; white</t>
+  </si>
+  <si>
+    <t>03033324</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus” with handle; porcelain; 180 ml;, H=60, L=120, B=105mm; ivory</t>
+  </si>
+  <si>
+    <t>03035213</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus”; porcelain; 100ml; D=75, H=45mm; ivory</t>
+  </si>
+  <si>
+    <t>03035206</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus”; porcelain; 100ml;, H=35, L=85, B=85mm; ivory</t>
+  </si>
+  <si>
+    <t>03035207</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus”; porcelain; 100ml;, H=45, L=100, B=90mm; ivory</t>
+  </si>
+  <si>
+    <t>03035209</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus”; porcelain; 150ml;,H=65,L=125,B=110mm;ivory</t>
+  </si>
+  <si>
+    <t>03035211</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus”; porcelain; 300ml;, H=65, L=165, B=145mm; ivory</t>
+  </si>
+  <si>
+    <t>03035212</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus”; porcelain; 90ml;, H=30, L=125, B=50mm; ivory</t>
+  </si>
+  <si>
+    <t>03035208</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dionysus”;porcelain;50ml;,H=50,L=90,B=105mm;ivory</t>
+  </si>
+  <si>
+    <t>03035210</t>
+  </si>
+  <si>
+    <t>Salad bowl “Diva”;porcelain;D=24,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03034545</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dolmen”; porcelain; D=150, H=45mm; white</t>
+  </si>
+  <si>
+    <t>03034216</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dols”; porcelain; D=18, H=6 cm; black, gray</t>
+  </si>
+  <si>
+    <t>03030754</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dove” square; porcelain; 0.72 l;, H=5, L=18, B=18 cm; white</t>
+  </si>
+  <si>
+    <t>03031690</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dove” square; porcelain; 250 ml;, H=35, L=130, B=130mm; white</t>
+  </si>
+  <si>
+    <t>03031289</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dove” square; porcelain; 450 ml;, H=45, L=150, B=150mm; white</t>
+  </si>
+  <si>
+    <t>03031290</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dove”; porcelain; 1.2 l; D=225, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03031894</t>
+  </si>
+  <si>
+    <t>Salad bowl “Dove”;porcelain;360ml;D=14.1cm;white</t>
+  </si>
+  <si>
+    <t>03031134</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ducale” square; glass; 0.74 l;, H=8, L=14, B=14cm; clear.</t>
+  </si>
+  <si>
+    <t>03031980</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ducale” square; glass; 1.9 l;, H=11, L=20, B=20cm; clear.</t>
+  </si>
+  <si>
+    <t>03032080</t>
+  </si>
+  <si>
+    <t>Salad bowl “East”; porcelain; 0.75 l;, H=15.5 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03032275</t>
+  </si>
+  <si>
+    <t>Salad bowl “East”;porcelain;0.72l;,L=18cm;white,blue</t>
+  </si>
+  <si>
+    <t>03032278</t>
+  </si>
+  <si>
+    <t>Salad bowl “East”;porcelain;250ml;,L=13cm;white,blue</t>
+  </si>
+  <si>
+    <t>03032276</t>
+  </si>
+  <si>
+    <t>Salad bowl “East”;porcelain;450ml;,L=15.5cm;white,blue</t>
+  </si>
+  <si>
+    <t>03032277</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ebro”;glass;1.9l;D=230,H=95mm;white</t>
+  </si>
+  <si>
+    <t>03031005</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ebro”;glass;320ml;D=125,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03030212</t>
+  </si>
+  <si>
+    <t>Salad bowl “Eccentric”;ceramics;D=15cm;blue</t>
+  </si>
+  <si>
+    <t>03033739</t>
+  </si>
+  <si>
+    <t>Salad bowl “Eccentric”;ceramics;D=16cm;blue</t>
+  </si>
+  <si>
+    <t>03033740</t>
+  </si>
+  <si>
+    <t>Salad bowl “Eggshell”; porcelain; 1.4 l; D=20, H=8 cm; white</t>
+  </si>
+  <si>
+    <t>03035098</t>
+  </si>
+  <si>
+    <t>Salad bowl “Eggshell”;porcelain;0.9l;D=17,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03035097</t>
+  </si>
+  <si>
+    <t>Salad bowl “Eggshell”;porcelain;350ml;D=13,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03035096</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinoks”; porcelain; 1.3 l; D=27, H=5cm; blue</t>
+  </si>
+  <si>
+    <t>03031881</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinoks”;ceramics;0.7l;D=190,H=65mm;blue</t>
+  </si>
+  <si>
+    <t>03031917</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinoks”;ceramics;1.3l;D=27,H=5cm;black</t>
+  </si>
+  <si>
+    <t>03031850</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinoks”;ceramics;1.3l;D=27,H=5cm;gray</t>
+  </si>
+  <si>
+    <t>03031893</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;0.7l;D=190,H=65mm;black</t>
+  </si>
+  <si>
+    <t>03031916</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;0.7l;D=190,H=65mm;gray</t>
+  </si>
+  <si>
+    <t>03031915</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;150ml;D=140,H=25mm;black</t>
+  </si>
+  <si>
+    <t>03031908</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;150ml;D=140,H=25mm;gray</t>
+  </si>
+  <si>
+    <t>03031912</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;1l;D=240,H=25mm;blue</t>
+  </si>
+  <si>
+    <t>03031849</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;1l;D=240,H=55mm;black</t>
+  </si>
+  <si>
+    <t>03031880</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;1l;D=240,H=55mm;gray</t>
+  </si>
+  <si>
+    <t>03031848</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;300ml;D=120,H=65mm;black</t>
+  </si>
+  <si>
+    <t>03031920</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;350ml;D=15,H=5cm;black</t>
+  </si>
+  <si>
+    <t>03031851</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;350ml;D=150,H=56mm;gray</t>
+  </si>
+  <si>
+    <t>03031949</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;ceramics;50ml;D=63,H=50mm;gray</t>
+  </si>
+  <si>
+    <t>03031950</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;porcelain;300ml;D=120,H=65mm;blue</t>
+  </si>
+  <si>
+    <t>03031921</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;porcelain;350ml;D=150,H=56mm;blue</t>
+  </si>
+  <si>
+    <t>03031918</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ekinox”;porcelain;50ml;D=63,H=50mm;black</t>
+  </si>
+  <si>
+    <t>03031828</t>
+  </si>
+  <si>
+    <t>Salad bowl “Eklissi”;glass;288ml;,H=44,L=120,B=120mm;clear.</t>
+  </si>
+  <si>
+    <t>03030227</t>
+  </si>
+  <si>
+    <t>Salad bowl “Element”;concrete;1.1l;D=22,H=6cm;gray</t>
+  </si>
+  <si>
+    <t>03032281</t>
+  </si>
+  <si>
+    <t>Salad bowl “Element”;concrete;2.5l;D=295,H=85mm;gray</t>
+  </si>
+  <si>
+    <t>03032282</t>
+  </si>
+  <si>
+    <t>Salad bowl “Element”;plastic;0.5l;D=16,H=7cm;gray</t>
+  </si>
+  <si>
+    <t>03033799</t>
+  </si>
+  <si>
+    <t>Salad bowl “Element”;plastic;0.7l;D=215,H=95mm;stone grey.,matte</t>
+  </si>
+  <si>
+    <t>03035152</t>
+  </si>
+  <si>
+    <t>Salad bowl “Element”;plastic;1.45l;D=26,H=12.5cm;stone grey.,matte</t>
+  </si>
+  <si>
+    <t>03035153</t>
+  </si>
+  <si>
+    <t>Salad bowl “Element”;plastic;1.5l;,H=9,L=19,B=19cm;gray</t>
+  </si>
+  <si>
+    <t>03032553</t>
+  </si>
+  <si>
+    <t>Salad bowl “Element”;plastic;3.8l;,H=12,L=25,B=25cm;gray</t>
+  </si>
+  <si>
+    <t>03032554</t>
+  </si>
+  <si>
+    <t>Salad bowl “Element”;plastic;3l;D=28,H=12cm;gray</t>
+  </si>
+  <si>
+    <t>03032552</t>
+  </si>
+  <si>
+    <t>Salad bowl “Embassy white”; porcelain; 1.3 l; D=18 cm; white</t>
+  </si>
+  <si>
+    <t>03030726</t>
+  </si>
+  <si>
+    <t>Chef&amp;Sommelier</t>
+  </si>
+  <si>
+    <t>Salad bowl “Embassy white”; porcelain; D=22cm; white</t>
+  </si>
+  <si>
+    <t>03030724</t>
+  </si>
+  <si>
+    <t>Salad bowl “Embassy white”;porcelain;200ml;D=9cm;white</t>
+  </si>
+  <si>
+    <t>03031420</t>
+  </si>
+  <si>
+    <t>Salad bowl “Emerald Milky Way”; porcelain; 0.6 l; D=15 cm; emerald., black</t>
+  </si>
+  <si>
+    <t>03032660</t>
+  </si>
+  <si>
+    <t>Salad bowl “Emerald Milky Way”; porcelain; 300ml; D=13cm; emerald., black</t>
+  </si>
+  <si>
+    <t>03032950</t>
+  </si>
+  <si>
+    <t>Salad bowl “Emotion”;porcelain;400ml;,L=14,B=12cm;white</t>
+  </si>
+  <si>
+    <t>03030653</t>
+  </si>
+  <si>
+    <t>Salad bowl “Emotion”;porcelain;4l;D=30.3cm;white</t>
+  </si>
+  <si>
+    <t>03031530</t>
+  </si>
+  <si>
+    <t>Salad bowl “Emotion”;porcelain;5.3l;D=34,H=11cm;white</t>
+  </si>
+  <si>
+    <t>03030627</t>
+  </si>
+  <si>
+    <t>Salad bowl “Emotion”;porcelain;D=24cm;white</t>
+  </si>
+  <si>
+    <t>03030654</t>
+  </si>
+  <si>
+    <t>Salad bowl “Empileable”;glass;2.9l;D=23,H=10.5cm;clear.</t>
+  </si>
+  <si>
+    <t>09100640</t>
+  </si>
+  <si>
+    <t>Salad bowl “Empileable”;glass;385ml;D=120,H=55mm;clear.</t>
+  </si>
+  <si>
+    <t>03031452</t>
+  </si>
+  <si>
+    <t>Salad bowl “Empileable”;glass;450ml;D=14,H=7cm;clear.</t>
+  </si>
+  <si>
+    <t>03030411</t>
+  </si>
+  <si>
+    <t>Salad bowl “Erboso Reativo” square; porcelain; 0.6 l;, L=15, B=15cm; turquoise, beige.</t>
+  </si>
+  <si>
+    <t>03033235</t>
+  </si>
+  <si>
+    <t>Salad bowl “Erboso Reativo” square; porcelain; 250 ml;, H=45, L=130, B=130mm; turquoise, beige.</t>
+  </si>
+  <si>
+    <t>03033234</t>
+  </si>
+  <si>
+    <t>Salad bowl “Erboso Reativo”; porcelain; 0.6 l; D=15 cm; turquoise, beige.</t>
+  </si>
+  <si>
+    <t>03033236</t>
+  </si>
+  <si>
+    <t>Salad bowl “Erboso Reativo”; porcelain; 250 ml; D=13, H=4cm; turquoise, beige.</t>
+  </si>
+  <si>
+    <t>03033232</t>
+  </si>
+  <si>
+    <t>Salad bowl “Erboso Reativo”; porcelain; 300 ml; D=125, H=55mm; turquoise, beige.</t>
+  </si>
+  <si>
+    <t>03033233</t>
+  </si>
+  <si>
+    <t>Salad bowl “Estia”; porcelain; 1.1 l; D=18, H=8 cm; brown, white</t>
+  </si>
+  <si>
+    <t>03033834</t>
+  </si>
+  <si>
+    <t>Salad bowl “Estia”;porcelain;250ml;,H=7,L=13,B=12cm;brown,white</t>
+  </si>
+  <si>
+    <t>03033833</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ethnic”;porcelain;300ml;D=12,H=6cm;black</t>
+  </si>
+  <si>
+    <t>03033779</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ethnic”;porcelain;300ml;D=12,H=6cm;gray</t>
+  </si>
+  <si>
+    <t>03033780</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ethnic”;porcelain;400ml;D=160,H=95mm;white</t>
+  </si>
+  <si>
+    <t>03033778</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ethnic”;porcelain;400ml;D=255/180,H=70mm;white</t>
+  </si>
+  <si>
+    <t>03033777</t>
+  </si>
+  <si>
+    <t>Salad bowl “Evolutions White”;glass;0.85l;D=14.5cm;white</t>
+  </si>
+  <si>
+    <t>03032860</t>
+  </si>
+  <si>
+    <t>Salad bowl “Evolutions White”;glass;1l;D=18cm;white</t>
+  </si>
+  <si>
+    <t>03032630</t>
+  </si>
+  <si>
+    <t>Salad bowl “Evolutions White”;glass;400ml;D=12cm;white</t>
+  </si>
+  <si>
+    <t>03032572</t>
+  </si>
+  <si>
+    <t>Salad bowl “Evriday”;glass;2.35l;D=240,H=95mm;white</t>
+  </si>
+  <si>
+    <t>03031070</t>
+  </si>
+  <si>
+    <t>Salad bowl “Evriday”;glass;300ml;D=120,H=53mm;white</t>
+  </si>
+  <si>
+    <t>03031445</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fervido”; ceramics; 0.6 l; D=203, H=50mm; blue.</t>
+  </si>
+  <si>
+    <t>03034571</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fervido”; ceramics; 0.6 l; D=203, H=50mm; yellow.</t>
+  </si>
+  <si>
+    <t>03034572</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fervido”; ceramics; D=203, H=45mm; green.</t>
+  </si>
+  <si>
+    <t>03034224</t>
+  </si>
+  <si>
+    <t>Salad bowl “Festoon”;ceramics;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03032218</t>
+  </si>
+  <si>
+    <t>Salad bowl “Firenza red”; porcelain; 0.6 l; D=215, H=90mm; red, white</t>
+  </si>
+  <si>
+    <t>03030934</t>
+  </si>
+  <si>
+    <t>Salad bowl “Firenza red”; porcelain; 0.63 l; D=30, H=8 cm; red, white</t>
+  </si>
+  <si>
+    <t>03031130</t>
+  </si>
+  <si>
+    <t>Salad bowl “Firenza red”; porcelain; 0.915 l; D=255, H=60mm; red, white</t>
+  </si>
+  <si>
+    <t>03030937</t>
+  </si>
+  <si>
+    <t>Salad bowl “Firenza red”; porcelain; 1 l; D=300, H=65mm; red, white</t>
+  </si>
+  <si>
+    <t>03031215</t>
+  </si>
+  <si>
+    <t>Salad bowl “Firenza red”; porcelain; 140 ml; D=139, H=65mm; red</t>
+  </si>
+  <si>
+    <t>03030936</t>
+  </si>
+  <si>
+    <t>Salad bowl “Firenza red”; porcelain; 260ml; D=153, H=25mm; red, white</t>
+  </si>
+  <si>
+    <t>03030939</t>
+  </si>
+  <si>
+    <t>Salad bowl “Firenza red”; porcelain; 335 ml; D=180, H=85mm; red, white</t>
+  </si>
+  <si>
+    <t>03030935</t>
+  </si>
+  <si>
+    <t>Salad bowl “Firenza red”; porcelain; 480 ml; D=200, H=43mm; red, white</t>
+  </si>
+  <si>
+    <t>03030938</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fish”;plastic;,H=75,L=300,B=350mm;white</t>
+  </si>
+  <si>
+    <t>03032007</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fist”;ceramics;D=285,H=95mm;white,blue</t>
+  </si>
+  <si>
+    <t>03143072</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fist”;ceramics;D=285,H=95mm;yellow.</t>
+  </si>
+  <si>
+    <t>03034565</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fjords”; porcelain; D=11.5, H=10.5 cm; white</t>
+  </si>
+  <si>
+    <t>03032098</t>
+  </si>
+  <si>
+    <t>Salad bowl “Flamenco”;porcelain;0.6l;D=23cm;white</t>
+  </si>
+  <si>
+    <t>03034564</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fox”; porcelain; 350 ml;, H=7, L=20, B=17cm; white, glossy.</t>
+  </si>
+  <si>
+    <t>03033781</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fox”;porcelain;350ml;,H=7,L=20,B=17cm;white,matte</t>
+  </si>
+  <si>
+    <t>03033782</t>
+  </si>
+  <si>
+    <t>Salad bowl “Fragment Arduaz”;porcelain;200ml;D=13cm;white,gray</t>
+  </si>
+  <si>
+    <t>03031200</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frames” on a stand; plastic, metal; D=265, H=85mm; white, metal.</t>
+  </si>
+  <si>
+    <t>03031766</t>
+  </si>
+  <si>
+    <t>Salad bowl “Freedom Blue”; porcelain; 305 ml; D=13.5 cm; white, blue.</t>
+  </si>
+  <si>
+    <t>03031805</t>
+  </si>
+  <si>
+    <t>Salad bowl “Freedom Yellow”; porcelain; 305 ml; D=13.5 cm; white, yellow.</t>
+  </si>
+  <si>
+    <t>03031804</t>
+  </si>
+  <si>
+    <t>Salad bowl “FreeStyle”; porcelain; 0.75 l; D=28, H=6 cm; white</t>
+  </si>
+  <si>
+    <t>03031237</t>
+  </si>
+  <si>
+    <t>Salad bowl “FreeStyle”; porcelain; 0.8 l; D=25, H=7 cm; white</t>
+  </si>
+  <si>
+    <t>03031292</t>
+  </si>
+  <si>
+    <t>Salad bowl “FreeStyle”;porcelain;255ml;D=155,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03030782</t>
+  </si>
+  <si>
+    <t>Salad bowl “FreeStyle”;porcelain;350ml;D=24,H=2cm;white</t>
+  </si>
+  <si>
+    <t>03031293</t>
+  </si>
+  <si>
+    <t>Salad bowl “FreeStyle”;porcelain;400ml;D=18,H=8,L=15cm;white</t>
+  </si>
+  <si>
+    <t>03030826</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida” GN 1/2;plastic;4l;,H=75,L=325,B=265mm;black,beige.</t>
+  </si>
+  <si>
+    <t>03035160</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida” GN 1/2;plastic;4l;,H=75,L=325,B=265mm;white,beige.</t>
+  </si>
+  <si>
+    <t>03035159</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida” GN 2/4; plastic; 3.65 l;, H=75, L=530, B=162mm; white, beige.</t>
+  </si>
+  <si>
+    <t>03035157</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida” GN 2/4;plastic;3.65l;,H=75,L=530,B=162mm;black,beige.</t>
+  </si>
+  <si>
+    <t>03035158</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida” rectangular; plastic;, H=35, L=320, B=250mm; white, St. tree</t>
+  </si>
+  <si>
+    <t>03035161</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”; plastic; 100 ml; D=85, H=35mm; beige.</t>
+  </si>
+  <si>
+    <t>03033314</t>
+  </si>
+  <si>
+    <t>03033315</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”; plastic; 2.6 l; D=28.5, H=14 cm; black, beige.</t>
+  </si>
+  <si>
+    <t>03035162</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”; plastic; 3.5 l;, H=12, L=25, B=25 cm; white, beige.</t>
+  </si>
+  <si>
+    <t>03035155</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”;plastic;1.2l;D=200,H=75mm;white</t>
+  </si>
+  <si>
+    <t>03032555</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”;plastic;2.2l;D=22,H=10.5cm;black</t>
+  </si>
+  <si>
+    <t>03032556</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”;plastic;3.4l;D=26.5,H=10.5cm;white</t>
+  </si>
+  <si>
+    <t>03032557</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”;plastic;3.5l;,H=12,L=25,B=25cm;black,beige.</t>
+  </si>
+  <si>
+    <t>03035156</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”;plastic;D=25,H=8cm;brown, black</t>
+  </si>
+  <si>
+    <t>03033841</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frida”;plastic;D=28.5,H=10cm;brown,white</t>
+  </si>
+  <si>
+    <t>03033840</t>
+  </si>
+  <si>
+    <t>Salad bowl “Frog”;porcelain;360ml;D=14,H=5cm</t>
+  </si>
+  <si>
+    <t>03033196</t>
+  </si>
+  <si>
+    <t>Salad bowl “Galaxy” asymmetrical; porcelain; 0.6 l; D=180, H=58mm; beige.</t>
+  </si>
+  <si>
+    <t>03034527</t>
+  </si>
+  <si>
+    <t>Salad bowl “Galaxy” asymmetrical; porcelain; 0.86 l; D=250, H=51mm; graphic, glossy.</t>
+  </si>
+  <si>
+    <t>03034530</t>
+  </si>
+  <si>
+    <t>Salad bowl “Galloway”;ceramics;230ml;D=120,H=47mm;black</t>
+  </si>
+  <si>
+    <t>03041369</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gamma” square; porcelain; 0.5 l;, L=17, B=17 cm; white</t>
+  </si>
+  <si>
+    <t>03032567</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gamma” square; porcelain; 360ml;, L=14, B=14cm; white</t>
+  </si>
+  <si>
+    <t>03032652</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gastro Matte”; porcelain; 200 ml; D=14, H=4 cm; white, matte</t>
+  </si>
+  <si>
+    <t>03033154</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gastro Matte”; porcelain; 375 ml; D=18 cm; white, matte</t>
+  </si>
+  <si>
+    <t>03033203</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gastronomy”;glass;1l;D=17,H=8cm;ivory</t>
+  </si>
+  <si>
+    <t>03030525</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gastro”; porcelain; 200 ml; D=14 cm; white, glossy.</t>
+  </si>
+  <si>
+    <t>03035163</t>
+  </si>
+  <si>
+    <t>Salad bowl “Goslings”; porcelain; 200 ml; D=112, H=44mm; white</t>
+  </si>
+  <si>
+    <t>03034546</t>
+  </si>
+  <si>
+    <t>Salad bowl “Goslings”;porcelain;360ml;white</t>
+  </si>
+  <si>
+    <t>03032954</t>
+  </si>
+  <si>
+    <t>Salad bowl “Graffiti”;porcelain;120ml;D=200,H=38mm;white</t>
+  </si>
+  <si>
+    <t>03030810</t>
+  </si>
+  <si>
+    <t>Salad bowl “Graffiti”;porcelain;270ml;D=140,H=52,L=140mm;white</t>
+  </si>
+  <si>
+    <t>03030256</t>
+  </si>
+  <si>
+    <t>Salad bowl “Granite” glossy; porcelain; 1l; D=20cm; gray</t>
+  </si>
+  <si>
+    <t>03032853</t>
+  </si>
+  <si>
+    <t>Salad bowl “Granite” matte; porcelain; 0.5 l; D=15 cm; gray</t>
+  </si>
+  <si>
+    <t>03032854</t>
+  </si>
+  <si>
+    <t>Salad bowl “Granite” matte; porcelain; D=27cm; gray</t>
+  </si>
+  <si>
+    <t>03032855</t>
+  </si>
+  <si>
+    <t>Salad bowl “Granite” semi-gloss; porcelain; 0.5 l; D=150, H=55mm; gray</t>
+  </si>
+  <si>
+    <t>03032856</t>
+  </si>
+  <si>
+    <t>Salad bowl “Granite”; porcelain; 0.5 l; D=150/180, H=55mm; gray, matte</t>
+  </si>
+  <si>
+    <t>03032573</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gray Aurora”;ceramics;D=15cm;ivory</t>
+  </si>
+  <si>
+    <t>03033742</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gray Aurora”;ceramics;D=21cm;ivory</t>
+  </si>
+  <si>
+    <t>03033741</t>
+  </si>
+  <si>
+    <t>Salad bowl “Gray”;glass;0.5l;,H=70,L=125,B=125mm;gray</t>
+  </si>
+  <si>
+    <t>03035031</t>
+  </si>
+  <si>
+    <t>Salad bowl “Hani”; porcelain; 0.9 l; D=20, H=6 cm; beige.</t>
+  </si>
+  <si>
+    <t>03030954</t>
+  </si>
+  <si>
+    <t>Salad bowl “Hani”;glass;0.55l;D=135,H=70mm;clear.</t>
+  </si>
+  <si>
+    <t>03031472</t>
+  </si>
+  <si>
+    <t>Salad bowl “Happy buffet” GN1/4;plastic;,H=90,L=265,B=162mm;white,blue</t>
+  </si>
+  <si>
+    <t>03033843</t>
+  </si>
+  <si>
+    <t>Salad bowl “Happy buffet” GN1/4;plastic;,H=90,L=265,B=162mm;yellow.</t>
+  </si>
+  <si>
+    <t>03033842</t>
+  </si>
+  <si>
+    <t>Salad bowl “Happy buffet”; plastic; 1.5 l; D=20, H=7 cm; white, yellow.</t>
+  </si>
+  <si>
+    <t>03033844</t>
+  </si>
+  <si>
+    <t>Salad bowl “Happy buffet”;plastic;1.5l;D=20,H=7cm;white,blue</t>
+  </si>
+  <si>
+    <t>03033845</t>
+  </si>
+  <si>
+    <t>Salad bowl “Happy Mix” [10pcs];porcelain;350ml;D=155,H=75mm;multi-colored</t>
+  </si>
+  <si>
+    <t>03035041</t>
+  </si>
+  <si>
+    <t>Salad bowl “Hay”;bone porcelain;D=14,H=7cm;sand.</t>
+  </si>
+  <si>
+    <t>03034558</t>
+  </si>
+  <si>
+    <t>Salad bowl “Hay”;bone porcelain;D=181,H=70mm;ivory</t>
+  </si>
+  <si>
+    <t>03034557</t>
+  </si>
+  <si>
+    <t>Salad bowl “Hesperis”; porcelain; 0.65 l; D=180, H=55mm; ivory</t>
+  </si>
+  <si>
+    <t>03035214</t>
+  </si>
+  <si>
+    <t>Salad bowl “Hesperis”; porcelain; 1.1 l; D=215, H=65mm; ivory</t>
+  </si>
+  <si>
+    <t>03035215</t>
+  </si>
+  <si>
+    <t>Salad bowl “Hesperis”; porcelain; 1.8 l; D=30, H=5 cm; white, matte</t>
+  </si>
+  <si>
+    <t>03033322</t>
+  </si>
+  <si>
+    <t>Salad bowl “Hesperis”; porcelain; 40ml; D=75, H=20mm; white, matte</t>
+  </si>
+  <si>
+    <t>03033321</t>
+  </si>
+  <si>
+    <t>Salad bowl “Idyll”; porcelain; 0.55 l; D=172, H=63mm; white</t>
+  </si>
+  <si>
+    <t>03031179</t>
+  </si>
+  <si>
+    <t>Salad bowl “Idyll”; porcelain; 0.55 l; D=172, H=63mm; white, gold</t>
+  </si>
+  <si>
+    <t>03031194</t>
+  </si>
+  <si>
+    <t>Salad bowl “Idyll”; porcelain; 0.6 l; D=175, H=56mm; white</t>
+  </si>
+  <si>
+    <t>03031178</t>
+  </si>
+  <si>
+    <t>Salad bowl “Idyll”; porcelain; 1.15 l; D=222, H=66mm; white</t>
+  </si>
+  <si>
+    <t>03031176</t>
+  </si>
+  <si>
+    <t>Salad bowl “Idyll”;porcelain;360ml;D=14,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03031177</t>
+  </si>
+  <si>
+    <t>Salad bowl “Imperfect white”; ceramics; D=25, H=10.3 cm; beige.</t>
+  </si>
+  <si>
+    <t>03035011</t>
+  </si>
+  <si>
+    <t>Vista Alegre</t>
+  </si>
+  <si>
+    <t>VISTA</t>
+  </si>
+  <si>
+    <t>Salad bowl “Impulse”;porcelain;250ml;,H=9,L=12,B=10cm;white</t>
+  </si>
+  <si>
+    <t>03030379</t>
+  </si>
+  <si>
+    <t>Salad bowl “Impulse”;porcelain;2l;D=23,H=12,L=27cm;white</t>
+  </si>
+  <si>
+    <t>03031258</t>
+  </si>
+  <si>
+    <t>Salad bowl “Impulse”;porcelain;450ml;D=12,H=10,L=14,B=12cm;white</t>
+  </si>
+  <si>
+    <t>03030438</t>
+  </si>
+  <si>
+    <t>Salad bowl “Indigo Flora”; porcelain; D=14cm; white, blue</t>
+  </si>
+  <si>
+    <t>03033920</t>
+  </si>
+  <si>
+    <t>Salad bowl “Indigo” oval;glass;250ml;,L=25,B=19cm;blue</t>
+  </si>
+  <si>
+    <t>03033757</t>
+  </si>
+  <si>
+    <t>Salad bowl “Indigo”;glass;100ml;D=23cm;blue</t>
+  </si>
+  <si>
+    <t>03033155</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink Black”; porcelain; D=25.3 cm; white, black</t>
+  </si>
+  <si>
+    <t>03032280</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink Gray”; porcelain; D=20.5 cm; gray, white</t>
+  </si>
+  <si>
+    <t>03032287</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink Legacy”; porcelain; 0.65 l; D=205, H=40mm; blue</t>
+  </si>
+  <si>
+    <t>03032496</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink Legacy”; porcelain; 0.65 l; D=205, H=40mm; orange.</t>
+  </si>
+  <si>
+    <t>03032498</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink Legacy”; porcelain; 0.65 l; D=205, H=40mm; turquoise.</t>
+  </si>
+  <si>
+    <t>03032497</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink Nomad”; porcelain; 0.65 l; D=205, H=40mm; blue</t>
+  </si>
+  <si>
+    <t>03032494</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku” oval; ceramics;, H=27, L=220, B=154mm; green.</t>
+  </si>
+  <si>
+    <t>03033188</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku” oval;ceramics;,H=27,L=220,B=154mm;white</t>
+  </si>
+  <si>
+    <t>03033189</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku” oval;ceramics;,H=37,L=190,B=130mm;white</t>
+  </si>
+  <si>
+    <t>03033187</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku” wavy edge; ceramics; D=11, H=4cm; green.</t>
+  </si>
+  <si>
+    <t>03033180</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku” wavy edge; ceramics; D=15, H=6cm; green.</t>
+  </si>
+  <si>
+    <t>03033182</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku” wavy edge;ceramics;D=11,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03033181</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku” wavy edge;ceramics;D=15,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03033183</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku” wavy edge;ceramics;D=9,H=3cm;white</t>
+  </si>
+  <si>
+    <t>03033179</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku”;ceramics;D=19,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03033184</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku”;ceramics;D=230,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03033185</t>
+  </si>
+  <si>
+    <t>Salad bowl “Inku”;ceramics;D=27,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03033186</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink”; porcelain; 1 l; D=255, H=35mm; green, white</t>
+  </si>
+  <si>
+    <t>03033029</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink”; porcelain; 1 l; D=255, H=35mm; white, beige.</t>
+  </si>
+  <si>
+    <t>03033837</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink”; porcelain; 1,202 l; D=252, H=35mm; blue, white</t>
+  </si>
+  <si>
+    <t>03033025</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink”;porcelain;1l;D=255,H=35mm;orange,white</t>
+  </si>
+  <si>
+    <t>03033031</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ink”;porcelain;1l;D=255,H=35mm;white,blue</t>
+  </si>
+  <si>
+    <t>03033027</t>
+  </si>
+  <si>
+    <t>Salad bowl “Innovar”; porcelain; D=33, H=7cm; beige.</t>
+  </si>
+  <si>
+    <t>03035079</t>
+  </si>
+  <si>
+    <t>Salad bowl “Intensity Zen”;zenix;0.9l;D=160,H=85mm;white</t>
+  </si>
+  <si>
+    <t>03031667</t>
+  </si>
+  <si>
+    <t>Salad bowl “Intensity Zen”;zenix;250ml;D=113,H=50mm;white</t>
+  </si>
+  <si>
+    <t>03031364</t>
+  </si>
+  <si>
+    <t>Salad bowl “Intensity Zen”;zenix;450ml;D=133,H=61mm;white</t>
+  </si>
+  <si>
+    <t>03030689</t>
+  </si>
+  <si>
+    <t>Salad bowl “Intensity”;zenix;350ml;D=160,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030639</t>
+  </si>
+  <si>
+    <t>Salad bowl “Invitation” tempered glass;glass;D=22,H=9cm;clear.</t>
+  </si>
+  <si>
+    <t>03032036</t>
+  </si>
+  <si>
+    <t>Salad bowl “Invitation”;glass;D=14cm;clear.</t>
+  </si>
+  <si>
+    <t>03031168</t>
+  </si>
+  <si>
+    <t>Salad bowl “Iris”; ceramics; 0.625 l; D=162, H=68mm; brown.</t>
+  </si>
+  <si>
+    <t>03033901</t>
+  </si>
+  <si>
+    <t>Salad bowl “Iris”; porcelain; 0.75 l; D=180, H=65mm; blue.</t>
+  </si>
+  <si>
+    <t>03032587</t>
+  </si>
+  <si>
+    <t>Salad bowl “Iris”; porcelain; 150ml; D=100, H=45mm; blue.</t>
+  </si>
+  <si>
+    <t>03032585</t>
+  </si>
+  <si>
+    <t>Salad bowl “Iris”; porcelain; 400 ml; D=135, H=58mm; blue.</t>
+  </si>
+  <si>
+    <t>03032586</t>
+  </si>
+  <si>
+    <t>Salad bowl “Isola”; porcelain; 0.6 l;, H=63, L=171, B=140mm; white</t>
+  </si>
+  <si>
+    <t>03030613</t>
+  </si>
+  <si>
+    <t>COSTA</t>
+  </si>
+  <si>
+    <t>Salad bowl “Isola”; porcelain;, H=23, L=155, B=115mm; white</t>
+  </si>
+  <si>
+    <t>03030614</t>
+  </si>
+  <si>
+    <t>Salad bowl “Isola”; porcelain;,H=9,L=28,B=22cm;white</t>
+  </si>
+  <si>
+    <t>03031240</t>
+  </si>
+  <si>
+    <t>Salad bowl “Istra”; ceramics; 275 ml; D=170, H=52mm; gray, green.</t>
+  </si>
+  <si>
+    <t>03035043</t>
+  </si>
+  <si>
+    <t>Salad bowl “Istra”; ceramics; D=115, H=43mm; black, green.</t>
+  </si>
+  <si>
+    <t>03035102</t>
+  </si>
+  <si>
+    <t>Salad bowl “Istra”;ceramics;D=225,H=60mm;green.</t>
+  </si>
+  <si>
+    <t>03035078</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ivory”;porcelain;1l;D=27cm;ivory</t>
+  </si>
+  <si>
+    <t>03030740</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ivory”;porcelain;275ml;D=165,H=50mm;ivory</t>
+  </si>
+  <si>
+    <t>03030393</t>
+  </si>
+  <si>
+    <t>Salad bowl “Jasmine”; porcelain; 0.7 l; D=160, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03034574</t>
+  </si>
+  <si>
+    <t>Salad bowl “Jasmine”;porcelain;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03034573</t>
+  </si>
+  <si>
+    <t>Salad bowl “Jasper”; porcelain; 1.6 l; D=20, H=10.2 cm; white, red</t>
+  </si>
+  <si>
+    <t>03032997</t>
+  </si>
+  <si>
+    <t>Salad bowl “Jasper”; porcelain; 2.6 l; D=23.5, H=11.6 cm; white, red</t>
+  </si>
+  <si>
+    <t>03032999</t>
+  </si>
+  <si>
+    <t>Salad bowl “Jasper”;porcelain;240ml;D=113,H=54mm;white,red</t>
+  </si>
+  <si>
+    <t>03032998</t>
+  </si>
+  <si>
+    <t>Salad bowl “Karakter”;ceramics;440ml;D=11,H=7cm;emerald.</t>
+  </si>
+  <si>
+    <t>03032905</t>
+  </si>
+  <si>
+    <t>Salad bowl “Karakter”;ceramics;440ml;D=11,H=7cm;yellow.</t>
+  </si>
+  <si>
+    <t>03032909</t>
+  </si>
+  <si>
+    <t>Salad bowl “Karakter”;ceramics;D=14,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03032693</t>
+  </si>
+  <si>
+    <t>Salad bowl “Karat”; porcelain; 0.5 l; D=14, H=5cm; white</t>
+  </si>
+  <si>
+    <t>03030571</t>
+  </si>
+  <si>
+    <t>Salad bowl “Karat”; porcelain; 0.62 l; D=17.5, H=17.5, L=22.5, B=22.5 cm; white</t>
+  </si>
+  <si>
+    <t>03030574</t>
+  </si>
+  <si>
+    <t>Salad bowl “Karat”; porcelain; 0.65 l; D=17, H=5, L=22, B=22 cm; white</t>
+  </si>
+  <si>
+    <t>03030572</t>
+  </si>
+  <si>
+    <t>Salad bowl “Karat”;porcelain;280ml;D=12,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030576</t>
+  </si>
+  <si>
+    <t>Salad bowl “Karat”;porcelain;330ml;D=120,H=41mm;white</t>
+  </si>
+  <si>
+    <t>03020992</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kashub-hel”;porcelain;0.6l;D=210,H=53mm;white</t>
+  </si>
+  <si>
+    <t>03030905</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kashub-hel”;porcelain;0.9l;D=23,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03031006</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kashub-hel”;porcelain;250ml;D=14,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03030320</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kashub-hel”;porcelain;320ml;D=16,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03030404</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kashub-hel”;porcelain;D=26,H=8cm;white</t>
+  </si>
+  <si>
+    <t>03031211</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kayla Acacia”;porcelain;250ml;D=16cm;white</t>
+  </si>
+  <si>
+    <t>03035250</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kayla Acacia”;porcelain;450ml;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03035249</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kayla Paradiso”; porcelain; 250ml; D=16cm; white, beige.</t>
+  </si>
+  <si>
+    <t>03035252</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kayla Paradiso”; porcelain; 450 ml; D=20 cm; white, beige.</t>
+  </si>
+  <si>
+    <t>03035251</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kiwi Green”; ceramics; D=15cm; green.</t>
+  </si>
+  <si>
+    <t>03033744</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kiwi Green”; ceramics; D=22cm; green.</t>
+  </si>
+  <si>
+    <t>03033743</t>
+  </si>
+  <si>
+    <t>Salad bowl “Klia Tray” square; glass;, H=12, L=95, B=95mm; clear, green.</t>
+  </si>
+  <si>
+    <t>03030106</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”; porcelain; 0.7 l; D=205, H=40mm; black, brown.</t>
+  </si>
+  <si>
+    <t>03030721</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”; porcelain; 0.75 l; D=16, H=8 cm; black, brown.</t>
+  </si>
+  <si>
+    <t>03030555</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”; porcelain; 0.9 l; D=25, H=5 cm; black, brown.</t>
+  </si>
+  <si>
+    <t>03031052</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”; porcelain; 0.9 l; D=25, H=5cm; red</t>
+  </si>
+  <si>
+    <t>03031599</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”; porcelain; 190 ml; D=10, H=5 cm; black, brown.</t>
+  </si>
+  <si>
+    <t>03030473</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”; porcelain; 255 ml; D=112, H=55mm; black, brown.</t>
+  </si>
+  <si>
+    <t>03030472</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”; porcelain; 430 ml; D=125, H=70mm; black, brown.</t>
+  </si>
+  <si>
+    <t>03031409</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”; porcelain; 450 ml; D=15, H=8 cm; black, brown.</t>
+  </si>
+  <si>
+    <t>03030554</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”;porcelain;120ml;D=13,H=4cm;red</t>
+  </si>
+  <si>
+    <t>03031359</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”;porcelain;190ml;D=10,H=5cm;red</t>
+  </si>
+  <si>
+    <t>03031361</t>
+  </si>
+  <si>
+    <t>Salad bowl “Koto”;porcelain;430ml;D=125,H=70mm;red</t>
+  </si>
+  <si>
+    <t>03031360</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft Apple”; porcelain; 1 l; D=255, H=35mm; yellow-green.</t>
+  </si>
+  <si>
+    <t>03034206</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft Apple”; porcelain; 125 ml;, H=55, L=130, B=95mm; yellow-green.</t>
+  </si>
+  <si>
+    <t>03034208</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft Apple”; porcelain; 450 ml;, H=75, L=180, B=140mm; yellow-green.</t>
+  </si>
+  <si>
+    <t>03033133</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft Raspberry”; porcelain; 0.835 l; D=216, H=40mm; pink.</t>
+  </si>
+  <si>
+    <t>03033128</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft Raspberry”; porcelain; 1 l; D=255, H=35mm; pink.</t>
+  </si>
+  <si>
+    <t>03033115</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft Raspberry”; porcelain; 125 ml;, H=55, L=130, B=95mm; pink.</t>
+  </si>
+  <si>
+    <t>03033127</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft Raspberry”; porcelain;, H=75, L=180, B=140mm; pink.</t>
+  </si>
+  <si>
+    <t>03033114</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 0.65 l; D=205, H=40mm; brown.</t>
+  </si>
+  <si>
+    <t>03030703</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 0.65 l; D=205, H=40mm; green.</t>
+  </si>
+  <si>
+    <t>03030559</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 0.65 l; D=205, H=40mm; terracotta</t>
+  </si>
+  <si>
+    <t>03030567</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 0.67 l;, H=55, L=280, B=245mm; brown.</t>
+  </si>
+  <si>
+    <t>03030836</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 0.67 l;, H=55, L=280, B=245mm; green.</t>
+  </si>
+  <si>
+    <t>03030633</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 0.8 l; D=203, H=60mm; green.</t>
+  </si>
+  <si>
+    <t>03030652</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 0.835 l; D=216, H=40mm; blue</t>
+  </si>
+  <si>
+    <t>03030553</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 1 l; D=255, H=35mm; brown.</t>
+  </si>
+  <si>
+    <t>03030723</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 1 l; D=255, H=35mm; green.</t>
+  </si>
+  <si>
+    <t>03030722</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 1.5 l; D=290, H=45mm; blue</t>
+  </si>
+  <si>
+    <t>03032010</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 1.5 l; D=290, H=45mm; green.</t>
+  </si>
+  <si>
+    <t>03032011</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 1.5 l; D=290, H=45mm; white</t>
+  </si>
+  <si>
+    <t>03030751</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 220ml; D=88, H=75, L=360, B=250mm; green.</t>
+  </si>
+  <si>
+    <t>03031428</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 240 ml;, H=60, L=165, B=130mm; brown.</t>
+  </si>
+  <si>
+    <t>03031432</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 240 ml;, H=60, L=165, B=130mm; green.</t>
+  </si>
+  <si>
+    <t>03031429</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 450 ml;, H=75, L=180, B=140mm; brown.</t>
+  </si>
+  <si>
+    <t>03030638</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 450 ml;, H=75, L=180, B=140mm; green.</t>
+  </si>
+  <si>
+    <t>03030637</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”; porcelain; 457 ml; D=127, H=70mm; green.</t>
+  </si>
+  <si>
+    <t>03030477</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;0.65l;D=205,H=40mm;white</t>
+  </si>
+  <si>
+    <t>03030582</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;0.67l;,H=55,L=280,B=243mm;gray</t>
+  </si>
+  <si>
+    <t>03030841</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;0.67l;,H=55,L=280,B=245mm;blue</t>
+  </si>
+  <si>
+    <t>03030835</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;0.67l;,H=55,L=280,B=245mm;white</t>
+  </si>
+  <si>
+    <t>03030648</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;125ml;,H=55,L=130,B=95mm;white</t>
+  </si>
+  <si>
+    <t>03030587</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;135ml;,H=55,L=130,B=95mm;gray</t>
+  </si>
+  <si>
+    <t>03030647</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;1l;D=255,H=35mm;blue</t>
+  </si>
+  <si>
+    <t>03030720</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;1l;D=255,H=35mm;terracotta</t>
+  </si>
+  <si>
+    <t>03030730</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;1l;D=255,H=35mm;white</t>
+  </si>
+  <si>
+    <t>03030739</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;240ml;,H=45,L=165,B=130mm;terracotta</t>
+  </si>
+  <si>
+    <t>03031433</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;450ml;,H=75,L=180,B=140mm;blue</t>
+  </si>
+  <si>
+    <t>03030632</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;450ml;,H=75,L=180,B=140mm;terracotta</t>
+  </si>
+  <si>
+    <t>09101765</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;450ml;,H=75,L=180,B=140mm;white</t>
+  </si>
+  <si>
+    <t>03030649</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;457ml;D=127,H=70mm;blue</t>
+  </si>
+  <si>
+    <t>03030636</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kraft”;porcelain;457ml;D=127,H=70mm;white</t>
+  </si>
+  <si>
+    <t>03031447</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” boat; porcelain; 310 ml;, H=55, L=270, B=105mm; white</t>
+  </si>
+  <si>
+    <t>03031039</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” boat; porcelain; 460 ml;, H=55, L=300, B=120mm; white</t>
+  </si>
+  <si>
+    <t>03031231</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” oval; porcelain; 0.53 l;, H=50, L=200, B=125mm; white</t>
+  </si>
+  <si>
+    <t>03030702</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” oval; porcelain; 275 ml;, H=40, L=160, B=105mm; white</t>
+  </si>
+  <si>
+    <t>03030626</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” oval; porcelain;, L=25.4 cm; white</t>
+  </si>
+  <si>
+    <t>03030863</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” oval; porcelain;, L=33cm; white</t>
+  </si>
+  <si>
+    <t>03031141</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” oval; porcelain;, L=39cm; white</t>
+  </si>
+  <si>
+    <t>03031142</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” sheet; porcelain; 0.82 l;, H=42, L=360, B=210mm; white</t>
+  </si>
+  <si>
+    <t>03020720</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” sheet; porcelain; 200ml;,H=3,L=19,B=10cm;white</t>
+  </si>
+  <si>
+    <t>03020719</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” sheet; porcelain; 400 ml;, H=36, L=263, B=160mm; white</t>
+  </si>
+  <si>
+    <t>03031124</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” sheet; porcelain;,H=11,L=39,B=33.5cm</t>
+  </si>
+  <si>
+    <t>03031139</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” sheet; porcelain;,H=8,L=28,B=24cm</t>
+  </si>
+  <si>
+    <t>03031084</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” sheet; porcelain;,H=95,L=335,B=280mm</t>
+  </si>
+  <si>
+    <t>03031138</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 0.5 l;, H=6, L=15, B=15cm; white</t>
+  </si>
+  <si>
+    <t>03030436</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 0.5 l;, H=60, L=137, B=137mm; white</t>
+  </si>
+  <si>
+    <t>03030269</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 0.58 l;, H=45, L=153, B=153mm; white</t>
+  </si>
+  <si>
+    <t>03030623</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 0.69 l;, H=60, L=148, B=148mm; white</t>
+  </si>
+  <si>
+    <t>03030434</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 0.75 l;, H=40, L=178, B=178mm; white</t>
+  </si>
+  <si>
+    <t>03030625</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 0.8 l;, H=50, L=173, B=173mm; white</t>
+  </si>
+  <si>
+    <t>03030624</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 0.9 l;, H=5, L=21, B=21cm; white</t>
+  </si>
+  <si>
+    <t>03030432</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 1 l;, H=47, L=197, B=197mm; white</t>
+  </si>
+  <si>
+    <t>03030619</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 1,075 l;, H=65, L=205, B=205mm; white</t>
+  </si>
+  <si>
+    <t>03030701</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 1.05 l;, H=54, L=193, B=193mm; white</t>
+  </si>
+  <si>
+    <t>03030620</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 1.45 l;, H=83, L=205, B=205mm; white</t>
+  </si>
+  <si>
+    <t>03030621</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 1.47 l;, H=7, L=21, B=21 cm; white</t>
+  </si>
+  <si>
+    <t>03031125</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 1.7 l;, H=82, L=228, B=228mm; white</t>
+  </si>
+  <si>
+    <t>03031040</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 3 l;, H=11, L=32, B=32cm; white</t>
+  </si>
+  <si>
+    <t>03031230</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 3.1 l;, H=10, L=25, B=25 cm; white</t>
+  </si>
+  <si>
+    <t>03031122</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain; 400 ml;, H=53, L=165, B=165mm; white</t>
+  </si>
+  <si>
+    <t>03030135</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain;, L=18.5, B=18.5cm</t>
+  </si>
+  <si>
+    <t>03030671</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain;, L=21.6, B=21.6cm</t>
+  </si>
+  <si>
+    <t>03030672</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” square; porcelain;, L=27.3, B=27.3cm</t>
+  </si>
+  <si>
+    <t>03031137</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” triangular; porcelain; 0.57 l;, H=8, L=18, B=18 cm; white</t>
+  </si>
+  <si>
+    <t>03030537</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” triangular; porcelain; 1.74 l;, H=10, L=33, B=33 cm; white</t>
+  </si>
+  <si>
+    <t>03031247</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” triangular; porcelain; 220 ml;, H=40, L=165, B=165mm; white</t>
+  </si>
+  <si>
+    <t>03030134</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” wavy square; porcelain; 0.92 l;, H=62, L=210, B=170mm; white</t>
+  </si>
+  <si>
+    <t>03031037</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” with lid; porcelain; 240ml; D=155/100, H=90mm; white</t>
+  </si>
+  <si>
+    <t>03030399</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk” with lid; porcelain; 350ml; D=18, H=5cm; white</t>
+  </si>
+  <si>
+    <t>03030455</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.5 l; D=136, H=51mm; white</t>
+  </si>
+  <si>
+    <t>03030538</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.53 l;, H=80, L=223, B=190mm; white</t>
+  </si>
+  <si>
+    <t>03031119</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.54 l; D=132, H=66mm; white</t>
+  </si>
+  <si>
+    <t>03030312</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.6 l; D=150, H=72mm; white</t>
+  </si>
+  <si>
+    <t>03031345</t>
+  </si>
+  <si>
+    <t>BNE</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.6 l;, H=11, L=20.5, B=15 cm; white</t>
+  </si>
+  <si>
+    <t>03030814</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.7 l; D=165, H=91mm; white</t>
+  </si>
+  <si>
+    <t>03030539</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.7 l; D=240, H=46, L=230, B=190mm; white</t>
+  </si>
+  <si>
+    <t>03031123</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.7 l;, H=65, L=175, B=175mm; white</t>
+  </si>
+  <si>
+    <t>03030622</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.7 l;, H=65, L=250, B=200mm; white</t>
+  </si>
+  <si>
+    <t>03031120</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 0.86 l; D=150, H=74mm; white</t>
+  </si>
+  <si>
+    <t>03030377</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 1.1 l;, H=11.2, L=26.5, B=19.7 cm; white</t>
+  </si>
+  <si>
+    <t>03031228</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 1.3 l;, H=55, L=233, B=290mm; white</t>
+  </si>
+  <si>
+    <t>03031121</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 1.45 l; D=18.5, H=10.3 cm; white</t>
+  </si>
+  <si>
+    <t>03031245</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 1.8 l;, H=80, L=308, B=183mm; white</t>
+  </si>
+  <si>
+    <t>03031244</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 190 ml; D=112, H=53, L=135 mm; white</t>
+  </si>
+  <si>
+    <t>03030136</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 2 l; D=25.5, H=12, L=25.4 cm; white</t>
+  </si>
+  <si>
+    <t>03030670</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; 2.5 l; D=24.5, H=10 cm; white</t>
+  </si>
+  <si>
+    <t>03030540</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; D=120, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03030857</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; D=15.5 cm; white</t>
+  </si>
+  <si>
+    <t>03030860</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; D=18cm; white</t>
+  </si>
+  <si>
+    <t>03030861</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; D=20cm; white</t>
+  </si>
+  <si>
+    <t>03031140</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain; D=25.4 cm; white</t>
+  </si>
+  <si>
+    <t>03030862</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain;, H=10, L=29.2 cm; white</t>
+  </si>
+  <si>
+    <t>03030668</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain;, H=66, L=129, B=129mm; white</t>
+  </si>
+  <si>
+    <t>03030859</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain;, H=93, L=241mm; white</t>
+  </si>
+  <si>
+    <t>03030667</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain;,H=11.3,L=21,B=21cm;white</t>
+  </si>
+  <si>
+    <t>03031086</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain;,H=47,L=97,B=97mm;white</t>
+  </si>
+  <si>
+    <t>03030858</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”; porcelain;,H=80,L=168,B=168mm;white</t>
+  </si>
+  <si>
+    <t>03031085</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;ceramics;D=13.5cm;white,gray</t>
+  </si>
+  <si>
+    <t>03031660</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;ceramics;D=14cm;brown,white</t>
+  </si>
+  <si>
+    <t>03031661</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;ceramics;D=14cm;yellow.</t>
+  </si>
+  <si>
+    <t>03031656</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;125ml;D=91,H=39mm;white</t>
+  </si>
+  <si>
+    <t>03030178</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;140ml;,H=60,L=115,B=95mm;white</t>
+  </si>
+  <si>
+    <t>03030133</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;150ml;,H=8,L=10cm;white</t>
+  </si>
+  <si>
+    <t>03031544</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;1l;,H=14,L=17cm;white</t>
+  </si>
+  <si>
+    <t>03031546</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;1l;,H=60,L=256,B=155mm;white</t>
+  </si>
+  <si>
+    <t>03031117</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;1l;,H=65,L=270,B=235mm;white</t>
+  </si>
+  <si>
+    <t>03031246</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;1l;D=168,H=70mm;white</t>
+  </si>
+  <si>
+    <t>03030618</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;1l;D=18cm;white</t>
+  </si>
+  <si>
+    <t>03031347</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;1l;D=20,H=10,L=20.3cm;white</t>
+  </si>
+  <si>
+    <t>03030669</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;200ml;,H=80,L=158,B=118mm;white</t>
+  </si>
+  <si>
+    <t>03030431</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;200ml;D=100,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03031416</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;240ml;D=103,H=47mm;white</t>
+  </si>
+  <si>
+    <t>03030138</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;250ml;D=100,H=63mm;white</t>
+  </si>
+  <si>
+    <t>03030131</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;250ml;D=115,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03031415</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;280ml;D=115,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03030176</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;300ml;,H=95,L=120mm;white</t>
+  </si>
+  <si>
+    <t>03031545</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;300ml;D=105,H=46mm;white</t>
+  </si>
+  <si>
+    <t>03030132</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;300ml;D=115,H=54mm;black</t>
+  </si>
+  <si>
+    <t>03030182</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;300ml;D=125,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03030177</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;310ml;,H=55,L=194,B=160mm;white</t>
+  </si>
+  <si>
+    <t>03031118</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;370ml;D=120,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030433</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;400ml;D=125,H=75mm;white</t>
+  </si>
+  <si>
+    <t>03031414</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;400ml;D=150,H=75mm;white</t>
+  </si>
+  <si>
+    <t>03031336</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;410ml;D=135,H=43mm;white</t>
+  </si>
+  <si>
+    <t>03030508</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;450ml;D=127,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03030435</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;D=15,H=8cm;white</t>
+  </si>
+  <si>
+    <t>03030991</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kunstwerk”;porcelain;D=18,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030990</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kvadrato”;glass;0.55l;,H=55,L=165,B=165mm;black</t>
+  </si>
+  <si>
+    <t>03030513</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kvadrato”;glass;0.5l;,H=5,L=16,B=16cm;white</t>
+  </si>
+  <si>
+    <t>03030413</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kvadrato”;glass;300ml;,H=5,L=14,B=14cm;black</t>
+  </si>
+  <si>
+    <t>03030414</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kvadrato”;glass;300ml;,H=5,L=14,B=14cm;white</t>
+  </si>
+  <si>
+    <t>03030239</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyubo”; glass; 0.5 l;, H=45, L=225, B=225mm; clear, green.</t>
+  </si>
+  <si>
+    <t>03031112</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyubo”; glass; 0.56 l;, H=25, L=270, B=270mm; clear, green.</t>
+  </si>
+  <si>
+    <t>03031227</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyubo”; glass; 0.7 l;, H=30, L=257, B=251mm; clear, green.</t>
+  </si>
+  <si>
+    <t>03031111</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyubo”; glass; 0.7 l;, H=47, L=255, B=225mm; clear, green.</t>
+  </si>
+  <si>
+    <t>03031113</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyubo”;glass;,H=14,L=95,B=95mm;clear,green.</t>
+  </si>
+  <si>
+    <t>03030109</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyubo”;glass;,L=23,B=23cm;black</t>
+  </si>
+  <si>
+    <t>03031114</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyubo”;glass;310ml;,H=21,L=196,B=196mm;clear, green.</t>
+  </si>
+  <si>
+    <t>03031110</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyupseli”;ceramics;0.55l;,H=7,L=16,B=13cm;black</t>
+  </si>
+  <si>
+    <t>03033831</t>
+  </si>
+  <si>
+    <t>Salad bowl “Kyupseli”;ceramics;1.2l;,H=90,L=205,B=160mm;black</t>
+  </si>
+  <si>
+    <t>03033832</t>
+  </si>
+  <si>
+    <t>Salad bowl “Labyrinth”;glass;300ml;D=11,H=6cm;clear.</t>
+  </si>
+  <si>
+    <t>03031903</t>
+  </si>
+  <si>
+    <t>Osz</t>
+  </si>
+  <si>
+    <t>OSZ</t>
+  </si>
+  <si>
+    <t>Salad bowl “Laguna” oval; ceramics;, H=65, L=210, B=200mm; white, turquoise.</t>
+  </si>
+  <si>
+    <t>03031876</t>
+  </si>
+  <si>
+    <t>Salad bowl “Laguna”; ceramics; 0.6 l; D=140, H=85mm; violet.</t>
+  </si>
+  <si>
+    <t>03032241</t>
+  </si>
+  <si>
+    <t>Salad bowl “Laguna”; ceramics; D=210, H=65mm; violet.</t>
+  </si>
+  <si>
+    <t>03032242</t>
+  </si>
+  <si>
+    <t>Salad bowl “Laguna”; ceramics;, H=60, L=190, B=175mm; brown, green.</t>
+  </si>
+  <si>
+    <t>03031877</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lava”;ceramics;D=10cm;red,black</t>
+  </si>
+  <si>
+    <t>03033731</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lava”;ceramics;D=23cm;red,black</t>
+  </si>
+  <si>
+    <t>03033732</t>
+  </si>
+  <si>
+    <t>Salad bowl “Leaf”;plastic;,H=10,L=40,B=18.5cm;white</t>
+  </si>
+  <si>
+    <t>03030986</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lens”; porcelain; D=108, H=49mm; white</t>
+  </si>
+  <si>
+    <t>03032399</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lens”; porcelain; D=140, H=44mm; white</t>
+  </si>
+  <si>
+    <t>03033132</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lens”; porcelain; D=203, H=97mm; white</t>
+  </si>
+  <si>
+    <t>03032538</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lens”; porcelain; D=230, H=67mm; white</t>
+  </si>
+  <si>
+    <t>03031773</t>
+  </si>
+  <si>
+    <t>Salad bowl “Levante”; stainless steel; 0.9 l; D=170, H=85mm; black, matte</t>
+  </si>
+  <si>
+    <t>03035135</t>
+  </si>
+  <si>
+    <t>Salad bowl “Levante”; stainless steel; D=170, H=85mm; burgundy, matte</t>
+  </si>
+  <si>
+    <t>03035134</t>
+  </si>
+  <si>
+    <t>Salad bowl “Licio”;porcelain;150ml;D=91,H=52mm;white</t>
+  </si>
+  <si>
+    <t>03030122</t>
+  </si>
+  <si>
+    <t>Salad bowl “Licio”;porcelain;310ml;D=130,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03030663</t>
+  </si>
+  <si>
+    <t>Salad bowl “Licio”;porcelain;420ml;D=135,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03030123</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lifestyle”; porcelain; 180 ml; D=13, H=3cm; mint-turquoise.</t>
+  </si>
+  <si>
+    <t>03031692</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lifestyle”; porcelain; 200 ml; D=13 cm; sand.</t>
+  </si>
+  <si>
+    <t>03030533</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lifestyle”; porcelain; 350 ml; D=15 cm; sand.</t>
+  </si>
+  <si>
+    <t>03031701</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lifestyle”; porcelain; D=15cm; turquoise.</t>
+  </si>
+  <si>
+    <t>03030604</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lifestyle”; porcelain; D=17cm; blue-gray.</t>
+  </si>
+  <si>
+    <t>03031691</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lifestyle”; porcelain; D=21cm; terracotta</t>
+  </si>
+  <si>
+    <t>03030696</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lifestyle”;porcelain;D=17cm;cinnabar</t>
+  </si>
+  <si>
+    <t>03030371</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lif” square; glass; 1.2 l;, H=95, L=330, B=190mm; clear.</t>
+  </si>
+  <si>
+    <t>03032215</t>
+  </si>
+  <si>
+    <t>Salad bowl “Light Blue Sea”;ceramics;D=15cm;blue.</t>
+  </si>
+  <si>
+    <t>03033734</t>
+  </si>
+  <si>
+    <t>Salad bowl “Light Blue Sea”;ceramics;D=22cm;blue.</t>
+  </si>
+  <si>
+    <t>03033733</t>
+  </si>
+  <si>
+    <t>Salad bowl “Like” square; porcelain; 1 l;, H=13, L=19.5, B=19.5 cm; white</t>
+  </si>
+  <si>
+    <t>03030839</t>
+  </si>
+  <si>
+    <t>Salad bowl “Like” square; porcelain;,H=9,L=24,B=24cm;white</t>
+  </si>
+  <si>
+    <t>03031055</t>
+  </si>
+  <si>
+    <t>Salad bowl “Linea Q” square; stainless steel; L=12, B=12cm; metal.</t>
+  </si>
+  <si>
+    <t>03031884</t>
+  </si>
+  <si>
+    <t>Sambonet</t>
+  </si>
+  <si>
+    <t>Salad bowl “Line”;porcelain;D=25,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03034505</t>
+  </si>
+  <si>
+    <t>Salad bowl “Liv”;porcelain;0.6l;D=14,H=8cm;white</t>
+  </si>
+  <si>
+    <t>03031493</t>
+  </si>
+  <si>
+    <t>Salad bowl “Liv”;porcelain;400ml;D=115,H=80mm;white</t>
+  </si>
+  <si>
+    <t>03031494</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lotus”; ceramics; D=15cm; brown, turquoise.</t>
+  </si>
+  <si>
+    <t>03033725</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lotus”; ceramics; D=21cm; brown, turquoise.</t>
+  </si>
+  <si>
+    <t>03033726</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lovatt” with handles; bone porcelain; D=135, H=65mm; black, white</t>
+  </si>
+  <si>
+    <t>03032397</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lovatt” with handles; bone porcelain; D=224, H=95mm; black, white</t>
+  </si>
+  <si>
+    <t>03032398</t>
+  </si>
+  <si>
+    <t>Salad bowl “Lyubyana”;porcelain;400ml;D=12,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03030405</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mak”; porcelain; 0.5 l; D=132, H=50mm; copper</t>
+  </si>
+  <si>
+    <t>03032588</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mak”; porcelain; 0.55 l; D=180, H=55mm; copper</t>
+  </si>
+  <si>
+    <t>03032589</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mak”;porcelain;1l;D=205,H=80mm;copper</t>
+  </si>
+  <si>
+    <t>03032590</t>
+  </si>
+  <si>
+    <t>Salad bowl “Malibu”; ceramics;, H=85, L=150, B=120mm; white, turquoise.</t>
+  </si>
+  <si>
+    <t>03031827</t>
+  </si>
+  <si>
+    <t>Salad bowl “Malibu”;ceramics;150ml;,H=60,L=100,B=75mm;white,turquoise.</t>
+  </si>
+  <si>
+    <t>03031826</t>
+  </si>
+  <si>
+    <t>Salad bowl “Marengo”;ceramics;1l;D=180,H=75mm;gray, black</t>
+  </si>
+  <si>
+    <t>03032361</t>
+  </si>
+  <si>
+    <t>Salad bowl “Marengo”;ceramics;300ml;D=135,H=55mm;black,gray</t>
+  </si>
+  <si>
+    <t>03032362</t>
+  </si>
+  <si>
+    <t>Salad bowl “Marron Reativo” square; porcelain; 0.6 l;, L=15, B=15 cm; brown, beige.</t>
+  </si>
+  <si>
+    <t>03033227</t>
+  </si>
+  <si>
+    <t>Salad bowl “Marron Reativo” square; porcelain; 250 ml;, H=45, L=130, B=130mm; brown, beige.</t>
+  </si>
+  <si>
+    <t>03033226</t>
+  </si>
+  <si>
+    <t>Salad bowl “Marron Reativo”; porcelain; 0.6 l; D=15 cm; brown, beige.</t>
+  </si>
+  <si>
+    <t>03033228</t>
+  </si>
+  <si>
+    <t>Salad bowl “Marron Reativo”; porcelain; 250 ml; D=13, H=4cm; brown, beige.</t>
+  </si>
+  <si>
+    <t>03033224</t>
+  </si>
+  <si>
+    <t>Salad bowl “Marron Reativo”; porcelain; 300 ml; D=125, H=55mm; brown, beige.</t>
+  </si>
+  <si>
+    <t>03033225</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mar”;ceramics;0.541l;D=140,H=64mm;white</t>
+  </si>
+  <si>
+    <t>03032266</t>
+  </si>
+  <si>
+    <t>Salad bowl “Master (decor)”; porcelain; D=12cm; white</t>
+  </si>
+  <si>
+    <t>03032104</t>
+  </si>
+  <si>
+    <t>Salad bowl “Master”; porcelain; 0.7 l; D=17, H=6 cm; white</t>
+  </si>
+  <si>
+    <t>03030846</t>
+  </si>
+  <si>
+    <t>Salad bowl “Master”; porcelain; D=12cm; white</t>
+  </si>
+  <si>
+    <t>03031454</t>
+  </si>
+  <si>
+    <t>Salad bowl “Master”;porcelain;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03032384</t>
+  </si>
+  <si>
+    <t>Salad bowl “Matiz”; glass; 0.55 l;, H=25, L=290, B=290mm; clear, green.</t>
+  </si>
+  <si>
+    <t>03031226</t>
+  </si>
+  <si>
+    <t>Salad bowl “Matiz”; glass; 300 ml;, H=15, L=230, B=230mm; clear, green.</t>
+  </si>
+  <si>
+    <t>03031109</t>
+  </si>
+  <si>
+    <t>Salad bowl “Matiz”; glass;, H=1, L=15, B=15 cm; transparent, green.</t>
+  </si>
+  <si>
+    <t>03030359</t>
+  </si>
+  <si>
+    <t>Salad bowl “Matter”; porcelain; D=250, H=45mm; white</t>
+  </si>
+  <si>
+    <t>03034544</t>
+  </si>
+  <si>
+    <t>Salad bowl “Maxim”;porcelain;475ml;D=220,H=53,L=218,B=185mm;white</t>
+  </si>
+  <si>
+    <t>03030825</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mediter”; porcelain; D=50, H=25, B=55mm; white, matte</t>
+  </si>
+  <si>
+    <t>03032708</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mediter”; porcelain; D=6, H=3cm; white, matte</t>
+  </si>
+  <si>
+    <t>03032707</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mediter”; porcelain;, H=35, L=65, B=80mm; white, matte</t>
+  </si>
+  <si>
+    <t>03032706</t>
+  </si>
+  <si>
+    <t>Salad bowl “Melody”; porcelain; 0.5 l; D=195, H=45mm; white</t>
+  </si>
+  <si>
+    <t>03030921</t>
+  </si>
+  <si>
+    <t>Salad bowl “Melody”; porcelain; 0.95 l; D=222, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03031024</t>
+  </si>
+  <si>
+    <t>Salad bowl “Melody”;porcelain;190ml;D=127,H=30mm;white</t>
+  </si>
+  <si>
+    <t>03030242</t>
+  </si>
+  <si>
+    <t>Salad bowl “Melody”;porcelain;300ml;D=160,H=35mm;white</t>
+  </si>
+  <si>
+    <t>03030319</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercury”; porcelain; D=13cm; white</t>
+  </si>
+  <si>
+    <t>03030448</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercury”;D=15cm</t>
+  </si>
+  <si>
+    <t>03030437</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercury”;D=21cm</t>
+  </si>
+  <si>
+    <t>03031044</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercury”;porcelain;350ml;D=187,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030630</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1; ceramics; D=12.5 cm; creams.</t>
+  </si>
+  <si>
+    <t>03032154</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1; ceramics; D=12.5 cm; green.</t>
+  </si>
+  <si>
+    <t>03032153</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1; ceramics; D=15cm; creams.</t>
+  </si>
+  <si>
+    <t>03032151</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1; ceramics; D=15cm; green.</t>
+  </si>
+  <si>
+    <t>03032150</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1; ceramics; D=9cm; creams.</t>
+  </si>
+  <si>
+    <t>03032157</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1; ceramics; D=9cm; green.</t>
+  </si>
+  <si>
+    <t>03032156</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1;ceramics;D=12.5cm;red</t>
+  </si>
+  <si>
+    <t>03032152</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1;ceramics;D=15cm;red</t>
+  </si>
+  <si>
+    <t>03032149</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 1;ceramics;D=9cm;red</t>
+  </si>
+  <si>
+    <t>03032155</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2; ceramics; D=12.5 cm; creams.</t>
+  </si>
+  <si>
+    <t>03032163</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2; ceramics; D=12.5 cm; green.</t>
+  </si>
+  <si>
+    <t>03032162</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2; ceramics; D=15cm; creams.</t>
+  </si>
+  <si>
+    <t>03032160</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2; ceramics; D=15cm; green.</t>
+  </si>
+  <si>
+    <t>03032159</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2; ceramics; D=9cm; creams.</t>
+  </si>
+  <si>
+    <t>03032166</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2; ceramics; D=9cm; green.</t>
+  </si>
+  <si>
+    <t>03032165</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2;ceramics;D=12.5cm;red</t>
+  </si>
+  <si>
+    <t>03032161</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2;ceramics;D=15cm;red</t>
+  </si>
+  <si>
+    <t>03032158</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 2;ceramics;D=9cm;red</t>
+  </si>
+  <si>
+    <t>03032164</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3; ceramics; D = 12.5 cm; creams.</t>
+  </si>
+  <si>
+    <t>03032172</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3; ceramics; D=12.5 cm; green.</t>
+  </si>
+  <si>
+    <t>03032171</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3; ceramics; D=15cm; creams.</t>
+  </si>
+  <si>
+    <t>03032169</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3; ceramics; D=15cm; green.</t>
+  </si>
+  <si>
+    <t>03032168</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3; ceramics; D=9cm; creams.</t>
+  </si>
+  <si>
+    <t>03034127</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3; ceramics; D=9cm; green.</t>
+  </si>
+  <si>
+    <t>03032175</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3;ceramics;D=12.5cm;red</t>
+  </si>
+  <si>
+    <t>03032170</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3;ceramics;D=15cm;red</t>
+  </si>
+  <si>
+    <t>03032167</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mercy” No. 3;ceramics;D=9cm;red</t>
+  </si>
+  <si>
+    <t>03032174</t>
+  </si>
+  <si>
+    <t>Salad bowl “Merlot”;glass;0.5l;D=23cm;Bordeaux, white</t>
+  </si>
+  <si>
+    <t>03032328</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mezen” Prince of Swans; porcelain; 300 ml; D=158, H=43mm; white, red</t>
+  </si>
+  <si>
+    <t>03035254</t>
+  </si>
+  <si>
+    <t>Bashkir porcelain</t>
+  </si>
+  <si>
+    <t>BASH</t>
+  </si>
+  <si>
+    <t>Salad bowl “Midnight Dusk”; porcelain; D=140, H=75mm; black, blue</t>
+  </si>
+  <si>
+    <t>03032980</t>
+  </si>
+  <si>
+    <t>AertsNV</t>
+  </si>
+  <si>
+    <t>Salad bowl “Midnight Dusk”; porcelain; D=18, H=6cm; black, blue</t>
+  </si>
+  <si>
+    <t>03032981</t>
+  </si>
+  <si>
+    <t>Salad bowl “Midnight Dusk”; porcelain; D=25, H=6cm; black, blue</t>
+  </si>
+  <si>
+    <t>03032979</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way blue”; porcelain; 0.6 l; D=15, H=8cm; blue, black</t>
+  </si>
+  <si>
+    <t>03032698</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way light green”; porcelain; 150ml; D=10cm; lettuce., black</t>
+  </si>
+  <si>
+    <t>03032653</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way light green”; porcelain; 300 ml; D=13 cm; lettuce., black</t>
+  </si>
+  <si>
+    <t>03032949</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way orange”; porcelain; 300ml; D=13cm; orange, black</t>
+  </si>
+  <si>
+    <t>03032947</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way red”; porcelain; 0.6 l; D=15 cm; red, black</t>
+  </si>
+  <si>
+    <t>03032659</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way red”; porcelain; 300ml; D=13cm; red, black</t>
+  </si>
+  <si>
+    <t>03032948</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way” square; porcelain; 0.6 l;, L=15, B=15 cm; black, white</t>
+  </si>
+  <si>
+    <t>03032391</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way” square; porcelain; 250ml;, L=13, B=13cm; black, white</t>
+  </si>
+  <si>
+    <t>03032387</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way”; porcelain; 0.6 l; D=15 cm; black, white</t>
+  </si>
+  <si>
+    <t>03032386</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way”; porcelain; 250 ml; D=12.5 cm; black, white</t>
+  </si>
+  <si>
+    <t>03032390</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milky Way”;porcelain;300ml;D=125,H=55mm;black,white</t>
+  </si>
+  <si>
+    <t>03032388</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milk”; porcelain; 0.6 l; D=16, H=6 cm; white</t>
+  </si>
+  <si>
+    <t>03035095</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milk”;porcelain;0.6l;D=18,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03034611</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milk”;porcelain;220ml;D=11,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03035093</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milk”;porcelain;300ml;D=13,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03035094</t>
+  </si>
+  <si>
+    <t>Salad bowl “Milk”;porcelain;350ml;D=190,H=35mm;white</t>
+  </si>
+  <si>
+    <t>03035092</t>
+  </si>
+  <si>
+    <t>Salad bowl “Minerals”;glass;230ml;,H=64,L=120,B=120mm;clear.</t>
+  </si>
+  <si>
+    <t>03030240</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini Party” oval; porcelain;,H=4,L=11,B=10cm;white</t>
+  </si>
+  <si>
+    <t>03031481</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini Party” rectangular; porcelain;, L=10, B=7cm; white</t>
+  </si>
+  <si>
+    <t>03032465</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini Party” square; porcelain; 125 ml;, H=4, L=10, B=10 cm; white</t>
+  </si>
+  <si>
+    <t>03032732</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini Party” square; porcelain; 250 ml;, H=5, L=11, B=11 cm; white</t>
+  </si>
+  <si>
+    <t>03031412</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini Party”; porcelain;,H=3,L=11,B=11cm;white</t>
+  </si>
+  <si>
+    <t>03030595</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini Party”; porcelain;,H=3,L=12,B=11cm;white</t>
+  </si>
+  <si>
+    <t>03030597</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini Party”; porcelain;,H=4,L=11,B=7cm;white</t>
+  </si>
+  <si>
+    <t>03030492</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini” rectangular; glass;, H=12, L=105, B=82mm; transparent, green.</t>
+  </si>
+  <si>
+    <t>03030143</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini” square; glass;, H=10, L=77, B=77mm; clear.</t>
+  </si>
+  <si>
+    <t>03030142</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mini” triangular; glass; D=95, H=20, B=93mm; clear.</t>
+  </si>
+  <si>
+    <t>03030145</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 0.6 l; D=215, H=90mm; white</t>
+  </si>
+  <si>
+    <t>03030943</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 0.63 l; D=300, H=85mm; white</t>
+  </si>
+  <si>
+    <t>03031218</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 0.8 l; D=15.9 cm; white</t>
+  </si>
+  <si>
+    <t>03031466</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 0.915 l; D=255, H=45mm; white</t>
+  </si>
+  <si>
+    <t>03030945</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 1 l; D=25.5, H=12 cm; white</t>
+  </si>
+  <si>
+    <t>03030942</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 1 l; D=300, H=51mm; white</t>
+  </si>
+  <si>
+    <t>03031219</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 140 ml; D=139, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03030519</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 200 ml; D=23, H=4cm; white</t>
+  </si>
+  <si>
+    <t>03031051</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 255 ml; D=112, H=55mm; white</t>
+  </si>
+  <si>
+    <t>03030175</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 260ml; D=153, H=35mm; white</t>
+  </si>
+  <si>
+    <t>03030520</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 335 ml; D=180, H=85mm; white</t>
+  </si>
+  <si>
+    <t>03030944</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 420 ml; D=130, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03030458</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 450 ml; D=165, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03030423</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 455 ml; D=120, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03030284</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; 480 ml; D=200, H=53mm; white</t>
+  </si>
+  <si>
+    <t>03030946</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; D=16.5 cm; white</t>
+  </si>
+  <si>
+    <t>03031298</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; D=28, H=5cm; white</t>
+  </si>
+  <si>
+    <t>03031765</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain; D=30, H=4cm; white</t>
+  </si>
+  <si>
+    <t>03031593</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain;, L=30, B=26cm; white</t>
+  </si>
+  <si>
+    <t>03031133</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”; porcelain;,H=20,L=125,B=105mm;white</t>
+  </si>
+  <si>
+    <t>03031430</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”;porcelain;180ml;D=10,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03031404</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”;porcelain;200ml;D=10,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03030266</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monaco White”;porcelain;450ml;D=15,H=8cm;white</t>
+  </si>
+  <si>
+    <t>03030387</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monarch”; glass; 0.8 l; D=158, H=78mm; clear.</t>
+  </si>
+  <si>
+    <t>03031905</t>
+  </si>
+  <si>
+    <t>Salad bowl “Monarch”;glass;300ml;D=11,H=6cm;clear.</t>
+  </si>
+  <si>
+    <t>03031904</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mosaic”; glass; 1.88 l; D=230, H=94mm; clear.</t>
+  </si>
+  <si>
+    <t>03032027</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mozart”; porcelain; D=16cm; white</t>
+  </si>
+  <si>
+    <t>03030577</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mozart”;porcelain;D=210,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03030735</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mr. Chef”; glass; D=220, H=97mm; clear.</t>
+  </si>
+  <si>
+    <t>03030588</t>
+  </si>
+  <si>
+    <t>Salad bowl “Mundo Andalusi”;porcelain;320ml;D=115,H=55mm;gray</t>
+  </si>
+  <si>
+    <t>03033075</t>
+  </si>
+  <si>
+    <t>Porvasal</t>
+  </si>
+  <si>
+    <t>PORVASAL</t>
+  </si>
+  <si>
+    <t>Salad bowl “Murano”; ceramics; D=185, H=57mm; beige.</t>
+  </si>
+  <si>
+    <t>03035077</t>
+  </si>
+  <si>
+    <t>Salad bowl “Murano”; ceramics; D=185, H=57mm; green.</t>
+  </si>
+  <si>
+    <t>03035072</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nabu” oval; ceramics;, H=40, L=190, B=155mm; green.</t>
+  </si>
+  <si>
+    <t>03035073</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nami”;porcelain;D=23,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03030898</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nami”;porcelain;D=260,H=35mm;white</t>
+  </si>
+  <si>
+    <t>03030899</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nanocream Beige”; porcelain; D=8cm; beige.</t>
+  </si>
+  <si>
+    <t>03035029</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nanocream Black” oval; porcelain; D=18, H=4cm; black</t>
+  </si>
+  <si>
+    <t>03034516</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nanocream Black”; porcelain; 350 ml; D=160, H=47.5 mm; black</t>
+  </si>
+  <si>
+    <t>03034211</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nanocream Dark Blue” oval; porcelain; D=18, H=4cm; dark blue, green.</t>
+  </si>
+  <si>
+    <t>03034512</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nanocream Dark Blue” oval; porcelain; D=200, H=44mm; dark blue, green.</t>
+  </si>
+  <si>
+    <t>03034513</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nau”;ceramics;0.55l;D=173,H=60mm;blue</t>
+  </si>
+  <si>
+    <t>03032967</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nau”;ceramics;0.55l;D=173,H=60mm;gray</t>
+  </si>
+  <si>
+    <t>03032966</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nau”;ceramics;0.55l;D=173,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03032965</t>
+  </si>
+  <si>
+    <t>Salad bowl “Neptune”; porcelain; 1 l; D=20 cm; turquoise., white</t>
+  </si>
+  <si>
+    <t>03032511</t>
+  </si>
+  <si>
+    <t>Salad bowl “Neptune”; porcelain; D=21cm; blue</t>
+  </si>
+  <si>
+    <t>03032571</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nestor”; porcelain; 0.6 l; D=185, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03030610</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nestor”;porcelain;300ml;D=170,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030420</t>
+  </si>
+  <si>
+    <t>Salad bowl “Neve”;bone porcelain;D=12cm;white</t>
+  </si>
+  <si>
+    <t>03032279</t>
+  </si>
+  <si>
+    <t>Paderno</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nevi”;porcelain;350ml;D=12cm;white,blue</t>
+  </si>
+  <si>
+    <t>03034013</t>
+  </si>
+  <si>
+    <t>Bonna</t>
+  </si>
+  <si>
+    <t>BONNA</t>
+  </si>
+  <si>
+    <t>Salad bowl “New Aquitaine”;glass;0.5l;D=13,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03033855</t>
+  </si>
+  <si>
+    <t>Salad bowl “New Graffiti”; porcelain; 0.5 l; D=240, H=35mm; white</t>
+  </si>
+  <si>
+    <t>03031534</t>
+  </si>
+  <si>
+    <t>Salad bowl “New Graffiti”;porcelain;300ml;D=14,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030851</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa” oval; porcelain; 100 ml;, H=9, L=20, B=15cm; white</t>
+  </si>
+  <si>
+    <t>03032685</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa” oval; porcelain; 100 ml;, H=9, L=20, B=15cm; white, glossy.</t>
+  </si>
+  <si>
+    <t>03034578</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa”; porcelain; 150 ml;, H=40, L=110, B=105mm; white, gloss.</t>
+  </si>
+  <si>
+    <t>03034575</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa”; porcelain; 150 ml;, H=40, L=110, B=105mm; white, turquoise.</t>
+  </si>
+  <si>
+    <t>03032686</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa”; porcelain; 200 ml;, H=75, L=140, B=135mm; white, gloss.</t>
+  </si>
+  <si>
+    <t>03034576</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa”; porcelain; 350 ml;, H=90, L=170, B=155mm; white, gloss.</t>
+  </si>
+  <si>
+    <t>03034577</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa”; porcelain;, H=75, L=140, B=135mm; white</t>
+  </si>
+  <si>
+    <t>03032683</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa”; porcelain;,H=90,L=170,B=155mm;white</t>
+  </si>
+  <si>
+    <t>03032684</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ninfa”;porcelain;150ml;,H=40,L=110,B=105mm;white</t>
+  </si>
+  <si>
+    <t>03032682</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nomad” 2 handles; ceramics;, H=5, L=21, B=16 cm; turquoise.</t>
+  </si>
+  <si>
+    <t>03035014</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nomad” 2 handles; ceramics;, H=6, L=17, B=13 cm; turquoise.</t>
+  </si>
+  <si>
+    <t>03035013</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nomad”;ceramics;,H=70,L=235,B=190mm;turquoise.</t>
+  </si>
+  <si>
+    <t>03035015</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nomad”;ceramics;D=26,H=11cm;blue,white</t>
+  </si>
+  <si>
+    <t>03035016</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nomad”;ceramics;D=330,H=95mm;blue,white</t>
+  </si>
+  <si>
+    <t>03035017</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nomad”;ceramics;D=39,H=8cm;blue,white</t>
+  </si>
+  <si>
+    <t>03035018</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nordik”; ceramics; D=15cm; white, green.</t>
+  </si>
+  <si>
+    <t>03033724</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nordik”; ceramics; D=22.5 cm; white, green.</t>
+  </si>
+  <si>
+    <t>03033723</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nordik”;glass;250ml;D=23cm;gray</t>
+  </si>
+  <si>
+    <t>03033783</t>
+  </si>
+  <si>
+    <t>Salad bowl “Nuages”;porcelain;330ml;D=19cm;white</t>
+  </si>
+  <si>
+    <t>03034205</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ola”; porcelain; D=140, H=75mm; white</t>
+  </si>
+  <si>
+    <t>03035088</t>
+  </si>
+  <si>
+    <t>Salad bowl “Onyx”;ceramics;1.3l;D=215,H=75mm;black</t>
+  </si>
+  <si>
+    <t>03032636</t>
+  </si>
+  <si>
+    <t>Salad bowl “Onyx”;ceramics;1l;D=185,H=65mm;black</t>
+  </si>
+  <si>
+    <t>03032430</t>
+  </si>
+  <si>
+    <t>Salad bowl “Onyx”;ceramics;300ml;D=125,H=50mm;black</t>
+  </si>
+  <si>
+    <t>03032637</t>
+  </si>
+  <si>
+    <t>Salad bowl “Opera”; porcelain; D=16, H=4cm; white, multi-colored.</t>
+  </si>
+  <si>
+    <t>03030993</t>
+  </si>
+  <si>
+    <t>Salad bowl “Opera”;porcelain;D=18,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030994</t>
+  </si>
+  <si>
+    <t>Salad bowl “Optic”;porcelain;0.6l;D=15,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03030562</t>
+  </si>
+  <si>
+    <t>Salad bowl “Optic”;porcelain;180ml;D=10,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03031422</t>
+  </si>
+  <si>
+    <t>Salad bowl “Optic”;porcelain;200ml;D=22,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03031054</t>
+  </si>
+  <si>
+    <t>Salad bowl “Optimo” glossy; porcelain; D=8cm; white</t>
+  </si>
+  <si>
+    <t>03033010</t>
+  </si>
+  <si>
+    <t>Salad bowl “Options” oval; porcelain; 200 ml;, H=60, L=140, B=85mm; white</t>
+  </si>
+  <si>
+    <t>03030977</t>
+  </si>
+  <si>
+    <t>Salad bowl “Options”;porcelain;260ml;D=105,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03031066</t>
+  </si>
+  <si>
+    <t>Salad bowl “Options”;porcelain;470ml;D=16,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03031067</t>
+  </si>
+  <si>
+    <t>Salad bowl “Orbit”;porcelain;260ml;D=155,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030522</t>
+  </si>
+  <si>
+    <t>Salad bowl “Oregon” oval [4 pcs]; ceramics;, H=40, L=100, B=85mm; multi-colored.</t>
+  </si>
+  <si>
+    <t>03035081</t>
+  </si>
+  <si>
+    <t>Salad bowl “Organica”; porcelain; D=20cm; white, blue</t>
+  </si>
+  <si>
+    <t>03031991</t>
+  </si>
+  <si>
+    <t>Salad bowl “Organica”; porcelain; D=22cm; white, blue</t>
+  </si>
+  <si>
+    <t>03031992</t>
+  </si>
+  <si>
+    <t>Salad bowl “Organica”;ceramics;1.25l;D=22,H=9cm;gray</t>
+  </si>
+  <si>
+    <t>03031989</t>
+  </si>
+  <si>
+    <t>Salad bowl “Organic”;ceramics;1l;D=20,H=7cm;gray</t>
+  </si>
+  <si>
+    <t>03031988</t>
+  </si>
+  <si>
+    <t>Salad bowl “Organika Green”; 210ml; D=12, H=5cm; emerald.</t>
+  </si>
+  <si>
+    <t>03032627</t>
+  </si>
+  <si>
+    <t>Salad bowl “Organix”; porcelain; 165 ml; D=127, H=75, L=114, B=94mm; white</t>
+  </si>
+  <si>
+    <t>03030514</t>
+  </si>
+  <si>
+    <t>Salad bowl “Organix”;porcelain;195ml;,H=65,L=175,B=165mm;white</t>
+  </si>
+  <si>
+    <t>03030924</t>
+  </si>
+  <si>
+    <t>Salad bowl “Organix”;porcelain;485ml;,H=13.5,L=18.2,B=14.6cm;white</t>
+  </si>
+  <si>
+    <t>03030925</t>
+  </si>
+  <si>
+    <t>Salad bowl “Overture”;porcelain;0.72l;D=210,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03030832</t>
+  </si>
+  <si>
+    <t>Salad bowl “Overture”;porcelain;1.5l;D=26,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03031305</t>
+  </si>
+  <si>
+    <t>Salad bowl “Overture”;porcelain;300ml;D=15,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03030478</t>
+  </si>
+  <si>
+    <t>Salad bowl “Panton”; porcelain; 400 ml; D=120, H=65mm; white, green.</t>
+  </si>
+  <si>
+    <t>03032796</t>
+  </si>
+  <si>
+    <t>Salad bowl “Panton”; porcelain; 400 ml; D=120, H=65mm; white, light green.</t>
+  </si>
+  <si>
+    <t>03032795</t>
+  </si>
+  <si>
+    <t>Salad bowl “Panton”; porcelain; 400ml; D=120, H=65mm; white, violet.</t>
+  </si>
+  <si>
+    <t>03032797</t>
+  </si>
+  <si>
+    <t>Salad bowl “Panton”;ceramics;D=152,H=68mm;gray</t>
+  </si>
+  <si>
+    <t>03032396</t>
+  </si>
+  <si>
+    <t>Salad bowl “Papaya”;glass;0.66l;D=16,H=8cm;clear.</t>
+  </si>
+  <si>
+    <t>03030765</t>
+  </si>
+  <si>
+    <t>Salad bowl “Papaya”;glass;170ml;D=10,H=5cm;clear.</t>
+  </si>
+  <si>
+    <t>03030764</t>
+  </si>
+  <si>
+    <t>Salad bowl “Papaya”;glass;240ml;D=130,H=65mm;clear.</t>
+  </si>
+  <si>
+    <t>03031665</t>
+  </si>
+  <si>
+    <t>Salad bowl “Papillon”;glass;D=16cm;clear.</t>
+  </si>
+  <si>
+    <t>03031170</t>
+  </si>
+  <si>
+    <t>Salad bowl “Parma” square; glass;, H=56, L=140, B=140mm; white</t>
+  </si>
+  <si>
+    <t>03031363</t>
+  </si>
+  <si>
+    <t>Salad bowl “Parthenon” oval; porcelain;, H=35, L=120, B=85mm; white, matte</t>
+  </si>
+  <si>
+    <t>03033317</t>
+  </si>
+  <si>
+    <t>Salad bowl “Parthenon” oval; porcelain;, H=50, L=175, B=130mm; white, matte</t>
+  </si>
+  <si>
+    <t>03033318</t>
+  </si>
+  <si>
+    <t>Salad bowl “Parthenon” oval; porcelain;, H=65, L=230, B=170mm; white, matte</t>
+  </si>
+  <si>
+    <t>03033319</t>
+  </si>
+  <si>
+    <t>Salad bowl “Parthenon” oval; porcelain;, H=70, L=275, B=205mm; white, matte</t>
+  </si>
+  <si>
+    <t>03033320</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pass-partout”; porcelain; 0.75 l; D=16, H=6 cm; white, matte</t>
+  </si>
+  <si>
+    <t>03034561</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pass-partout”; porcelain; 2.5 l; D=24, H=10 cm; white, matte</t>
+  </si>
+  <si>
+    <t>03034560</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pass-partout”; porcelain; D=22, H=4cm; white, matte</t>
+  </si>
+  <si>
+    <t>03143019</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pass-Partu”; porcelain; D=14, H=6cm; white, matte</t>
+  </si>
+  <si>
+    <t>03035137</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”; porcelain; 0.7 l; D=157, H=70mm; orange.</t>
+  </si>
+  <si>
+    <t>03031868</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”; porcelain; 0.7 l; D=157, H=75mm; gray</t>
+  </si>
+  <si>
+    <t>03031870</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”; porcelain; 0.7 l; D=157, H=75mm; green.</t>
+  </si>
+  <si>
+    <t>03031869</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”; porcelain; 1.2 l; D=22, H=7 cm; green.</t>
+  </si>
+  <si>
+    <t>03031975</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”; porcelain; 1.2 l; D=22, H=7cm; orange.</t>
+  </si>
+  <si>
+    <t>03031871</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”; porcelain; D=207, H=81mm; green.</t>
+  </si>
+  <si>
+    <t>03031929</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”; porcelain; D=207, H=81mm; orange.</t>
+  </si>
+  <si>
+    <t>03031928</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”;porcelain;1.2l;D=22,H=7cm;gray</t>
+  </si>
+  <si>
+    <t>03031976</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pastoral”;porcelain;D=207,H=81mm;gray</t>
+  </si>
+  <si>
+    <t>03031930</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pati” drop;porcelain;,H=5,L=25,B=16cm;white</t>
+  </si>
+  <si>
+    <t>03031549</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pati” drop;porcelain;,H=6,L=30,B=20cm;white</t>
+  </si>
+  <si>
+    <t>03031548</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pati” square; porcelain; 0.6 l;, L=15, B=15 cm; gray, blue</t>
+  </si>
+  <si>
+    <t>03033240</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pati” square; porcelain; 250 ml;, H=45, L=130, B=130mm; gray, blue</t>
+  </si>
+  <si>
+    <t>03033239</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pati”;porcelain;0.6l;D=15cm;gray,blue</t>
+  </si>
+  <si>
+    <t>03033241</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pati”;porcelain;250ml;D=13,H=4cm;gray,blue</t>
+  </si>
+  <si>
+    <t>03033237</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pati”;porcelain;300ml;D=125,H=55mm;gray,blue</t>
+  </si>
+  <si>
+    <t>03033238</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pearl”; porcelain; 360ml;, H=49, L=170, B=166mm; white, gold</t>
+  </si>
+  <si>
+    <t>03031778</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pekoe”;ceramics;D=120,H=65mm;black</t>
+  </si>
+  <si>
+    <t>03033761</t>
+  </si>
+  <si>
+    <t>Salad bowl “Peony”; porcelain; 0.5 l; D=145, H=60mm; pink.</t>
+  </si>
+  <si>
+    <t>03032583</t>
+  </si>
+  <si>
+    <t>Salad bowl “Peony”; porcelain; 0.7 l; D=170, H=75mm; pink.</t>
+  </si>
+  <si>
+    <t>03032584</t>
+  </si>
+  <si>
+    <t>Salad bowl “Peony”; porcelain; 0.9 l; D=205, H=85mm; pink.</t>
+  </si>
+  <si>
+    <t>03032582</t>
+  </si>
+  <si>
+    <t>Salad bowl “Perfect Imperfection”; bone porcelain; D=110, H=45mm; white</t>
+  </si>
+  <si>
+    <t>03035115</t>
+  </si>
+  <si>
+    <t>Salad bowl “Perfect Imperfection”;bone porcelain;,H=5,L=23,B=13cm;white</t>
+  </si>
+  <si>
+    <t>03035116</t>
+  </si>
+  <si>
+    <t>Salad bowl “Perfect Imperfection”;bone porcelain;D=24,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03031825</t>
+  </si>
+  <si>
+    <t>Salad bowl “Performa”;glass;0.5l;D=140,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03030504</t>
+  </si>
+  <si>
+    <t>Salad bowl “Performa”;glass;170ml;D=10,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03030204</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;0.65l;D=15,H=7cm;black,blue</t>
+  </si>
+  <si>
+    <t>03035221</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;0.65l;D=15,H=7cm;brown.</t>
+  </si>
+  <si>
+    <t>03035216</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;0.65l;D=15,H=7cm;gray,blue</t>
+  </si>
+  <si>
+    <t>03035231</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;0.65l;D=15,H=7cm;white,blue</t>
+  </si>
+  <si>
+    <t>03035226</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;0.6l;,H=95,L=210,B=160mm;brown,blue</t>
+  </si>
+  <si>
+    <t>03035223</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;0.6l;,H=95,L=210,B=160mm;brown.</t>
+  </si>
+  <si>
+    <t>03035218</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;1.25l;D=180,H=85mm;black,blue</t>
+  </si>
+  <si>
+    <t>03032691</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;1.25l;D=180,H=85mm;brown.</t>
+  </si>
+  <si>
+    <t>03032689</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;1.25l;D=180,H=85mm;gray,blue</t>
+  </si>
+  <si>
+    <t>03035232</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;1.25l;D=180,H=85mm;white,blue</t>
+  </si>
+  <si>
+    <t>03035227</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;1.8l;D=280,H=65mm;gray,blue</t>
+  </si>
+  <si>
+    <t>03035233</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;1.8l;D=28cm;black,blue</t>
+  </si>
+  <si>
+    <t>03032692</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;1.8l;D=28cm;brown.</t>
+  </si>
+  <si>
+    <t>03032690</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;110ml;D=85,H=45mm;gray,blue</t>
+  </si>
+  <si>
+    <t>03035230</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;110ml;D=85,H=45mm;white,blue</t>
+  </si>
+  <si>
+    <t>03035225</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;400ml;,H=80,L=185,B=135mm;brown,blue</t>
+  </si>
+  <si>
+    <t>03035222</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;400ml;,H=80,L=185,B=135mm;brown.</t>
+  </si>
+  <si>
+    <t>03035217</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;70ml;D=65,H=45mm;gray,blue</t>
+  </si>
+  <si>
+    <t>03035229</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;70ml;D=65,H=45mm;white,blue</t>
+  </si>
+  <si>
+    <t>03035224</t>
+  </si>
+  <si>
+    <t>Salad bowl “Phobos”;ceramics;D=280,H=65mm;white,blue</t>
+  </si>
+  <si>
+    <t>03035228</t>
+  </si>
+  <si>
+    <t>Salad bowl “Picnic”;glass;D=23.2cm;clear.</t>
+  </si>
+  <si>
+    <t>03033092</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pink City”;glass;D=16cm;pink.</t>
+  </si>
+  <si>
+    <t>03035032</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pinky”;ceramics;1l;D=180,H=75mm;gray</t>
+  </si>
+  <si>
+    <t>03032359</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pinky”;ceramics;300ml;D=135,H=55mm;gray</t>
+  </si>
+  <si>
+    <t>03032360</t>
+  </si>
+  <si>
+    <t>Salad bowl “Plage”;porcelain;,L=23,B=23cm;white</t>
+  </si>
+  <si>
+    <t>03031296</t>
+  </si>
+  <si>
+    <t>Salad bowl “Plateau”; ceramics; D=14, H=8 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03034222</t>
+  </si>
+  <si>
+    <t>Salad bowl “Polar”; porcelain; 0.8 l; D=16, H=6cm; white</t>
+  </si>
+  <si>
+    <t>03035090</t>
+  </si>
+  <si>
+    <t>Salad bowl “Polar”; porcelain; 1.1 l; D=20, H=5 cm; white</t>
+  </si>
+  <si>
+    <t>03034601</t>
+  </si>
+  <si>
+    <t>Salad bowl “Polar”;porcelain;2l;D=24,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03035091</t>
+  </si>
+  <si>
+    <t>Salad bowl “Polar”;porcelain;450ml;D=13,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03035089</t>
+  </si>
+  <si>
+    <t>Salad bowl “Portofino”;porcelain;0.6l;D=15,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03030334</t>
+  </si>
+  <si>
+    <t>Salad bowl “Portofino”;porcelain;1.03l;D=18,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03030918</t>
+  </si>
+  <si>
+    <t>Salad bowl “Portofino”;porcelain;432ml;D=130,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03030333</t>
+  </si>
+  <si>
+    <t>Salad bowl “Potters” grey-brown;porcelain;1.02l;D=20cm</t>
+  </si>
+  <si>
+    <t>03031964</t>
+  </si>
+  <si>
+    <t>Salad bowl “Potters”; porcelain; D=20cm; blue</t>
+  </si>
+  <si>
+    <t>03032642</t>
+  </si>
+  <si>
+    <t>Salad bowl “Potters”; porcelain; D=22.8 cm; blue</t>
+  </si>
+  <si>
+    <t>03032641</t>
+  </si>
+  <si>
+    <t>Salad bowl “Prague”;porcelain;300ml;D=10,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03030307</t>
+  </si>
+  <si>
+    <t>Salad bowl “Prague”;porcelain;380ml;D=12,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030407</t>
+  </si>
+  <si>
+    <t>Salad bowl “Prague”;porcelain;460ml;D=120,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03030408</t>
+  </si>
+  <si>
+    <t>Salad bowl “Principle”; porcelain; 1.2 l; D=235, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03031004</t>
+  </si>
+  <si>
+    <t>Salad bowl “Principle”;porcelain;0.65l;D=20,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030906</t>
+  </si>
+  <si>
+    <t>Salad bowl “Principle”;porcelain;190ml;D=130,H=35mm;white</t>
+  </si>
+  <si>
+    <t>03030317</t>
+  </si>
+  <si>
+    <t>Salad bowl “Principle”;porcelain;350ml;D=165,H=40mm;white</t>
+  </si>
+  <si>
+    <t>03030511</t>
+  </si>
+  <si>
+    <t>Salad bowl “Prometeo” oval; glass;, H=51, L=150, B=140mm; white</t>
+  </si>
+  <si>
+    <t>03031337</t>
+  </si>
+  <si>
+    <t>Salad bowl “Prometeo” oval; glass;, L=25, B=24cm; white</t>
+  </si>
+  <si>
+    <t>03031291</t>
+  </si>
+  <si>
+    <t>Salad bowl “Prootel” double walls; thermal glass; 450 ml;, H = 75 mm; clear.</t>
+  </si>
+  <si>
+    <t>03031776</t>
+  </si>
+  <si>
+    <t>Salad bowl “Prootel” double walls; thermostatic glass; 0.55 l; D=128, H=80mm; clear.</t>
+  </si>
+  <si>
+    <t>03031678</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca” square; porcelain; 250 ml;, L=13, B=13cm; white, black</t>
+  </si>
+  <si>
+    <t>03033219</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”; porcelain; 0.5 l;, H=90, L=205mm; white, black</t>
+  </si>
+  <si>
+    <t>03033220</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”; porcelain; 0.6 l; D=15, H=8 cm; white, black</t>
+  </si>
+  <si>
+    <t>03033215</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”; porcelain; 0.6 l;, H=55, L=150, B=150mm; white, black</t>
+  </si>
+  <si>
+    <t>03033222</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”; porcelain; 0.9 l;, H=70, L=315, B=230mm; white, black</t>
+  </si>
+  <si>
+    <t>03033214</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”; porcelain; 150 ml; D=9, H=5 cm; white, black</t>
+  </si>
+  <si>
+    <t>03033223</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”; porcelain; 300 ml; D=125, H=55mm; white, black</t>
+  </si>
+  <si>
+    <t>03032973</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”; porcelain; 350 ml; D=12, H=5 cm; white, black</t>
+  </si>
+  <si>
+    <t>03033221</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”; porcelain; 400 ml; D=13, H=7 cm; white, black</t>
+  </si>
+  <si>
+    <t>03033218</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”;porcelain;1l;D=21,H=5cm;white,black</t>
+  </si>
+  <si>
+    <t>03033216</t>
+  </si>
+  <si>
+    <t>Salad bowl “Punto Bianca”;porcelain;250ml;D=13,H=4cm;white,black</t>
+  </si>
+  <si>
+    <t>03033217</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”; ceramics; 0.5 l; D=145, H=73mm; green.</t>
+  </si>
+  <si>
+    <t>03031648</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”; ceramics; 0.7 l; D=160, H=68mm; brown.</t>
+  </si>
+  <si>
+    <t>03031611</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”; ceramics; 0.7 l; D=160, H=68mm; green.</t>
+  </si>
+  <si>
+    <t>03031612</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”; ceramics; 0.7 l; D=200, H=55, B=170mm; brown.</t>
+  </si>
+  <si>
+    <t>03031741</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”; ceramics; 0.7 l; D=200, H=55, B=170mm; green.</t>
+  </si>
+  <si>
+    <t>03031607</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”; ceramics; 0.85 l; D=160, H=84mm; green.</t>
+  </si>
+  <si>
+    <t>03031647</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”; ceramics; 4.5 l; D=32, H=10.5 cm; green.</t>
+  </si>
+  <si>
+    <t>03031645</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”; ceramics; D=135, H=65mm; black, green.</t>
+  </si>
+  <si>
+    <t>03030690</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;,H=13,L=20.5,B=12cm;green.</t>
+  </si>
+  <si>
+    <t>03031650</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;0.7l;D=160,H=68mm;gray</t>
+  </si>
+  <si>
+    <t>03031613</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;0.7l;D=200,H=55,B=170mm;gray</t>
+  </si>
+  <si>
+    <t>03031605</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;0.9l;D=145,H=70mm;black</t>
+  </si>
+  <si>
+    <t>03031640</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;1.75l;D=200,H=95mm;brown.</t>
+  </si>
+  <si>
+    <t>03031610</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;1l;D=20,H=5cm;green, black</t>
+  </si>
+  <si>
+    <t>03031643</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;2l;D=20,H=9cm;black</t>
+  </si>
+  <si>
+    <t>03032502</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;2l;D=260,H=84mm;brown.</t>
+  </si>
+  <si>
+    <t>03031639</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;2l;D=260,H=84mm;green.</t>
+  </si>
+  <si>
+    <t>03031638</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;3.25l;D=28,H=10cm;black</t>
+  </si>
+  <si>
+    <t>03032501</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;3l;D=28.5,H=10.5cm;green.</t>
+  </si>
+  <si>
+    <t>03031644</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;D=116,H=55mm;green.</t>
+  </si>
+  <si>
+    <t>03032259</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;D=150,H=78mm;green.</t>
+  </si>
+  <si>
+    <t>03031785</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;D=16,H=5cm;light green, black</t>
+  </si>
+  <si>
+    <t>03031642</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;D=175,H=80mm;black</t>
+  </si>
+  <si>
+    <t>03031641</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;D=200,H=95mm;gray</t>
+  </si>
+  <si>
+    <t>03031609</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;ceramics;D=310,H=67mm;green.</t>
+  </si>
+  <si>
+    <t>03031646</t>
+  </si>
+  <si>
+    <t>Salad bowl “Pure”;plastic;,H=75,L=385,B=155mm;white</t>
+  </si>
+  <si>
+    <t>03035286</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity” asymmetrical; porcelain; 350ml;, H=80, L=174, B=165mm; white</t>
+  </si>
+  <si>
+    <t>03034568</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity” oval; porcelain; 0.5 l;, L=16.3, B=12.3 cm; white</t>
+  </si>
+  <si>
+    <t>03030985</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity”; porcelain; 1.1 l; D=197, H=69mm; white</t>
+  </si>
+  <si>
+    <t>03034567</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity”;glass;160ml;,H=35,B=97mm;clear.</t>
+  </si>
+  <si>
+    <t>09101180</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity”;porcelain;110ml;D=84,H=33mm;white</t>
+  </si>
+  <si>
+    <t>03034566</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity”;porcelain;270ml;D=100,H=58mm;white</t>
+  </si>
+  <si>
+    <t>03031074</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity”;porcelain;400ml;D=137,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03034506</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity”;porcelain;440ml;D=130,H=61mm;white</t>
+  </si>
+  <si>
+    <t>03034504</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity”;porcelain;450ml;D=123,H=63mm;white</t>
+  </si>
+  <si>
+    <t>03031318</t>
+  </si>
+  <si>
+    <t>Salad bowl “Purity”;porcelain;50ml;D=67,H=28mm;white</t>
+  </si>
+  <si>
+    <t>03034562</t>
+  </si>
+  <si>
+    <t>Salad bowl “Reception”;glass;1l;D=170,H=75mm;ivory,gray</t>
+  </si>
+  <si>
+    <t>03031003</t>
+  </si>
+  <si>
+    <t>Salad bowl “Reception”;glass;300ml;D=120,H=45mm;ivory,gray</t>
+  </si>
+  <si>
+    <t>03030304</t>
+  </si>
+  <si>
+    <t>Salad bowl “Reef”;plastic;8l;,H=14.5,L=32,B=32cm;black</t>
+  </si>
+  <si>
+    <t>03032558</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rendezvous”; chrome glass; D=22.5 cm; clear.</t>
+  </si>
+  <si>
+    <t>03030706</t>
+  </si>
+  <si>
+    <t>Cristal D'arques</t>
+  </si>
+  <si>
+    <t>Salad bowl “Restaurant” portioned;glass;175ml;,H=35,L=110,B=110mm;white</t>
+  </si>
+  <si>
+    <t>03030206</t>
+  </si>
+  <si>
+    <t>Salad bowl “Restaurant” portioned;glass;250ml;,H=35,L=140,B=90mm;white</t>
+  </si>
+  <si>
+    <t>03030207</t>
+  </si>
+  <si>
+    <t>Salad bowl “Restaurant”;glass;1l;D=17,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03030903</t>
+  </si>
+  <si>
+    <t>Salad bowl “Restaurant”;glass;300ml;D=120,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030305</t>
+  </si>
+  <si>
+    <t>Salad bowl “Restaurant”;glass;400ml;D=14,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030236</t>
+  </si>
+  <si>
+    <t>Salad bowl “Restaurant”;glass;400ml;D=16,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030503</t>
+  </si>
+  <si>
+    <t>Salad bowl “Restaurant”;porcelain;1.3l;white</t>
+  </si>
+  <si>
+    <t>03031205</t>
+  </si>
+  <si>
+    <t>z</t>
+  </si>
+  <si>
+    <t>Salad bowl “Restaurant”;porcelain;D=19,H=19cm;white</t>
+  </si>
+  <si>
+    <t>03030914</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Bluestone”; porcelain; D=21.5 cm; blue</t>
+  </si>
+  <si>
+    <t>03033846</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Bluestone”; porcelain; D=25.5 cm; blue</t>
+  </si>
+  <si>
+    <t>03033848</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Edge Bluestone”; porcelain; 430 ml; D=165, H=50mm; blue</t>
+  </si>
+  <si>
+    <t>03033139</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Edge Granite”; porcelain; 430 ml; D=165, H=50mm; gray, brown.</t>
+  </si>
+  <si>
+    <t>03033141</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Edge Jade”; porcelain; 430 ml; D=165, H=50mm; white, green.</t>
+  </si>
+  <si>
+    <t>03033140</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Edge Sandstone”; porcelain; 430 ml; D=165, H=50mm; beige.</t>
+  </si>
+  <si>
+    <t>03033138</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Granite”; porcelain; 0.585 l; D=16.5 cm; gray, brown.</t>
+  </si>
+  <si>
+    <t>03034569</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Jade”; porcelain; D=16.5 cm; green.</t>
+  </si>
+  <si>
+    <t>03034030</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Jade”; porcelain; D=21.5 cm; green, blue</t>
+  </si>
+  <si>
+    <t>03033847</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution Jade”; porcelain; D=25.5 cm; green.</t>
+  </si>
+  <si>
+    <t>03033849</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution” square; porcelain; 110 ml;, H=3, L=10, B=10 cm; beige.</t>
+  </si>
+  <si>
+    <t>03033762</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution” square; porcelain; 110 ml;, H=3, L=10, B=10 cm; gray, brown.</t>
+  </si>
+  <si>
+    <t>03033765</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain; 0.65 l; D=205, H=40mm; beige.</t>
+  </si>
+  <si>
+    <t>03033792</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain; 0.65 l; D=205, H=40mm; gray, brown.</t>
+  </si>
+  <si>
+    <t>03033791</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain; 0.8 l; D=205, H=95mm; beige.</t>
+  </si>
+  <si>
+    <t>03033763</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain; 0.8 l; D=205, H=95mm; gray, brown.</t>
+  </si>
+  <si>
+    <t>03033766</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain; 400 ml; D=18, H=8, L=15 cm; beige.</t>
+  </si>
+  <si>
+    <t>03033764</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain; 400 ml; D=18, H=8, L=15 cm; gray, brown.</t>
+  </si>
+  <si>
+    <t>03033767</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain; D=16.5 cm; beige.</t>
+  </si>
+  <si>
+    <t>03033088</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain; D=25cm; beige.</t>
+  </si>
+  <si>
+    <t>03033086</t>
+  </si>
+  <si>
+    <t>Salad bowl “Revolution”; porcelain;, L=16.5 cm; gray, brown.</t>
+  </si>
+  <si>
+    <t>03033085</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rialto”;glass;3.5l;D=25,H=15cm;clear.</t>
+  </si>
+  <si>
+    <t>03032728</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rialto”;glass;410ml;D=120,H=75mm;clear.</t>
+  </si>
+  <si>
+    <t>03031666</t>
+  </si>
+  <si>
+    <t>Salad bowl “Richmond”; porcelain; 425 ml; D=16.2 cm; white, black</t>
+  </si>
+  <si>
+    <t>03032239</t>
+  </si>
+  <si>
+    <t>Dudson</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rigby”; porcelain; D=14.8 cm; white</t>
+  </si>
+  <si>
+    <t>03033130</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rio Blue”; porcelain; 0.515 l; D=16.5 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03031663</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rio Blue”; porcelain; D=13.5 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03010337</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rio Green”; porcelain; D=13.5 cm; white, green.</t>
+  </si>
+  <si>
+    <t>03031149</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rio Green”; porcelain; D=16.5 cm; white, green.</t>
+  </si>
+  <si>
+    <t>03031662</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rio Pink”; porcelain; 0.515 l; D=16.5 cm; white, pink.</t>
+  </si>
+  <si>
+    <t>03031664</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rio Yellow”; porcelain; 0.515 l; D=16.5 cm; white, yellow.</t>
+  </si>
+  <si>
+    <t>03030402</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rita” oval; porcelain; 300 ml;, H=40, L=160, B=95mm; white</t>
+  </si>
+  <si>
+    <t>04020216</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rita” oval; porcelain; 350 ml;, H=40, L=195, B=115mm; white</t>
+  </si>
+  <si>
+    <t>04020217</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rita” square; porcelain; 250ml;, H=35, L=150, B=150mm; white</t>
+  </si>
+  <si>
+    <t>03030524</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rita”;porcelain;400ml;D=12,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030440</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Erbisi” with lid;ceramics;D=12cm;white,matte</t>
+  </si>
+  <si>
+    <t>03035236</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Erbisi”; porcelain; D=18.5 cm; black</t>
+  </si>
+  <si>
+    <t>03035052</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Erbisi”; porcelain; D=30cm; brown.</t>
+  </si>
+  <si>
+    <t>03035051</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala” for presentations; ceramics; 100 ml; D=17, H=5cm; brown.</t>
+  </si>
+  <si>
+    <t>03033159</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala” for presentations; ceramics; 165 ml; D=22, H=5cm; brown.</t>
+  </si>
+  <si>
+    <t>03033160</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala” with lid;ceramics;D=15.8cm;white</t>
+  </si>
+  <si>
+    <t>03035049</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala” with lid;ceramics;D=7cm;white,matte</t>
+  </si>
+  <si>
+    <t>03035235</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala”; ceramics; 1.2 l; D=195, H=67mm; bronze.</t>
+  </si>
+  <si>
+    <t>03033161</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;0.57l;D=200,H=37mm;white</t>
+  </si>
+  <si>
+    <t>03033339</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;0.6l;D=13,H=7cm;brown,black</t>
+  </si>
+  <si>
+    <t>03033329</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;0.75l;D=200,H=38mm;black,white</t>
+  </si>
+  <si>
+    <t>03014358</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;0.9l;D=150,H=75mm;white</t>
+  </si>
+  <si>
+    <t>03033333</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;1,255l;D=24,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03033338</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala”;ceramics;1.25l;D=190,H=65mm;black</t>
+  </si>
+  <si>
+    <t>03033156</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;1.6l;D=24,H=5cm;brown,white</t>
+  </si>
+  <si>
+    <t>03033334</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;300ml;D=12,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03033340</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;350ml;D=125,H=52mm;black,white</t>
+  </si>
+  <si>
+    <t>03033337</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;350ml;D=135,H=50mm;white</t>
+  </si>
+  <si>
+    <t>03033343</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;450ml;D=170,H=46mm;black</t>
+  </si>
+  <si>
+    <t>03033157</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala”;ceramics;D=145,H=70mm;black</t>
+  </si>
+  <si>
+    <t>03035054</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala”;ceramics;D=145,H=70mm;white</t>
+  </si>
+  <si>
+    <t>03035053</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bai kevala”;ceramics;D=15.8cm;white</t>
+  </si>
+  <si>
+    <t>03033332</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala”;ceramics;D=165,H=75mm;brown.</t>
+  </si>
+  <si>
+    <t>03035050</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala”;ceramics;D=195,H=67mm;black</t>
+  </si>
+  <si>
+    <t>03035058</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala”;ceramics;D=240,H=55mm;black</t>
+  </si>
+  <si>
+    <t>03035056</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro Design Bai Kevala”;ceramics;D=240,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03035055</t>
+  </si>
+  <si>
+    <t>Salad bowl “Ro design bay kevala”; ceramics; 1.15 l; D=210, H=81mm; brown.</t>
+  </si>
+  <si>
+    <t>03033158</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rocaleo Marine”; porcelain; 350ml; D=140, H=55mm; blue</t>
+  </si>
+  <si>
+    <t>03032532</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rocaleo Nature”; porcelain; 350 ml; D=140, H=55mm; gray</t>
+  </si>
+  <si>
+    <t>03032394</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rock”;porcelain;110ml;,H=7,L=16,B=12cm;white</t>
+  </si>
+  <si>
+    <t>03032702</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rock”;porcelain;1l;D=26cm;white,matte</t>
+  </si>
+  <si>
+    <t>03032703</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rock”;porcelain;250ml;D=15cm;white,matte</t>
+  </si>
+  <si>
+    <t>03032705</t>
+  </si>
+  <si>
+    <t>Salad bowl “Rock”;porcelain;300ml;D=22cm;white,matte</t>
+  </si>
+  <si>
+    <t>03032704</t>
+  </si>
+  <si>
+    <t>Salad bowl “Roos”;bone porcelain;D=15,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03032798</t>
+  </si>
+  <si>
+    <t>Salad bowl “Royal”; porcelain; D=21cm; white</t>
+  </si>
+  <si>
+    <t>03031967</t>
+  </si>
+  <si>
+    <t>Salad bowl “Royal”;porcelain;D=26cm;white</t>
+  </si>
+  <si>
+    <t>03031966</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sage”; porcelain; 0.75 l; D=170, H=55mm; green, bronze.</t>
+  </si>
+  <si>
+    <t>03033169</t>
+  </si>
+  <si>
+    <t>HUNAN</t>
+  </si>
+  <si>
+    <t>Salad bowl “Salina”;porcelain;0.6l;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03034543</t>
+  </si>
+  <si>
+    <t>Salad bowl “San Pellegrino”; porcelain; D=12, H=3cm; blue.</t>
+  </si>
+  <si>
+    <t>03032351</t>
+  </si>
+  <si>
+    <t>Salad bowl “San Pellegrino”; porcelain; D=12, H=7 cm; black</t>
+  </si>
+  <si>
+    <t>03032354</t>
+  </si>
+  <si>
+    <t>Salad bowl “San Pellegrino”; porcelain; D=12, H=7cm; blue.</t>
+  </si>
+  <si>
+    <t>03032353</t>
+  </si>
+  <si>
+    <t>Salad bowl “San Pellegrino”; porcelain; D=12, H=7cm; white</t>
+  </si>
+  <si>
+    <t>03032352</t>
+  </si>
+  <si>
+    <t>Salad bowl “Santiago”;ceramics;285ml;D=18,H=5cm;beige.</t>
+  </si>
+  <si>
+    <t>03012811</t>
+  </si>
+  <si>
+    <t>Salad bowl “Satin”;porcelain;0.75l;D=27cm;white</t>
+  </si>
+  <si>
+    <t>03034029</t>
+  </si>
+  <si>
+    <t>Salad bowl “Savanna black”;ceramics;1.3l;D=215,H=75mm;black</t>
+  </si>
+  <si>
+    <t>03032941</t>
+  </si>
+  <si>
+    <t>Salad bowl “Savanna black”;ceramics;1l;D=185,H=65mm;black</t>
+  </si>
+  <si>
+    <t>03032944</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scandinavia”; ceramics; 0.5 l; D=155, H=60mm; blue.</t>
+  </si>
+  <si>
+    <t>03032251</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scandinavia”; ceramics; 0.5 l; D=180, H=55mm; blue.</t>
+  </si>
+  <si>
+    <t>03032647</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scandinavia”;ceramics;0.5l;D=14cm;blue.</t>
+  </si>
+  <si>
+    <t>03032991</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scandinavia”;ceramics;1l;D=180,H=75mm;blue.</t>
+  </si>
+  <si>
+    <t>03032252</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scandinavia”;ceramics;400ml;D=135,H=55mm;blue.</t>
+  </si>
+  <si>
+    <t>03032253</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape glass” oval;glass;,L=20cm;gray</t>
+  </si>
+  <si>
+    <t>03032067</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape glass” smoky;glass;,L=12.5cm;gray</t>
+  </si>
+  <si>
+    <t>03032134</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape gray”; porcelain; 0.75 l;, H=55, L=280, B=240mm; gray</t>
+  </si>
+  <si>
+    <t>03032059</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape gray”; porcelain; 0.8 l; D=25, H=7 cm; gray</t>
+  </si>
+  <si>
+    <t>03032060</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape gray”; porcelain; D=25.5 cm; gray</t>
+  </si>
+  <si>
+    <t>03032226</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape gray”;porcelain;370ml;D=24cm;gray</t>
+  </si>
+  <si>
+    <t>03032051</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape grey”; porcelain; 110ml;,H=52,L=130,B=95mm;gray</t>
+  </si>
+  <si>
+    <t>03032135</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape grey”; porcelain; 450ml;, H=75, L=180, B=140mm; gray</t>
+  </si>
+  <si>
+    <t>03032052</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape ocher”; porcelain; 0.8 l;, H=75, L=250, B=200mm; beige.</t>
+  </si>
+  <si>
+    <t>03031985</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape ocher”; porcelain; 110 ml;, H=52, L=130, B=95mm; beige.</t>
+  </si>
+  <si>
+    <t>03032212</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape ocher”; porcelain; 370 ml;, H=40, L=250, B=215mm; beige.</t>
+  </si>
+  <si>
+    <t>03031983</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape ocher”; porcelain; 420 ml;, H=8, L=18, B=14cm; beige.</t>
+  </si>
+  <si>
+    <t>03031984</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape ocher”; porcelain;, H=55, L=280, B=245mm; beige.</t>
+  </si>
+  <si>
+    <t>03031986</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape”; porcelain; 0.8 l;, H=75, L=250, B=200mm; white</t>
+  </si>
+  <si>
+    <t>03032050</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape”; porcelain; 0.87 l;, H=55, L=280, B=245mm; white</t>
+  </si>
+  <si>
+    <t>03032045</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape”; porcelain; D=25.5 cm; white</t>
+  </si>
+  <si>
+    <t>03032225</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape”;porcelain;110ml;,H=52,L=130,B=95mm;white</t>
+  </si>
+  <si>
+    <t>03032131</t>
+  </si>
+  <si>
+    <t>Salad bowl “Scape”;porcelain;420ml;D=18cm;white</t>
+  </si>
+  <si>
+    <t>03032047</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sea Pearl”;ceramics;250ml;D=155,H=50mm;blue,white</t>
+  </si>
+  <si>
+    <t>03034218</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sea Pearl”;ceramics;D=160,H=35mm;blue,white</t>
+  </si>
+  <si>
+    <t>03034219</t>
+  </si>
+  <si>
+    <t>Salad bowl “Seashore”; porcelain; D=18cm; turquoise.</t>
+  </si>
+  <si>
+    <t>03034582</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sea”;glass;D=24,H=4cm;blue</t>
+  </si>
+  <si>
+    <t>03032710</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sea”;glass;D=24,H=4cm;green.</t>
+  </si>
+  <si>
+    <t>03032709</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;0.65l;D=19,H=4cm;gray</t>
+  </si>
+  <si>
+    <t>03030873</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;0.65l;D=19,H=4cm;green.</t>
+  </si>
+  <si>
+    <t>03030872</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;0.6l;D=150,H=65mm;gray</t>
+  </si>
+  <si>
+    <t>03030888</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;0.6l;D=150,H=65mm;green.</t>
+  </si>
+  <si>
+    <t>03030887</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;0.75l;D=21,H=4cm;gray</t>
+  </si>
+  <si>
+    <t>03030896</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;0.75l;D=21,H=4cm;green.</t>
+  </si>
+  <si>
+    <t>03030874</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;1.3l;D=19,H=8cm;gray</t>
+  </si>
+  <si>
+    <t>03030891</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;1.3l;D=19,H=8cm;green.</t>
+  </si>
+  <si>
+    <t>03030890</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;125ml;D=9,H=4cm;gray, dove</t>
+  </si>
+  <si>
+    <t>03030876</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;175ml;D=110,H=45mm;gray, dove</t>
+  </si>
+  <si>
+    <t>03030879</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;2.4l;D=235,H=95mm;gray</t>
+  </si>
+  <si>
+    <t>03030894</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;2.4l;D=235,H=95mm;green.</t>
+  </si>
+  <si>
+    <t>03030893</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;325ml;D=130,H=3mm;gray, dove</t>
+  </si>
+  <si>
+    <t>03030882</t>
+  </si>
+  <si>
+    <t>Salad bowl “Serfis”;ceramics;D=13,H=5cm;gray,green.</t>
+  </si>
+  <si>
+    <t>03030881</t>
+  </si>
+  <si>
+    <t>Salad bowl “Shade”;ceramics;1l;D=225,H=60mm;black</t>
+  </si>
+  <si>
+    <t>03033170</t>
+  </si>
+  <si>
+    <t>MEIZHOU</t>
+  </si>
+  <si>
+    <t>Salad bowl “Silhouette”; porcelain; 0.6 l;, L=30.4, B=18.8 cm; ivory</t>
+  </si>
+  <si>
+    <t>03030844</t>
+  </si>
+  <si>
+    <t>Salad bowl “Silhouette”; porcelain; 100 ml;, H=68, L=185, B=117mm; ivory</t>
+  </si>
+  <si>
+    <t>03031457</t>
+  </si>
+  <si>
+    <t>Salad bowl “Silhouette”; porcelain; 140 ml;, H=89, L=135, B=106mm; ivory</t>
+  </si>
+  <si>
+    <t>03031456</t>
+  </si>
+  <si>
+    <t>Salad bowl “Silhouette”; porcelain; D=22cm; ivory</t>
+  </si>
+  <si>
+    <t>03030734</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity white - Tanuki for children”; porcelain; 430 ml; D=165, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03032217</t>
+  </si>
+  <si>
+    <t>logo</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White” for fruit; porcelain; 275 ml; D=165, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03030268</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White” portioned; porcelain; 260ml; D=138, H=42mm; white</t>
+  </si>
+  <si>
+    <t>03030215</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”; porcelain; 1 l; D=230, H=67mm; white</t>
+  </si>
+  <si>
+    <t>03031048</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”; porcelain; 1.85 l; D=210, H=75mm; white</t>
+  </si>
+  <si>
+    <t>03032014</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”; porcelain; 150ml; D=102, H=27mm; white</t>
+  </si>
+  <si>
+    <t>03030170</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”; porcelain; 200 ml;, H=4, L=19, B=19 cm; white</t>
+  </si>
+  <si>
+    <t>03030634</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”; porcelain; 400 ml;, H=4, L=23, B=23 cm; white</t>
+  </si>
+  <si>
+    <t>03030963</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”; porcelain; 430 ml; D=165, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03030505</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”; porcelain; 457 ml; D=127, H=70mm; white</t>
+  </si>
+  <si>
+    <t>03030155</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”; porcelain; D=30, H=4cm; white</t>
+  </si>
+  <si>
+    <t>03031132</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”;porcelain;0.9l;D=17cm;white</t>
+  </si>
+  <si>
+    <t>03031339</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”;porcelain;1l;D=27,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03031131</t>
+  </si>
+  <si>
+    <t>Salad bowl “Simplicity White”;porcelain;390ml;D=13,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030295</t>
+  </si>
+  <si>
+    <t>Salad bowl “Smile”;porcelain;250ml;white</t>
+  </si>
+  <si>
+    <t>03032695</t>
+  </si>
+  <si>
+    <t>Salad bowl “Smile”;porcelain;330ml;white</t>
+  </si>
+  <si>
+    <t>03032958</t>
+  </si>
+  <si>
+    <t>Salad bowl “Smooth”;glass;D=13,H=7cm;clear.</t>
+  </si>
+  <si>
+    <t>03035122</t>
+  </si>
+  <si>
+    <t>Salad bowl “Solid”;ceramics;D=17.5cm;red</t>
+  </si>
+  <si>
+    <t>03031180</t>
+  </si>
+  <si>
+    <t>Salad bowl “Solid”;porcelain;450ml;D=175,H=45mm;black,white</t>
+  </si>
+  <si>
+    <t>03031927</t>
+  </si>
+  <si>
+    <t>Salad bowl “Solstis Cosmos Gold”;ceramics;400ml;D=126,H=56mm;black,gold</t>
+  </si>
+  <si>
+    <t>03032410</t>
+  </si>
+  <si>
+    <t>Salad bowl “Space”;glass;D=13cm;black</t>
+  </si>
+  <si>
+    <t>03032233</t>
+  </si>
+  <si>
+    <t>Salad bowl “Space”;glass;D=20cm;clear.</t>
+  </si>
+  <si>
+    <t>03030465</t>
+  </si>
+  <si>
+    <t>03032041</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sparkling”;ceramics;225ml;D=155,H=48mm;brown.</t>
+  </si>
+  <si>
+    <t>03035046</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sparkling”;ceramics;235ml;D=155,H=48mm;blue.</t>
+  </si>
+  <si>
+    <t>03035047</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sparkling”;ceramics;235ml;D=155,H=48mm;green.</t>
+  </si>
+  <si>
+    <t>03035048</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sparkling”;ceramics;D=115,H=38mm;blue.</t>
+  </si>
+  <si>
+    <t>03035103</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sparkling”;ceramics;D=115,H=38mm;brown.</t>
+  </si>
+  <si>
+    <t>03035104</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sparkling”;ceramics;D=115,H=38mm;green.</t>
+  </si>
+  <si>
+    <t>03035099</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sparkling”;ceramics;D=115,H=38mm;pink.</t>
+  </si>
+  <si>
+    <t>03035101</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sparkling”;ceramics;D=155,H=48mm;pink.</t>
+  </si>
+  <si>
+    <t>03035100</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sphere”; stainless steel; D=24cm; metal.</t>
+  </si>
+  <si>
+    <t>03032334</t>
+  </si>
+  <si>
+    <t>Salad bowl “Spider”;ceramics;1.3l;D=215,H=75mm;white</t>
+  </si>
+  <si>
+    <t>03032640</t>
+  </si>
+  <si>
+    <t>Salad bowl “Spyro” for fruit; porcelain; 240 ml; D=165, H=45mm; white</t>
+  </si>
+  <si>
+    <t>03030164</t>
+  </si>
+  <si>
+    <t>Salad bowl “Spyro”;porcelain;0.6l;D=20,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03030548</t>
+  </si>
+  <si>
+    <t>Salad bowl “Spyro”;porcelain;310ml;D=15,H=4cm;white</t>
+  </si>
+  <si>
+    <t>03030459</t>
+  </si>
+  <si>
+    <t>Salad bowl “Spyro”;porcelain;450ml;D=165,H=50mm;white</t>
+  </si>
+  <si>
+    <t>03030163</t>
+  </si>
+  <si>
+    <t>Salad bowl “Squaa”;porcelain;1l;D=230,H=75mm;white</t>
+  </si>
+  <si>
+    <t>03031018</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stalactite” square; L=30,B=30cm</t>
+  </si>
+  <si>
+    <t>03031243</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stone Age”; porcelain; D=28.5 cm; white</t>
+  </si>
+  <si>
+    <t>03033059</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stone”; porcelain; 0.6 l; D=197, H=60mm; blue-gray</t>
+  </si>
+  <si>
+    <t>03032510</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stone”; porcelain; 0.75 l; D=160, H=65mm; blue-gray</t>
+  </si>
+  <si>
+    <t>03032284</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stone”;porcelain;D=14,H=4cm;gray</t>
+  </si>
+  <si>
+    <t>03034212</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stone”;porcelain;D=170,H=75mm;gray</t>
+  </si>
+  <si>
+    <t>03034213</t>
+  </si>
+  <si>
+    <t>Salad bowl “Street Food Festival”[10 pcs];ceramics;,H=45,L=85,B=70mm;multi-colored.</t>
+  </si>
+  <si>
+    <t>03035076</t>
+  </si>
+  <si>
+    <t>Salad bowl “Streetfood Festival”[10pcs];ceramics;,H=60,L=105,B=80mm;multi-colored.</t>
+  </si>
+  <si>
+    <t>03035075</t>
+  </si>
+  <si>
+    <t>Salad bowl “Studio Ro”;ceramics;D=124,H=45mm;black</t>
+  </si>
+  <si>
+    <t>03035064</t>
+  </si>
+  <si>
+    <t>Salad bowl “Studio Ro”;ceramics;D=146,H=61mm;black</t>
+  </si>
+  <si>
+    <t>03035060</t>
+  </si>
+  <si>
+    <t>Salad bowl “Studio Ro”;ceramics;D=16,H=3cm;brown.</t>
+  </si>
+  <si>
+    <t>03035063</t>
+  </si>
+  <si>
+    <t>Salad bowl “Studio Ro”;ceramics;D=192,H=44mm;black</t>
+  </si>
+  <si>
+    <t>03035062</t>
+  </si>
+  <si>
+    <t>Salad bowl “Studio Ro”;ceramics;D=93,H=28mm;black</t>
+  </si>
+  <si>
+    <t>03035065</t>
+  </si>
+  <si>
+    <t>Salad bowl “Studio Ro”;ceramics;D=93,H=50mm;black</t>
+  </si>
+  <si>
+    <t>03035061</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stuttgart (decor)”; porcelain; D=16cm; white, green.</t>
+  </si>
+  <si>
+    <t>03030101</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stuttgart (decor)”; porcelain; D=21cm; white, green.</t>
+  </si>
+  <si>
+    <t>03030718</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stuttgart”; porcelain; D=16cm; white</t>
+  </si>
+  <si>
+    <t>03030578</t>
+  </si>
+  <si>
+    <t>Salad bowl “Stuttgart”; porcelain; D=210, H=55mm; white</t>
+  </si>
+  <si>
+    <t>03030736</t>
+  </si>
+  <si>
+    <t>Salad bowl “Styles”;porcelain;0.625l;D=14cm;white</t>
+  </si>
+  <si>
+    <t>03033168</t>
+  </si>
+  <si>
+    <t>Salad bowl “Styles”;porcelain;0.84l;D=17cm;white</t>
+  </si>
+  <si>
+    <t>03033167</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sugar”;glass;240ml;D=160,H=35mm;beige, sand.</t>
+  </si>
+  <si>
+    <t>03030509</t>
+  </si>
+  <si>
+    <t>Salad bowl “Surfis”; ceramics; D=16, H=4cm; blue-gray.</t>
+  </si>
+  <si>
+    <t>03031366</t>
+  </si>
+  <si>
+    <t>Salad bowl “Surfis”;ceramics;1.3l;D=19,H=8cm;brown.</t>
+  </si>
+  <si>
+    <t>03030892</t>
+  </si>
+  <si>
+    <t>Salad bowl “Surfis”;ceramics;125ml;D=9,H=4cm;gray,brown.</t>
+  </si>
+  <si>
+    <t>03030877</t>
+  </si>
+  <si>
+    <t>Salad bowl “Surfis”;ceramics;125ml;D=9,H=4cm;gray,green.</t>
+  </si>
+  <si>
+    <t>03030875</t>
+  </si>
+  <si>
+    <t>Salad bowl “Surfis”;ceramics;175ml;D=110,H=45mm;gray,brown.</t>
+  </si>
+  <si>
+    <t>03030880</t>
+  </si>
+  <si>
+    <t>Salad bowl “Surfis”;ceramics;2.4l;D=235,H=95mm;brown.</t>
+  </si>
+  <si>
+    <t>03030895</t>
+  </si>
+  <si>
+    <t>Salad bowl “Surfis”;ceramics;325ml;D=13,H=5cm;gray,brown.</t>
+  </si>
+  <si>
+    <t>03030883</t>
+  </si>
+  <si>
+    <t>Salad bowl “Swell”; ceramics; D=150, H=56mm; black, brown.</t>
+  </si>
+  <si>
+    <t>03032902</t>
+  </si>
+  <si>
+    <t>Salad bowl “Swell”;ceramics;D=150,H=56mm;black,white</t>
+  </si>
+  <si>
+    <t>03032901</t>
+  </si>
+  <si>
+    <t>Salad bowl “Swell”;ceramics;D=15cm;white</t>
+  </si>
+  <si>
+    <t>03032921</t>
+  </si>
+  <si>
+    <t>Salad bowl “Swell”;ceramics;D=27cm;brown.</t>
+  </si>
+  <si>
+    <t>03032663</t>
+  </si>
+  <si>
+    <t>Salad bowl “Sydney”;glass;250ml;D=11,H=6cm;clear.</t>
+  </si>
+  <si>
+    <t>03030643</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white Tanuki for children”; porcelain; 0.65 l; D=205, H=40mm; white</t>
+  </si>
+  <si>
+    <t>03032216</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white” square; porcelain; 0.92 l;, H=65, L=200, B=200mm; white</t>
+  </si>
+  <si>
+    <t>03030972</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white” square; porcelain; 1.44 l;, H=75, L=250, B=250mm; white</t>
+  </si>
+  <si>
+    <t>03031126</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white” square; porcelain; 270ml;,H=5,L=13,B=13cm;white</t>
+  </si>
+  <si>
+    <t>03030358</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white” square; porcelain; 420 ml;, H=45, L=155, B=155mm; white</t>
+  </si>
+  <si>
+    <t>03030631</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 0.5 l; D=165, H=80mm; white</t>
+  </si>
+  <si>
+    <t>03030523</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 0.55 l; D=205, H=80mm; white</t>
+  </si>
+  <si>
+    <t>03030821</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 0.65 l; D=205, H=40mm; white</t>
+  </si>
+  <si>
+    <t>03030820</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 0.8 l; D=205, H=95mm; white</t>
+  </si>
+  <si>
+    <t>03030801</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 1,065 l; D=250, H=35mm; white</t>
+  </si>
+  <si>
+    <t>03031047</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 1.2 l; D=205, H=55mm; white</t>
+  </si>
+  <si>
+    <t>03030822</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 1.75 l; D=29, H=5cm; white</t>
+  </si>
+  <si>
+    <t>03032009</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 145 ml; D=116, H=40mm; white</t>
+  </si>
+  <si>
+    <t>03031403</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 240 ml; D=15, H=6cm; white</t>
+  </si>
+  <si>
+    <t>03030546</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 245 ml;, H=6, L=17, B=13 cm; white</t>
+  </si>
+  <si>
+    <t>03030380</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 250ml; D=88, H=75mm; white</t>
+  </si>
+  <si>
+    <t>03030381</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 270 ml; D=135, H=35mm; white</t>
+  </si>
+  <si>
+    <t>03030172</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste white”; porcelain; 305 ml; D=135, H=50mm; white</t>
+  </si>
+  <si>
+    <t>03030357</t>
+  </si>
+  <si>
+    <t>Salad bowl “Taste White”; porcelain; D=11cm; white</t>
+  </si>
+  <si>
+    <t>03034519</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tendency”;zenix;250ml;D=155,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030449</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tendens”; porcelain;,H=5,L=18,B=8cm;white</t>
+  </si>
+  <si>
+    <t>03031093</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tendens”; porcelain;,H=7,L=22,B=11cm;white</t>
+  </si>
+  <si>
+    <t>03031056</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terra Antigo”;ceramics;430ml;D=14.5cm;brown.</t>
+  </si>
+  <si>
+    <t>03032413</t>
+  </si>
+  <si>
+    <t>Genware</t>
+  </si>
+  <si>
+    <t>Genwar</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terra Arena” oval; porcelain;, H=5, L=12, B=9 cm; white, orange.</t>
+  </si>
+  <si>
+    <t>03035080</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terra Arena”; porcelain; 325 ml; D=21, H=5 cm; white, brown.</t>
+  </si>
+  <si>
+    <t>03035045</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terra Blue”; porcelain; 325 ml; D=21, H=4cm; blue, beige.</t>
+  </si>
+  <si>
+    <t>03035044</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terra Blue”;ceramics;430ml;D=14.5cm;blue</t>
+  </si>
+  <si>
+    <t>03032415</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terra Brown”; ceramics; 360 ml; D=11.5 cm; brown, green.</t>
+  </si>
+  <si>
+    <t>03032257</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terra Gray”; porcelain; D=115, H=55mm; gray</t>
+  </si>
+  <si>
+    <t>03032716</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terra Rose”; porcelain; D=200, H=53mm; pink.</t>
+  </si>
+  <si>
+    <t>03033706</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Mocha” square; porcelain; 270 ml;, H=5, L=13, B=13 cm; dark brown.</t>
+  </si>
+  <si>
+    <t>03030287</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Mocha”; porcelain; 0.5 l; D=165, H=80mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03030385</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Mocha”; porcelain; 0.8 l; D=205, H=95mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03030439</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Mocha”; porcelain; 227 ml; D=100, H=63mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03030446</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Mocha”; porcelain; 240 ml; D=165, H=60, L=170, B=130mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03030382</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Mocha”; porcelain; 250ml; D=80, H=75mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03030383</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Mocha”; porcelain; 300 ml; D=135, H=65mm; dark brown.</t>
+  </si>
+  <si>
+    <t>03030278</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Musted” square; porcelain; 270 ml;, H=5, L=13, B=13cm; light brown.</t>
+  </si>
+  <si>
+    <t>03030286</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Musted”; porcelain; 0.5 l; D=165, H=80mm; light brown.</t>
+  </si>
+  <si>
+    <t>03030275</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Musted”; porcelain; 0.8 l; D=205, H=95mm; light brown.</t>
+  </si>
+  <si>
+    <t>03030543</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Musted”; porcelain; 227 ml; D=100, H=63mm; light brown.</t>
+  </si>
+  <si>
+    <t>03030441</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Musted”; porcelain; 240ml; D=165, H=60, L=170, B=130mm; light brown.</t>
+  </si>
+  <si>
+    <t>03030277</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Musted”; porcelain; 300 ml; D=135, H=65mm; light brown.</t>
+  </si>
+  <si>
+    <t>03030276</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Olive” square; porcelain; 270 ml;, H=5, L=13, B=13 cm; olive.</t>
+  </si>
+  <si>
+    <t>03030283</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Olive”; porcelain; 0.5 l; D=165, H=80mm; olive.</t>
+  </si>
+  <si>
+    <t>03030712</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Olive”; porcelain; 0.8 l; D=205, H=95mm; olive.</t>
+  </si>
+  <si>
+    <t>03030817</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Olive”; porcelain; 240ml; D=165, H=60, L=170, B=130mm; olive.</t>
+  </si>
+  <si>
+    <t>03030713</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Olive”; porcelain; 300 ml; D=135, H=65mm; olive.</t>
+  </si>
+  <si>
+    <t>03030628</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Vit” square; porcelain; 270 ml;, H=5, L=13, B=13 cm; beige.</t>
+  </si>
+  <si>
+    <t>03030274</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Vit”; porcelain; 0.5 l; D=165, H=80mm; beige.</t>
+  </si>
+  <si>
+    <t>03030710</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Vit”; porcelain; 0.8 l; D=205, H=95mm; beige.</t>
+  </si>
+  <si>
+    <t>03030816</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Vit”; porcelain; 227 ml; D=100, H=63mm; beige.</t>
+  </si>
+  <si>
+    <t>03030445</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Vit”; porcelain; 240 ml; D=165, H=60, L=170, B=130mm; beige.</t>
+  </si>
+  <si>
+    <t>03030711</t>
+  </si>
+  <si>
+    <t>Salad bowl “Terramesa Vit”; porcelain; 300 ml; D=135, H=65mm; beige.</t>
+  </si>
+  <si>
+    <t>03030271</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tesis Bianco”; porcelain; 0.9 l; D=260, H=67mm; white</t>
+  </si>
+  <si>
+    <t>03035086</t>
+  </si>
+  <si>
+    <t>Salad bowl “Thalassios”;ceramics;0.8l;D=19,H=6cm;beige, blue</t>
+  </si>
+  <si>
+    <t>03035239</t>
+  </si>
+  <si>
+    <t>Salad bowl “Thalassios”;ceramics;3.5l;D=360,H=65mm;beige, blue</t>
+  </si>
+  <si>
+    <t>03035240</t>
+  </si>
+  <si>
+    <t>Salad bowl “Theorem”;porcelain;D=20cm;white</t>
+  </si>
+  <si>
+    <t>03031562</t>
+  </si>
+  <si>
+    <t>Salad bowl “This is Roma” for fruit; porcelain; 0.35 ml; D=16 cm; white</t>
+  </si>
+  <si>
+    <t>03030998</t>
+  </si>
+  <si>
+    <t>Salad bowl “This is Roma”;porcelain;300ml;D=140,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03030999</t>
+  </si>
+  <si>
+    <t>Salad bowl “This”;porcelain;0.7l;D=230,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03030973</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tiramisu”;ceramics;0.5l;D=155,H=60mm;white,black</t>
+  </si>
+  <si>
+    <t>03032229</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tiramisu”;ceramics;1l;D=180,H=75mm;white,black</t>
+  </si>
+  <si>
+    <t>03032230</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tiramisu”;ceramics;300ml;D=135,H=55mm;brown,white</t>
+  </si>
+  <si>
+    <t>03032231</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tokyo”;glass;,H=70,L=125,B=125mm;clear.</t>
+  </si>
+  <si>
+    <t>03030698</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tokyo”;glass;0.5l;,H=55,L=160,B=160mm;clear.</t>
+  </si>
+  <si>
+    <t>03030674</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tokyo”;glass;0.5l;,H=70,L=125,B=125mm;clear.</t>
+  </si>
+  <si>
+    <t>03030675</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tokyo”;glass;2.7l;,H=10.7,L=24,B=24cm;clear.</t>
+  </si>
+  <si>
+    <t>03031094</t>
+  </si>
+  <si>
+    <t>Salad bowl “Torcello” square; glass; 1.8 l;, H=11, L=20, B=20 cm; clear.</t>
+  </si>
+  <si>
+    <t>03031977</t>
+  </si>
+  <si>
+    <t>Salad bowl “Torcello” square; glass; 3.6 l;, H = 12.5, L = 26, B = 26 cm; clear.</t>
+  </si>
+  <si>
+    <t>03031978</t>
+  </si>
+  <si>
+    <t>Salad bowl “Torcello” square; glass;, H=65, L=110, B=110mm; clear.</t>
+  </si>
+  <si>
+    <t>03031098</t>
+  </si>
+  <si>
+    <t>Salad bowl “Torino white”; porcelain; D=165, H=45mm; white</t>
+  </si>
+  <si>
+    <t>03030579</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tramontano”; porcelain; 300 ml; D=12.5 cm; turquoise.</t>
+  </si>
+  <si>
+    <t>03032992</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trencadis”;porcelain;0.8l;D=25cm;white</t>
+  </si>
+  <si>
+    <t>03034555</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend corten”; porcelain; 100 ml;, H=5, L=10, B=7 cm; dark green.</t>
+  </si>
+  <si>
+    <t>03032332</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend Corten”; porcelain; D=22cm; dark green.</t>
+  </si>
+  <si>
+    <t>03032476</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend corten”; porcelain;, H=35, L=70, B=70mm; dark green.</t>
+  </si>
+  <si>
+    <t>03032331</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend Split”; porcelain; D=22cm; green.</t>
+  </si>
+  <si>
+    <t>03032283</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend Split”; porcelain;, H=35, L=70, B=70mm; green.</t>
+  </si>
+  <si>
+    <t>03030797</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend” Medusa;porcelain;230ml;D=14cm;white,blue</t>
+  </si>
+  <si>
+    <t>03035281</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend”;porcelain;0.78l;D=21cm;white</t>
+  </si>
+  <si>
+    <t>03032369</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend”;porcelain;230ml;D=14cm;white</t>
+  </si>
+  <si>
+    <t>03032371</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trend”;porcelain;350ml;D=16cm;white</t>
+  </si>
+  <si>
+    <t>03032370</t>
+  </si>
+  <si>
+    <t>03033198</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trianon”;glass;0.5l;D=160,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03030506</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trianon”;glass;0.9l;D=18,H=8cm;white</t>
+  </si>
+  <si>
+    <t>03030901</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trianon”;glass;1.8l;D=24,H=10cm;white</t>
+  </si>
+  <si>
+    <t>03031206-бн</t>
+  </si>
+  <si>
+    <t>03031206</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trianon”;glass;300ml;D=125,H=55mm;black</t>
+  </si>
+  <si>
+    <t>03030395</t>
+  </si>
+  <si>
+    <t>Salad bowl “Trianon”;glass;300ml;D=125,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03030313</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tulip”; porcelain; 0.9 l; D=175, H=85mm; white</t>
+  </si>
+  <si>
+    <t>03031091</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tulip”;porcelain;150ml;D=100,H=47mm;white</t>
+  </si>
+  <si>
+    <t>03031089</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tulip”;porcelain;450ml;D=140,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03031090</t>
+  </si>
+  <si>
+    <t>Salad bowl “Turbolino”; ceramics; 2.6 l; D=25, H=10 cm; beige, yellow.</t>
+  </si>
+  <si>
+    <t>03035084</t>
+  </si>
+  <si>
+    <t>Salad bowl “Turbolino”; ceramics; 2.6 l; D=250, H=95mm; beige, brown.</t>
+  </si>
+  <si>
+    <t>03035083</t>
+  </si>
+  <si>
+    <t>Salad bowl “Turbolino”; ceramics; 2.6 l; D=250, H=95mm; beige, green.</t>
+  </si>
+  <si>
+    <t>03035085</t>
+  </si>
+  <si>
+    <t>Salad bowl “Turbolino”; ceramics; 2.6 l; D=250, H=95mm; white, green.</t>
+  </si>
+  <si>
+    <t>03035082</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tuscany”; glass; D=26, H=12.7 cm; clear.</t>
+  </si>
+  <si>
+    <t>03031811</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tuscany”;glass;0.75l;D=13,H=8cm;clear.</t>
+  </si>
+  <si>
+    <t>03031810</t>
+  </si>
+  <si>
+    <t>Salad bowl “Tuscany”;glass;90ml;D=8,H=4cm;clear.</t>
+  </si>
+  <si>
+    <t>03035242</t>
+  </si>
+  <si>
+    <t>Salad bowl “Universe”; porcelain; D=15.5 cm; black</t>
+  </si>
+  <si>
+    <t>03033728</t>
+  </si>
+  <si>
+    <t>Salad bowl “Universe”;porcelain;D=11cm;black</t>
+  </si>
+  <si>
+    <t>03033729</t>
+  </si>
+  <si>
+    <t>Salad bowl “Universe”;porcelain;D=21cm;black</t>
+  </si>
+  <si>
+    <t>03033727</t>
+  </si>
+  <si>
+    <t>Salad bowl “Urban”;ceramics;D=200,H=64mm;gray</t>
+  </si>
+  <si>
+    <t>03034563</t>
+  </si>
+  <si>
+    <t>Salad bowl “Urban”;porcelain;0.65l;D=20cm;gray</t>
+  </si>
+  <si>
+    <t>03032564</t>
+  </si>
+  <si>
+    <t>Salad bowl “Urban”;porcelain;1l;D=25cm;gray</t>
+  </si>
+  <si>
+    <t>03032563</t>
+  </si>
+  <si>
+    <t>Salad bowl “Urban”;porcelain;227.5ml;gray</t>
+  </si>
+  <si>
+    <t>03035010</t>
+  </si>
+  <si>
+    <t>Folio</t>
+  </si>
+  <si>
+    <t>Salad bowl “Urban”;porcelain;450ml;,H=75,L=180mm;gray</t>
+  </si>
+  <si>
+    <t>03032565</t>
+  </si>
+  <si>
+    <t>Salad bowl “Uzbekistan”; porcelain; 400 ml; D=128, H=65mm; blue</t>
+  </si>
+  <si>
+    <t>09100618</t>
+  </si>
+  <si>
+    <t>Salad bowl “V. Viena Charm”; porcelain; 0.75 l; D=20, H=7cm; green.</t>
+  </si>
+  <si>
+    <t>03031294</t>
+  </si>
+  <si>
+    <t>Salad bowl “V. Viena Charm”; porcelain; 1.2 l; D=25, H=7 cm; pink.</t>
+  </si>
+  <si>
+    <t>03031739</t>
+  </si>
+  <si>
+    <t>Salad bowl “V. Vienna Charm”; porcelain; 1.2 l; D=25, H=7cm; green.</t>
+  </si>
+  <si>
+    <t>03031295</t>
+  </si>
+  <si>
+    <t>Salad bowl “V.Viena Charm”;porcelain;1.2l;D=25,H=7cm;gray</t>
+  </si>
+  <si>
+    <t>03031737</t>
+  </si>
+  <si>
+    <t>Salad bowl “V.Viena Charm”;porcelain;D=20,H=7cm;gray</t>
+  </si>
+  <si>
+    <t>03031736</t>
+  </si>
+  <si>
+    <t>Salad bowl “V.Viena Charm”;porcelain;D=20,H=7cm;red</t>
+  </si>
+  <si>
+    <t>03031738</t>
+  </si>
+  <si>
+    <t>Salad bowl “V.Viena”;porcelain;1.2l;D=25,H=7cm;white</t>
+  </si>
+  <si>
+    <t>03031013</t>
+  </si>
+  <si>
+    <t>Salad bowl “V.Viena”;porcelain;250ml;D=16,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03030412</t>
+  </si>
+  <si>
+    <t>Salad bowl “V.Viena”;porcelain;D=20,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03030917</t>
+  </si>
+  <si>
+    <t>Salad bowl “Valencia Sedir”; porcelain; 400 ml; D=160, H=55mm; gray, beige.</t>
+  </si>
+  <si>
+    <t>03035245</t>
+  </si>
+  <si>
+    <t>Salad bowl “Valencia Vega”; porcelain; 400 ml; D=160, H=55mm; cream, black</t>
+  </si>
+  <si>
+    <t>03035244</t>
+  </si>
+  <si>
+    <t>Salad bowl “Varik” oval; porcelain; 458 ml;, L=20, B=12.7 cm; white</t>
+  </si>
+  <si>
+    <t>03031891</t>
+  </si>
+  <si>
+    <t>Salad bowl “Venice”;ceramics;0.541l;D=140,H=64mm</t>
+  </si>
+  <si>
+    <t>03032263</t>
+  </si>
+  <si>
+    <t>Salad bowl “Verona”; porcelain; 1.25 l; D=240, H=65mm; white</t>
+  </si>
+  <si>
+    <t>03034027</t>
+  </si>
+  <si>
+    <t>Salad bowl “Verona”; porcelain; D=13cm; white</t>
+  </si>
+  <si>
+    <t>03034025</t>
+  </si>
+  <si>
+    <t>Salad bowl “Verona”; porcelain; D=17cm; white</t>
+  </si>
+  <si>
+    <t>03034026</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Amber”; porcelain; D=14cm; amber</t>
+  </si>
+  <si>
+    <t>03034130</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Amber”; porcelain; D=25.5cm; amber</t>
+  </si>
+  <si>
+    <t>03034133</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Amber”;porcelain;0.65l;D=21.5cm;amber</t>
+  </si>
+  <si>
+    <t>03032535</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Amber”;porcelain;450ml;amber</t>
+  </si>
+  <si>
+    <t>03032393</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Amber”;porcelain;475ml;amber</t>
+  </si>
+  <si>
+    <t>03032392</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Burnt Emerald” square; porcelain; 110 ml;, H=3, L=10, B=10cm; green.</t>
+  </si>
+  <si>
+    <t>03033768</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Burnt Emerald”; porcelain; 0.8 l; D=205, H=95mm; green.</t>
+  </si>
+  <si>
+    <t>03033769</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Burnt Emerald”; porcelain; 400ml; D=18,H=8,B=15cm;green.</t>
+  </si>
+  <si>
+    <t>03033770</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Burnt Emerald”; porcelain; D=14cm; green.</t>
+  </si>
+  <si>
+    <t>03034132</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius Burnt Emerald”; porcelain; D=25.5 cm; green.</t>
+  </si>
+  <si>
+    <t>03034131</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius”; porcelain; 0.65 l; D=215, H=40mm; blue</t>
+  </si>
+  <si>
+    <t>03032536</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius”; porcelain; D=25cm; blue</t>
+  </si>
+  <si>
+    <t>03032865</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius”;porcelain;450ml;blue</t>
+  </si>
+  <si>
+    <t>03032534</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vesuvius”;porcelain;457ml;D=13,H=7cm;blue</t>
+  </si>
+  <si>
+    <t>03032533</t>
+  </si>
+  <si>
+    <t>Salad bowl “Victoria” square; porcelain; 0.79 l;, H=45, L=183, B=183mm; white</t>
+  </si>
+  <si>
+    <t>03030953</t>
+  </si>
+  <si>
+    <t>Salad bowl “Victoria” square; porcelain; 2 l;, H=95, L=225, B=225mm; white</t>
+  </si>
+  <si>
+    <t>03031017</t>
+  </si>
+  <si>
+    <t>Salad bowl “Victoria” square; porcelain; 400 ml;, H=55, L=132, B=132mm; white</t>
+  </si>
+  <si>
+    <t>03030249</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vostok Gold”; porcelain; 1.5 l; D=235, H=65mm; blue, gold</t>
+  </si>
+  <si>
+    <t>03030658</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vostok”; porcelain; 1.5 l; D=235, H=65mm; white, blue</t>
+  </si>
+  <si>
+    <t>03030656</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vostok”; porcelain; 200 ml; D=10.8 cm; white, blue</t>
+  </si>
+  <si>
+    <t>03034126</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vulcania Waves”;porcelain;D=23cm;gray</t>
+  </si>
+  <si>
+    <t>03032499</t>
+  </si>
+  <si>
+    <t>Salad bowl “Vulcania”; porcelain; D=9cm; black</t>
+  </si>
+  <si>
+    <t>03030796</t>
+  </si>
+  <si>
+    <t>Salad bowl “Watercolor” Prince; porcelain; 300 ml; D=158, H=43mm; pink.</t>
+  </si>
+  <si>
+    <t>03035259</t>
+  </si>
+  <si>
+    <t>Salad bowl “Watercolor” Prince; porcelain;0.6l;D=20,H=5cm;beige.</t>
+  </si>
+  <si>
+    <t>03035258</t>
+  </si>
+  <si>
+    <t>Salad bowl “Watercolor” Prince; porcelain;130ml;D=128,H=35mm;light-gray.</t>
+  </si>
+  <si>
+    <t>03035260</t>
+  </si>
+  <si>
+    <t>Salad bowl “Wave”; porcelain; 0.8 l; D=15, H=11 cm; white, glossy.</t>
+  </si>
+  <si>
+    <t>03032269</t>
+  </si>
+  <si>
+    <t>Salad bowl “Wave”;porcelain;140ml;D=85,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03035142</t>
+  </si>
+  <si>
+    <t>Salad bowl “Wave”;porcelain;300ml;D=115,H=80mm;white</t>
+  </si>
+  <si>
+    <t>03035143</t>
+  </si>
+  <si>
+    <t>Salad bowl “Wave”;porcelain;D=16,H=11cm;white</t>
+  </si>
+  <si>
+    <t>03032349</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Classic; porcelain;0.7l;D=150,H=74mm;white</t>
+  </si>
+  <si>
+    <t>03035276</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Estet;porcelain;0.8l;D=162,H=73mm;white</t>
+  </si>
+  <si>
+    <t>03035265</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Praktik;porcelain;0.5l;D=117,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03035269</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Praktik;porcelain;120ml;D=92,H=32mm;white</t>
+  </si>
+  <si>
+    <t>03035266</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Praktik;porcelain;200ml;D=112,H=35mm;white</t>
+  </si>
+  <si>
+    <t>03035262</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Praktik;porcelain;300ml;D=112,H=53mm;white</t>
+  </si>
+  <si>
+    <t>03035263</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Praktik;porcelain;320ml;D=110,H=55mm;white</t>
+  </si>
+  <si>
+    <t>03035268</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Praktik;porcelain;350ml;D=119,H=49mm;white</t>
+  </si>
+  <si>
+    <t>03035267</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Praktik;porcelain;400ml;D=112,H=73mm;white</t>
+  </si>
+  <si>
+    <t>03035264</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Prince; porcelain;0.6l;,H=55,L=165,B=165mm;white</t>
+  </si>
+  <si>
+    <t>03035275</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Prince; porcelain;0.6l;D=20,H=5cm;white</t>
+  </si>
+  <si>
+    <t>03035273</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Prince; porcelain;130ml;D=128,H=35mm;white</t>
+  </si>
+  <si>
+    <t>03035270</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Prince; porcelain;300ml;,H=45,L=145,B=145mm;white</t>
+  </si>
+  <si>
+    <t>03035274</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Prince; porcelain;300ml;D=158,H=43mm;white</t>
+  </si>
+  <si>
+    <t>03035271</t>
+  </si>
+  <si>
+    <t>Salad bowl “White” Prince; porcelain;380ml;D=117,H=63mm;white</t>
+  </si>
+  <si>
+    <t>03035272</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow Azur”; porcelain; D=28cm; blue</t>
+  </si>
+  <si>
+    <t>03013241</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow Mast”; porcelain; D=28, H=5cm; gray</t>
+  </si>
+  <si>
+    <t>03013234</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow”; porcelain; 0.767 l; D=16, H=7 cm; white</t>
+  </si>
+  <si>
+    <t>03032137</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow”; porcelain; D=28, H=5cm; white</t>
+  </si>
+  <si>
+    <t>03032049</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow”;glass;D=26cm;clear.</t>
+  </si>
+  <si>
+    <t>03033704</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow”;porcelain;185ml;D=10cm;white</t>
+  </si>
+  <si>
+    <t>03032138</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow”;porcelain;285ml;D=115,H=60mm;white</t>
+  </si>
+  <si>
+    <t>03031962</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow”;porcelain;375ml;D=130,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03032133</t>
+  </si>
+  <si>
+    <t>Salad bowl “Willow”;porcelain;450ml;D=165,H=50mm;white</t>
+  </si>
+  <si>
+    <t>03032139</t>
+  </si>
+  <si>
+    <t>Salad bowl “Wylie”;ceramics;100ml;D=105,H=45mm;black,matte</t>
+  </si>
+  <si>
+    <t>03035180</t>
+  </si>
+  <si>
+    <t>Salad bowl “Wylie”;porcelain;100ml;D=105,H=45mm;white</t>
+  </si>
+  <si>
+    <t>03035179</t>
+  </si>
+  <si>
+    <t>Salad bowl “Wylie”;porcelain;300ml;D=15,H=6cm;white</t>
+  </si>
+  <si>
+    <t>03035181</t>
+  </si>
+  <si>
+    <t>Salad bowl “Zen”; porcelain; 0.5 l; D=200, H=45mm; white, orange.</t>
+  </si>
+  <si>
+    <t>03030950</t>
+  </si>
+  <si>
+    <t>Salad bowl “Zen”; porcelain; 0.55 l; D=30, H=8 cm; white, orange.</t>
+  </si>
+  <si>
+    <t>03031217</t>
+  </si>
+  <si>
+    <t>Salad bowl “Zen”; porcelain; 0.9 l; D=250, H=45mm; white, orange.</t>
+  </si>
+  <si>
+    <t>03031029</t>
+  </si>
+  <si>
+    <t>Salad bowl “Zen”; porcelain; 1 l; D=25, H=12 cm; white, orange.</t>
+  </si>
+  <si>
+    <t>03030940</t>
+  </si>
+  <si>
+    <t>Salad bowl “Zen”; porcelain; 250ml; D=150, H=35mm; white, orange.</t>
+  </si>
+  <si>
+    <t>03030356</t>
+  </si>
+  <si>
+    <t>Salad bowl “Zen”; porcelain; 350ml; D=175, H=85mm; white, orange.</t>
+  </si>
+  <si>
+    <t>03030605</t>
+  </si>
+  <si>
+    <t>Salad bowl; ceramics; 0.8 l; D=175, H=70mm; peach, plums.</t>
+  </si>
+  <si>
+    <t>04143340</t>
+  </si>
+  <si>
+    <t>Salad bowl; oak;, H=7, L=27, B=15cm; dark brown.</t>
+  </si>
+  <si>
+    <t>03032864</t>
+  </si>
+  <si>
+    <t>PPwood</t>
+  </si>
+  <si>
+    <t>Salad bowl; polyprop.; 0.5 l; assorted.</t>
+  </si>
+  <si>
+    <t>03032665</t>
+  </si>
+  <si>
+    <t>Salad bowl; polyprop.; 3.5 l; assorted.</t>
+  </si>
+  <si>
+    <t>03032667</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=11, H=5cm; beige.</t>
+  </si>
+  <si>
+    <t>03032931</t>
+  </si>
+  <si>
+    <t>Fine 2 Dine</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=12, H=8cm; brown.</t>
+  </si>
+  <si>
+    <t>03032925</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=140, H=65mm; brown.</t>
+  </si>
+  <si>
+    <t>03032922</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=145, H=60mm; beige.</t>
+  </si>
+  <si>
+    <t>03032932</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=160, H=45mm; brown.</t>
+  </si>
+  <si>
+    <t>03032927</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=195, H=80mm; beige.</t>
+  </si>
+  <si>
+    <t>03032933</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=20, H=5cm; beige.</t>
+  </si>
+  <si>
+    <t>03032929</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=22, H=6cm; brown.</t>
+  </si>
+  <si>
+    <t>03032920</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=220, H=45mm; brown.</t>
+  </si>
+  <si>
+    <t>03032923</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=24, H=6cm; beige.</t>
+  </si>
+  <si>
+    <t>03032930</t>
+  </si>
+  <si>
+    <t>Salad bowl; porcelain; D=25, H=7cm; white, green.</t>
+  </si>
+  <si>
+    <t>03035284</t>
+  </si>
+  <si>
+    <t>Salad bowl; stainless steel, brass; 2.5 l; D=250, H=85mm; brass, metal.</t>
+  </si>
+  <si>
+    <t>03035196</t>
+  </si>
+  <si>
+    <t>Craster</t>
+  </si>
+  <si>
+    <t>Salad bowl;0.5l;D=140,H=63mm;clear.</t>
+  </si>
+  <si>
+    <t>03030716</t>
+  </si>
+  <si>
+    <t>Salad bowl;aluminum;0.7l;,H=55,L=155,B=120mm;black</t>
+  </si>
+  <si>
+    <t>03035183</t>
+  </si>
+  <si>
+    <t>Salad bowl;aluminum;0.7l;,H=55,L=155,B=120mm;copper</t>
+  </si>
+  <si>
+    <t>03035182</t>
+  </si>
+  <si>
+    <t>Salad bowl;bone porcelain;D=105,H=54mm;white</t>
+  </si>
+  <si>
+    <t>03033131</t>
+  </si>
+  <si>
+    <t>Salad bowl;bone porcelain;D=140,H=62mm;pink,white</t>
+  </si>
+  <si>
+    <t>03032249</t>
+  </si>
+  <si>
+    <t>Salad bowl;bone porcelain;D=224,H=95mm;white</t>
+  </si>
+  <si>
+    <t>03032250</t>
+  </si>
+  <si>
+    <t>Salad bowl;brass;D=215,H=70mm;gold</t>
+  </si>
+  <si>
+    <t>03032243</t>
+  </si>
+  <si>
+    <t>Salad bowl;brass;D=285,H=85mm;gold</t>
+  </si>
+  <si>
+    <t>03032244</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;,H=40,L=105,B=90mm</t>
+  </si>
+  <si>
+    <t>03031936</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;,H=55,L=240,B=210mm;black,blue</t>
+  </si>
+  <si>
+    <t>03033797</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;,H=63,L=163,B=143mm;blue,white</t>
+  </si>
+  <si>
+    <t>03033816</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;,H=85,L=150,B=120mm;blue,black</t>
+  </si>
+  <si>
+    <t>03032213</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;0.5l;D=125,H=80mm;black,white</t>
+  </si>
+  <si>
+    <t>03031486</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;0.5l;D=16,H=6cm;orange.</t>
+  </si>
+  <si>
+    <t>03033194</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;0.9l;D=184,H=71mm;gray</t>
+  </si>
+  <si>
+    <t>03031727</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;0.9l;D=184,H=71mm;gray,blue</t>
+  </si>
+  <si>
+    <t>03031726</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;120ml;D=88,H=40mm;bronze, copper</t>
+  </si>
+  <si>
+    <t>03033827</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;120ml;D=88,H=40mm;bronze, dark brown.</t>
+  </si>
+  <si>
+    <t>03033829</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;225ml;D=108,H=50mm;gray</t>
+  </si>
+  <si>
+    <t>03031722</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;300ml;D=10,H=7cm;black,red</t>
+  </si>
+  <si>
+    <t>03031484</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;400ml;bronze, dark brown.</t>
+  </si>
+  <si>
+    <t>03033784</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;400ml;brown,copper</t>
+  </si>
+  <si>
+    <t>03033785</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;450ml;,H=60,L=145,B=140mm;black</t>
+  </si>
+  <si>
+    <t>03030865</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;450ml;D=137,H=60mm;gray,blue</t>
+  </si>
+  <si>
+    <t>03031723</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;70ml;D=73,H=34mm;bronze, copper</t>
+  </si>
+  <si>
+    <t>03033828</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;70ml;D=73,H=34mm;bronze, dark brown.</t>
+  </si>
+  <si>
+    <t>03033830</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=108,H=50mm;gray,blue</t>
+  </si>
+  <si>
+    <t>03031721</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=110,H=25mm</t>
+  </si>
+  <si>
+    <t>03031943</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=110,H=25mm;white,gray</t>
+  </si>
+  <si>
+    <t>03031631</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=120,H=45mm;white,beige.</t>
+  </si>
+  <si>
+    <t>03031947</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=135,H=72mm;brown,green.</t>
+  </si>
+  <si>
+    <t>03031939</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=135,H=82mm;black</t>
+  </si>
+  <si>
+    <t>03032093</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=15,H=4cm;black</t>
+  </si>
+  <si>
+    <t>03032092</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=15,H=7cm</t>
+  </si>
+  <si>
+    <t>03031946</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=150,H=68mm;black</t>
+  </si>
+  <si>
+    <t>03033806</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=150,H=85mm;brown,purple.</t>
+  </si>
+  <si>
+    <t>03031940</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=150,H=85mm;brown.</t>
+  </si>
+  <si>
+    <t>03031935</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=150,H=85mm;white,brown.</t>
+  </si>
+  <si>
+    <t>03031934</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=155,H=95mm;blue,black</t>
+  </si>
+  <si>
+    <t>03032214</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=16,H=6cm;brown,blue.</t>
+  </si>
+  <si>
+    <t>03033809</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=16,H=6cm;turquoise,green.</t>
+  </si>
+  <si>
+    <t>03033813</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=16,H=9cm;black</t>
+  </si>
+  <si>
+    <t>03033808</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=160,H=45mm;black,blue</t>
+  </si>
+  <si>
+    <t>03031942</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=175,H=40mm;white,gray</t>
+  </si>
+  <si>
+    <t>03031634</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=185,H=85mm;blue,white</t>
+  </si>
+  <si>
+    <t>03033815</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=195,H=55mm;brown,blue.</t>
+  </si>
+  <si>
+    <t>03033810</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=195,H=55mm;turquoise,green.</t>
+  </si>
+  <si>
+    <t>03033793</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=200,H=62mm;green,black</t>
+  </si>
+  <si>
+    <t>03033819</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=200,H=65mm;white</t>
+  </si>
+  <si>
+    <t>03031873</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=22,H=5cm;white,gray</t>
+  </si>
+  <si>
+    <t>03033802</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=22,H=7cm;white,gray</t>
+  </si>
+  <si>
+    <t>03033803</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=23,H=12.5cm;green.</t>
+  </si>
+  <si>
+    <t>03031945</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=230,H=78mm;white</t>
+  </si>
+  <si>
+    <t>03023507</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=23cm;cream, black</t>
+  </si>
+  <si>
+    <t>03031676</t>
+  </si>
+  <si>
+    <t>Utopia</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=24,H=7cm;white,gray</t>
+  </si>
+  <si>
+    <t>03031875</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=26,H=7cm;brown,blue.</t>
+  </si>
+  <si>
+    <t>03033811</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=26,H=7cm;turquoise,green.</t>
+  </si>
+  <si>
+    <t>03033794</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=90,H=25mm;blue</t>
+  </si>
+  <si>
+    <t>03031865</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=90,H=25mm;brown.</t>
+  </si>
+  <si>
+    <t>03031866</t>
+  </si>
+  <si>
+    <t>Salad bowl;ceramics;D=95,H=30mm;gray,white</t>
+  </si>
+  <si>
+    <t>03032075</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=105,H=45mm;gray</t>
+  </si>
+  <si>
+    <t>03034006</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=105,H=45mm;red,gray</t>
+  </si>
+  <si>
+    <t>03034003</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=105,H=45mm;white,gray</t>
+  </si>
+  <si>
+    <t>03034008</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=15,H=6cm;gray</t>
+  </si>
+  <si>
+    <t>03033839</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=15,H=6cm;red,gray</t>
+  </si>
+  <si>
+    <t>03034004</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=15,H=6cm;white,gray</t>
+  </si>
+  <si>
+    <t>03034009</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=210,H=45mm;gray</t>
+  </si>
+  <si>
+    <t>03034007</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=210,H=45mm;red,gray</t>
+  </si>
+  <si>
+    <t>03034005</t>
+  </si>
+  <si>
+    <t>Salad bowl;concrete;D=210,H=45mm;white,gray</t>
+  </si>
+  <si>
+    <t>03033838</t>
+  </si>
+  <si>
+    <t>Salad bowl;copper,tin;D=25,H=11cm;copper</t>
+  </si>
+  <si>
+    <t>03033111</t>
+  </si>
+  <si>
+    <t>Cu Artigiana maestri ramai</t>
+  </si>
+  <si>
+    <t>CU ARTI</t>
+  </si>
+  <si>
+    <t>Salad bowl;crystal;D=190,H=85mm</t>
+  </si>
+  <si>
+    <t>03033192</t>
   </si>
   <si>
     <t>HOLD</t>
   </si>
   <si>
-    <t>Bowl;porcelain;250ml;D=11,H=6cm;white</t>
-[...11227 lines deleted...]
-  <si>
     <t>Salad bowl;crystal;D=31,H=6cm</t>
   </si>
   <si>
     <t>03033193</t>
   </si>
   <si>
     <t>Salad bowl;glass;,L=22,B=17cm;gray</t>
   </si>
   <si>
     <t>03035021</t>
   </si>
   <si>
     <t>Salad bowl;glass;0.621l;D=153,H=65mm;clear.</t>
   </si>
   <si>
     <t>03030715</t>
   </si>
   <si>
     <t>Libbey</t>
   </si>
   <si>
     <t>CRISA</t>
   </si>
   <si>
     <t>Salad bowl;glass;0.625l;D=140,H=64mm;clear.</t>
@@ -11545,68 +10525,56 @@
   <si>
     <t>03030867</t>
   </si>
   <si>
     <t>Salad bowl;glass;250ml;D=10,H=7cm;clear.</t>
   </si>
   <si>
     <t>03032048</t>
   </si>
   <si>
     <t>PASA</t>
   </si>
   <si>
     <t>Salad bowl;glass;270ml;D=12cm;white,multi-colored.</t>
   </si>
   <si>
     <t>03030187</t>
   </si>
   <si>
     <t>Salad bowl;glass;3.8l;D=29,H=14.5cm;clear.</t>
   </si>
   <si>
     <t>03032514</t>
   </si>
   <si>
-    <t>Salad bowl;glass;30ml;D=65,H=21mm;clear.</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;glass;330ml;D=127,H=53mm;clear.</t>
   </si>
   <si>
     <t>03030391</t>
   </si>
   <si>
-    <t>Salad bowl;glass;40ml;D=80,H=35mm;clear.</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;glass;440ml;D=13,H=17.8cm;clear.</t>
   </si>
   <si>
     <t>03030205</t>
   </si>
   <si>
     <t>Salad bowl;glass;D=140,H=65mm;clear.</t>
   </si>
   <si>
     <t>03030570</t>
   </si>
   <si>
     <t>Salad bowl;glass;D=15,H=5cm;green.</t>
   </si>
   <si>
     <t>03031774</t>
   </si>
   <si>
     <t>Tiger</t>
   </si>
   <si>
     <t>Salad bowl;glass;D=19,B=11cm;clear</t>
   </si>
   <si>
     <t>03035020</t>
@@ -11614,74 +10582,56 @@
   <si>
     <t>Salad bowl;glass;D=21,H=7cm;green.</t>
   </si>
   <si>
     <t>03031775</t>
   </si>
   <si>
     <t>Salad bowl;glass;D=23,H=10cm;clear.</t>
   </si>
   <si>
     <t>03030569</t>
   </si>
   <si>
     <t>Salad bowl;glass;D=29cm;clear.</t>
   </si>
   <si>
     <t>03033705</t>
   </si>
   <si>
     <t>Salad bowl;glass;D=30,H=6cm;clear.</t>
   </si>
   <si>
     <t>03032288</t>
   </si>
   <si>
-    <t>Salad bowl;glass;D=7,H=5cm</t>
-[...10 lines deleted...]
-  <si>
     <t>Salad bowl;glass;D=95mm;clear.</t>
   </si>
   <si>
     <t>03035019</t>
   </si>
   <si>
-    <t>Salad bowl;oak;D=115,H=38mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;olive;D=24,H=18.5cm;st. tree</t>
   </si>
   <si>
     <t>03035175</t>
   </si>
   <si>
     <t>Salad bowl;olive;D=28,H=18cm;st. tree</t>
   </si>
   <si>
     <t>03035176</t>
   </si>
   <si>
     <t>Salad bowl;olive;D=32,H=11.5cm</t>
   </si>
   <si>
     <t>03030780</t>
   </si>
   <si>
     <t>Salad bowl;plastic;,H=14,L=37.5,B=37.5cm;black</t>
   </si>
   <si>
     <t>03034129</t>
   </si>
   <si>
     <t>Salad bowl;plastic;,H=35,L=180,B=100mm;black</t>
@@ -11881,137 +10831,101 @@
   <si>
     <t>Salad bowl;plastic;1.8l;,H=10,L=32.5,B=17.5cm;black</t>
   </si>
   <si>
     <t>03032029</t>
   </si>
   <si>
     <t>Salad bowl;plastic;1.8l;,H=10,L=32.5,B=17.5cm;white</t>
   </si>
   <si>
     <t>03032028</t>
   </si>
   <si>
     <t>Salad bowl;plastic;1.9l;D=20.5,H=10cm;white</t>
   </si>
   <si>
     <t>03031154</t>
   </si>
   <si>
     <t>Salad bowl;plastic;100ml;D=8,H=4cm;black,white</t>
   </si>
   <si>
     <t>03031688</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;100ml;D=85,H=40mm;red,white</t>
-[...10 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;150ml;D=65,H=60mm;white</t>
   </si>
   <si>
+    <t>03030755</t>
+  </si>
+  <si>
     <t>03031394</t>
   </si>
   <si>
-    <t>03030755</t>
-[...1 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;150ml;D=9,H=4cm;white</t>
   </si>
   <si>
     <t>03031395</t>
   </si>
   <si>
     <t>03030756</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;150ml;D=90,H=45mm;white</t>
-[...16 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;1l;,H=65,L=265,B=105mm;white</t>
   </si>
   <si>
     <t>03031527</t>
   </si>
   <si>
     <t>Salad bowl;plastic;1l;,L=17.6,B=16.2cm;black,beige.</t>
   </si>
   <si>
     <t>03032322</t>
   </si>
   <si>
     <t>Salad bowl;plastic;1l;D=210,H=85mm;black,brown.</t>
   </si>
   <si>
     <t>03031286</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;2.1l;D=24,H=10cm</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;2.5l;,H=90,L=265,B=162mm;black,white</t>
   </si>
   <si>
     <t>03031830</t>
   </si>
   <si>
     <t>Salad bowl;plastic;2.5l;D=16,H=15cm;white</t>
   </si>
   <si>
+    <t>03031392</t>
+  </si>
+  <si>
     <t>03030759</t>
   </si>
   <si>
-    <t>03031392</t>
-[...1 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;2.5l;D=24.5,H=15cm;black</t>
   </si>
   <si>
     <t>03031529</t>
   </si>
   <si>
     <t>Salad bowl;plastic;2.5l;D=24.5,H=15cm;white</t>
   </si>
   <si>
     <t>03031528</t>
   </si>
   <si>
     <t>Salad bowl;plastic;2.65l;,H=75,L=250,B=250mm;gray</t>
   </si>
   <si>
     <t>03032319</t>
   </si>
   <si>
     <t>Salad bowl;plastic;2.65l;,H=75,L=250,B=250mm;white,beige.</t>
   </si>
   <si>
     <t>03032317</t>
   </si>
   <si>
     <t>Salad bowl;plastic;2.65l;,H=75mm;black,beige.</t>
@@ -12034,80 +10948,68 @@
   <si>
     <t>Salad bowl;plastic;200ml;,H=4,L=12,B=12cm;white</t>
   </si>
   <si>
     <t>03031971</t>
   </si>
   <si>
     <t>Salad bowl;plastic;200ml;,H=55,L=175,B=175mm;black</t>
   </si>
   <si>
     <t>03031972</t>
   </si>
   <si>
     <t>Salad bowl;plastic;200ml;D=100,H=65mm;white</t>
   </si>
   <si>
     <t>03030685</t>
   </si>
   <si>
     <t>Salad bowl;plastic;200ml;D=110,H=55mm;black,brown.</t>
   </si>
   <si>
     <t>03031474</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;20ml;D=60,H=25mm;white</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;250ml;D=120,H=55mm;black</t>
   </si>
   <si>
     <t>03032296</t>
   </si>
   <si>
     <t>Salad bowl;plastic;250ml;D=120,H=55mm;white</t>
   </si>
   <si>
     <t>03032295</t>
   </si>
   <si>
     <t>Salad bowl;plastic;2l;,H=65,L=530,B=105mm;white</t>
   </si>
   <si>
     <t>03031526</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;3.15l;D=24,H=10cm</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;3.5l;,H=12.5,L=35,B=35cm;black</t>
   </si>
   <si>
     <t>03032005</t>
   </si>
   <si>
     <t>Salad bowl;plastic;3.5l;,H=12.5,L=35,B=35cm;white</t>
   </si>
   <si>
     <t>03032006</t>
   </si>
   <si>
     <t>Salad bowl;plastic;3.5l;,H=9,L=24,B=24cm;white,black</t>
   </si>
   <si>
     <t>03032285</t>
   </si>
   <si>
     <t>Salad bowl;plastic;3.8l;,H=12,L=25,B=25cm;brown.</t>
   </si>
   <si>
     <t>03031520</t>
   </si>
   <si>
     <t>Salad bowl;plastic;3.8l;,H=12,L=25,B=25cm;salads.</t>
@@ -12130,242 +11032,182 @@
   <si>
     <t>Salad bowl;plastic;300ml;D=115,H=60mm;black,red</t>
   </si>
   <si>
     <t>03030294</t>
   </si>
   <si>
     <t>Salad bowl;plastic;300ml;D=13,H=6cm;red,white</t>
   </si>
   <si>
     <t>03031771</t>
   </si>
   <si>
     <t>Salad bowl;plastic;300ml;D=130,H=65mm;white</t>
   </si>
   <si>
     <t>03032294</t>
   </si>
   <si>
     <t>Salad bowl;plastic;300ml;D=14,H=6cm;black,brown.</t>
   </si>
   <si>
     <t>03031475</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;30ml;,H=30,L=55,B=55mm;white</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;384ml;clear.</t>
   </si>
   <si>
     <t>03030852</t>
   </si>
   <si>
     <t>Salad bowl;plastic;3l;,H=12,L=32.5,B=32.5cm;white</t>
   </si>
   <si>
+    <t>03031523</t>
+  </si>
+  <si>
     <t>03031524</t>
   </si>
   <si>
-    <t>03031523</t>
-[...1 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;3l;D=25.5,H=11cm;black</t>
   </si>
   <si>
     <t>03031998</t>
   </si>
   <si>
     <t>Salad bowl;plastic;4.26l;,H=12.7,L=25.4,B=25.4cm;white</t>
   </si>
   <si>
     <t>09101228</t>
   </si>
   <si>
     <t>Salad bowl;plastic;400ml;D=145,H=90mm;white</t>
   </si>
   <si>
     <t>03031330</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;40ml;,L=11,B=10cm;black</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;450ml;D=130,H=65mm;white</t>
   </si>
   <si>
     <t>03033057</t>
   </si>
   <si>
     <t>Salad bowl;plastic;450ml;D=150,H=75mm;white</t>
   </si>
   <si>
     <t>03033095</t>
   </si>
   <si>
     <t>Salad bowl;plastic;4l;,H=12,L=25,B=25cm;white</t>
   </si>
   <si>
     <t>03031594</t>
   </si>
   <si>
     <t>Salad bowl;plastic;4l;,H=12,L=25.5,B=25.5cm;black</t>
   </si>
   <si>
     <t>03031558</t>
   </si>
   <si>
     <t>Salad bowl;plastic;4l;D=325,H=90mm;white</t>
   </si>
   <si>
     <t>03030763</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;50ml;D=75,H=35mm;white</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;5l;D=15.5,H=19.5cm;black</t>
   </si>
   <si>
     <t>03032311</t>
   </si>
   <si>
     <t>Salad bowl;plastic;6.8l;D=45.5,H=10cm;white</t>
   </si>
   <si>
     <t>03032305</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;60ml;,H=30,L=105,B=105mm;white</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;60ml;D=75,H=35mm;white,blue.</t>
   </si>
   <si>
     <t>03032132</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;70ml;D=8,H=3cm;white,brown.</t>
-[...22 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;D=13cm;black</t>
   </si>
   <si>
     <t>03031716</t>
   </si>
   <si>
-    <t>Salad bowl;plastic;D=145,H=25mm;white</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;plastic;D=150,H=75mm;green, white</t>
   </si>
   <si>
     <t>03031327</t>
   </si>
   <si>
     <t>Salad bowl;plastic;D=150,H=75mm;orange, white</t>
   </si>
   <si>
     <t>03031325</t>
   </si>
   <si>
     <t>Salad bowl;plastic;D=150,H=75mm;red,white</t>
   </si>
   <si>
     <t>03031324</t>
   </si>
   <si>
     <t>Salad bowl;plastic;D=150,H=75mm;yellow, white</t>
   </si>
   <si>
     <t>03031326</t>
   </si>
   <si>
     <t>Salad bowl;plastic;D=200,H=86mm;red</t>
   </si>
   <si>
     <t>03030853</t>
   </si>
   <si>
     <t>Salad bowl;plastic;D=23,H=10cm;white</t>
   </si>
   <si>
     <t>03030737</t>
   </si>
   <si>
     <t>Salad bowl;plastic;white</t>
   </si>
   <si>
     <t>04143323</t>
   </si>
   <si>
     <t>04143322</t>
   </si>
   <si>
-    <t>Salad bowl;polycarbonate;150ml;D=117,H=35mm;blue-gray</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;polycarbonate;150ml;D=117,H=35mm;white</t>
   </si>
   <si>
     <t>03031370</t>
   </si>
   <si>
     <t>Salad bowl;polycarbonate;278ml;,L=10.2,B=10.2cm;white</t>
   </si>
   <si>
     <t>03030563</t>
   </si>
   <si>
     <t>Salad bowl;polyprop.;2l;D=20,H=10cm;orange.</t>
   </si>
   <si>
     <t>03031254</t>
   </si>
   <si>
     <t>N.S.</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;,H=45,L=130,B=130mm;white</t>
   </si>
   <si>
     <t>03030485</t>
@@ -12442,68 +11284,56 @@
   <si>
     <t>Salad bowl;porcelain;0.75l;D=23,H=6cm;white</t>
   </si>
   <si>
     <t>03033760</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;0.8l;D=16cm;white,blue</t>
   </si>
   <si>
     <t>03032088</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;1,555l;D=22cm;white</t>
   </si>
   <si>
     <t>03030869</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;1.5l;D=28cm;white</t>
   </si>
   <si>
     <t>03032342</t>
   </si>
   <si>
-    <t>Salad bowl;porcelain;100ml;D=10,H=4cm;white</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;porcelain;110ml;D=17cm;white,matte</t>
   </si>
   <si>
     <t>03033063</t>
   </si>
   <si>
-    <t>Salad bowl;porcelain;125ml;,H=4,L=8,B=8cm</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;porcelain;150ml;D=140,H=65mm;white</t>
   </si>
   <si>
     <t>03032339</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;170ml;D=125,H=40mm;white</t>
   </si>
   <si>
     <t>03031417</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;170ml;D=94,H=50mm;white</t>
   </si>
   <si>
     <t>03031175</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;200ml;D=112,H=44mm;white</t>
   </si>
   <si>
     <t>03031689</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;210ml;D=12,H=5cm;black</t>
@@ -12664,56 +11494,50 @@
   <si>
     <t>03030748</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;450ml;,H=60,L=145,B=140mm;white</t>
   </si>
   <si>
     <t>03030679</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;480ml;white</t>
   </si>
   <si>
     <t>03032445</t>
   </si>
   <si>
     <t>R.A.K.</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;50ml;D=90,H=25mm;white</t>
   </si>
   <si>
     <t>03041322</t>
   </si>
   <si>
-    <t>Salad bowl;porcelain;80ml;D=75,H=38mm</t>
-[...4 lines deleted...]
-  <si>
     <t>Salad bowl;porcelain;D=11,H=5cm;gray</t>
   </si>
   <si>
     <t>03032924</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;D=11.5cm;black,red</t>
   </si>
   <si>
     <t>03031190</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;D=110,H=75mm;white</t>
   </si>
   <si>
     <t>03035087</t>
   </si>
   <si>
     <t>Salad bowl;porcelain;D=12,H=4cm;white</t>
   </si>
   <si>
     <t>03032914</t>
   </si>
   <si>
     <t>Chic</t>
@@ -12883,80 +11707,50 @@
   <si>
     <t>Salad bowl[300pcs];reed;,H=53,L=171,B=171mm;beige.</t>
   </si>
   <si>
     <t>03031514</t>
   </si>
   <si>
     <t>Salad bowl[3pcs];porcelain;,L=13,B=13cm;white</t>
   </si>
   <si>
     <t>03031513</t>
   </si>
   <si>
     <t>Salad bowl[6pcs];porcelain</t>
   </si>
   <si>
     <t>03034518</t>
   </si>
   <si>
     <t>Small bowl “Day and Night”;ceramics;270ml;D=11,H=5cm;white,black</t>
   </si>
   <si>
     <t>03034547</t>
   </si>
   <si>
-    <t>Square salad bowl “Bistro”; porcelain; 40 ml;, H=6, L=17, B=17cm; white</t>
-[...28 lines deleted...]
-  <si>
     <t>Square salad bowl; ceramics;, H=37, L=80, B=80mm; black</t>
   </si>
   <si>
     <t>03032913</t>
   </si>
   <si>
     <t>Square salad bowl; glass;, H=6, L=36, B=36 cm; transparent, green.</t>
   </si>
   <si>
     <t>03031192</t>
   </si>
   <si>
     <t>Square salad bowl; plastic; 0.6 l;, H=7, L=13, B=13cm; wood theme</t>
   </si>
   <si>
     <t>03031162</t>
   </si>
   <si>
     <t>Square salad bowl; plastic; 1.5 l;, H=7, L=20, B=20cm; wood theme, red</t>
   </si>
   <si>
     <t>03031163</t>
   </si>
   <si>
     <t>Square salad bowl; plastic; 3.8 l;, H=12, L=25, B=25 cm; white, green.</t>
@@ -12967,56 +11761,50 @@
   <si>
     <t>Square salad bowl; plastic; 4 l;, H=90, L=265, B=265mm; wood theme, green.</t>
   </si>
   <si>
     <t>03031164</t>
   </si>
   <si>
     <t>Square salad bowl; plastic;, L=12.5, B=12.5 cm; black</t>
   </si>
   <si>
     <t>03031717</t>
   </si>
   <si>
     <t>Square salad bowl; porcelain; 0.55 l;, H=5, L=16, B=16cm; white</t>
   </si>
   <si>
     <t>03031491</t>
   </si>
   <si>
     <t>Square salad bowl; porcelain; 0.71 l;, L=18, B=18 cm; white</t>
   </si>
   <si>
     <t>03030747</t>
   </si>
   <si>
-    <t>Square salad bowl; porcelain; 150 ml;, H=4, L=10, B=10 cm; white</t>
-[...4 lines deleted...]
-  <si>
     <t>Square salad bowl; porcelain; 300 ml;, H=45, L=130, B=130mm; white</t>
   </si>
   <si>
     <t>03031490</t>
   </si>
   <si>
     <t>Square salad bowl; porcelain; 450 ml;, H=49, L=156, B=156mm; white, gold</t>
   </si>
   <si>
     <t>03031195</t>
   </si>
   <si>
     <t>Square salad bowl; porcelain; white</t>
   </si>
   <si>
     <t>03030831</t>
   </si>
   <si>
     <t>Square salad bowl; porcelain;, H=40, L=135, B=135mm; white, gold</t>
   </si>
   <si>
     <t>03031777</t>
   </si>
   <si>
     <t>Square salad bowl; porcelain;, L=83, B=83mm; white</t>
@@ -13045,56 +11833,50 @@
   <si>
     <t>Square salad bowl;plastic;1.5l;,H=7,L=20,B=20cm;white</t>
   </si>
   <si>
     <t>03031781</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;1.5l;,H=9,L=19,B=19cm;black</t>
   </si>
   <si>
     <t>03032308</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;1.6l;,H=9,L=20,B=20cm;white</t>
   </si>
   <si>
     <t>03033788</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;140ml;,H=4,L=9,B=9cm;black,white</t>
   </si>
   <si>
     <t>03033097</t>
   </si>
   <si>
-    <t>Square salad bowl;plastic;140ml;,H=4,L=9,B=9cm;white</t>
-[...4 lines deleted...]
-  <si>
     <t>Square salad bowl;plastic;150ml;,H=4,L=9,B=9cm;brown,white</t>
   </si>
   <si>
     <t>03031398</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;150ml;,H=4,L=9,B=9cm;white</t>
   </si>
   <si>
     <t>03031779</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;150ml;,H=60,L=65,B=65mm;brown,white</t>
   </si>
   <si>
     <t>03031397</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;150ml;,H=60,L=65,B=65mm;white</t>
   </si>
   <si>
     <t>03031399</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;2.4l;,H=11,L=25,B=25cm;white</t>
@@ -13162,84 +11944,72 @@
   <si>
     <t>Square salad bowl;plastic;4l;,H=90,L=265,B=265mm;white</t>
   </si>
   <si>
     <t>03031783</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;8l;,H=14,L=32,B=32cm;black</t>
   </si>
   <si>
     <t>03033094</t>
   </si>
   <si>
     <t>Square salad bowl;plastic;8l;,H=14,L=32,B=32cm;white</t>
   </si>
   <si>
     <t>03033093</t>
   </si>
   <si>
     <t>Tea bowl “East”;porcelain;0.5l;D=140,H=65mm;blue</t>
   </si>
   <si>
     <t>03140743</t>
   </si>
   <si>
-    <t>Tea bowl “East”;porcelain;150ml;D=11,H=5cm;blue</t>
-[...4 lines deleted...]
-  <si>
     <t>Tea bowl “Vostok Gold”; porcelain; 0.5 l; D=140, H=65mm; blue, gold</t>
   </si>
   <si>
     <t>03140745</t>
   </si>
   <si>
     <t>Tea bowl “Vostok Gold”; porcelain; 150 ml; D=11, H=5 cm; blue, gold</t>
   </si>
   <si>
     <t>03140744</t>
   </si>
   <si>
     <t>Tea bowl;ceramics;300ml;D=110,H=75mm;turquoise.</t>
   </si>
   <si>
     <t>03141165</t>
   </si>
   <si>
     <t>Tea bowl;porcelain;330ml;D=118,H=56mm;white,gold</t>
   </si>
   <si>
     <t>03141135</t>
-  </si>
-[...4 lines deleted...]
-    <t>03031469</t>
   </si>
   <si>
     <t>Universal bowl</t>
   </si>
   <si>
     <t>09101229</t>
   </si>
   <si>
     <t>Tablec</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="# ##0.₽"/>
   </numFmts>
   <fonts count="4">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
@@ -13305,51 +12075,51 @@
   <cellXfs count="2">
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="false" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0"/>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F2144"/>
+  <dimension ref="A1:F1939"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1025" min="1" style="0" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
@@ -13388,29993 +12158,27123 @@
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="0" t="s">
         <v>14</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="0" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>21</v>
       </c>
-      <c r="B6" s="0" t="s">
+      <c r="C6" s="0" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D7" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="0" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="0" t="s">
         <v>30</v>
       </c>
-      <c r="B9" s="0" t="s">
+      <c r="D9" s="0" t="s">
         <v>31</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="0" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="0" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="0" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="0" t="s">
-        <v>45</v>
+        <v>42</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="0" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="0" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C19" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="D19" s="0" t="s">
         <v>53</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>55</v>
       </c>
-      <c r="B20" s="0" t="s">
+      <c r="C20" s="0" t="s">
         <v>56</v>
       </c>
-      <c r="C20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D20" s="0" t="s">
-        <v>23</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>20</v>
+        <v>60</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="0" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C22" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D22" s="0" t="s">
         <v>60</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="0" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>34</v>
+        <v>65</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="0" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="C27" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="D27" s="0" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="C30" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D30" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>8</v>
+        <v>85</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C32" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D32" s="0" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B36" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="C36" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D36" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B37" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="D37" s="0" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="0" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="0" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B40" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="C40" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="0" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>109</v>
+        <v>97</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="0" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="0" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>114</v>
+        <v>12</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="0" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B47" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B47" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C47" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B48" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B48" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C48" s="0" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="0" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>130</v>
+        <v>78</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="0" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>133</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="0" t="s">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>42</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>136</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="0" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>140</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>122</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>12</v>
+        <v>136</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>13</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="0" t="s">
         <v>143</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>144</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="0" t="s">
         <v>149</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>150</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B63" s="0" t="s">
         <v>158</v>
       </c>
-      <c r="B63" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C63" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B64" s="0" t="s">
         <v>160</v>
       </c>
-      <c r="B64" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C64" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="0" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>162</v>
+        <v>56</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>162</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="0" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>42</v>
+        <v>56</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="0" t="s">
-        <v>167</v>
+        <v>165</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>169</v>
+        <v>69</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>169</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="0" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>172</v>
+        <v>69</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>172</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="0" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>172</v>
+        <v>69</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>172</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="0" t="s">
-        <v>175</v>
+        <v>169</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>172</v>
+        <v>69</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>172</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="0" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>121</v>
+        <v>69</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>122</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="0" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>102</v>
+        <v>69</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="0" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>102</v>
+        <v>69</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>102</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="0" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>185</v>
+        <v>69</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>186</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="0" t="s">
-        <v>187</v>
+        <v>175</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>188</v>
+        <v>178</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>185</v>
+        <v>69</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>186</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="0" t="s">
-        <v>189</v>
+        <v>179</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>190</v>
+        <v>180</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="0" t="s">
-        <v>193</v>
+        <v>183</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>194</v>
+        <v>184</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>191</v>
+        <v>185</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="0" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>196</v>
+        <v>187</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>197</v>
+        <v>188</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="0" t="s">
-        <v>198</v>
+        <v>189</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="0" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>201</v>
+        <v>192</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>102</v>
+        <v>193</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>102</v>
+        <v>194</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="0" t="s">
-        <v>202</v>
+        <v>195</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>203</v>
+        <v>196</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>12</v>
+        <v>197</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>204</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="0" t="s">
-        <v>205</v>
+        <v>198</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>206</v>
+        <v>199</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>19</v>
+        <v>136</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>20</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="0" t="s">
-        <v>207</v>
+        <v>200</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>42</v>
+        <v>136</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>42</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="0" t="s">
-        <v>209</v>
+        <v>202</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>210</v>
+        <v>203</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>19</v>
+        <v>181</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="0" t="s">
-        <v>211</v>
+        <v>204</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>212</v>
+        <v>205</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>213</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="0" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>215</v>
+        <v>207</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>213</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="0" t="s">
-        <v>216</v>
+        <v>208</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>217</v>
+        <v>209</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="0" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>219</v>
+        <v>211</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="0" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="0" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>223</v>
+        <v>215</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="0" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>225</v>
+        <v>217</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>121</v>
+        <v>218</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>122</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="0" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="0" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="0" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="0" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="0" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>130</v>
+        <v>222</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="0" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>121</v>
+        <v>233</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>122</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="0" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>121</v>
+        <v>233</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>122</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="0" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>197</v>
+        <v>233</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>197</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="0" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>42</v>
+        <v>233</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>42</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="0" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>121</v>
+        <v>233</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>122</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="0" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>121</v>
+        <v>233</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>122</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="0" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>121</v>
+        <v>233</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>122</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="0" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="0" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="0" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="0" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="0" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="0" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="0" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="0" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="0" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>157</v>
+        <v>248</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>157</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="0" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>19</v>
+        <v>248</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>20</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="0" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="0" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="0" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>157</v>
+        <v>106</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="0" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="0" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="0" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="0" t="s">
-        <v>282</v>
+        <v>280</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="0" t="s">
-        <v>284</v>
+        <v>282</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>80</v>
+        <v>106</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>81</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="0" t="s">
+        <v>284</v>
+      </c>
+      <c r="B122" s="0" t="s">
+        <v>285</v>
+      </c>
+      <c r="C122" s="0" t="s">
         <v>286</v>
       </c>
-      <c r="B122" s="0" t="s">
+      <c r="D122" s="0" t="s">
         <v>287</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="0" t="s">
         <v>288</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>289</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="0" t="s">
         <v>290</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>291</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>186</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="0" t="s">
         <v>292</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>293</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>172</v>
+        <v>286</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>172</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="0" t="s">
+        <v>295</v>
+      </c>
+      <c r="B126" s="0" t="s">
+        <v>296</v>
+      </c>
+      <c r="C126" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D126" s="0" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="0" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>102</v>
+        <v>286</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>102</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="0" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>102</v>
+        <v>286</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>102</v>
+        <v>301</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="0" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B129" s="0" t="s">
+        <v>303</v>
+      </c>
+      <c r="C129" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D129" s="0" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="0" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>102</v>
+        <v>286</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>102</v>
+        <v>301</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="0" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>102</v>
+        <v>286</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>102</v>
+        <v>301</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="0" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>102</v>
+        <v>286</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>102</v>
+        <v>301</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="0" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="0" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="0" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>80</v>
+        <v>130</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>81</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="0" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>80</v>
+        <v>318</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>81</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="0" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>93</v>
+        <v>318</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>94</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="0" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="0" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="0" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="0" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="0" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="0" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="0" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="0" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>93</v>
+        <v>318</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>94</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="0" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>157</v>
+        <v>318</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>157</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="0" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>157</v>
+        <v>318</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>157</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="0" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>336</v>
+        <v>318</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>337</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="0" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>169</v>
+        <v>318</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>169</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="0" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>342</v>
+        <v>318</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>342</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="0" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>102</v>
+        <v>12</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="0" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="0" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>351</v>
+        <v>222</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>351</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="0" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>172</v>
+        <v>222</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>172</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="0" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>172</v>
+        <v>222</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>172</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="0" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>336</v>
+        <v>222</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>337</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="0" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>336</v>
+        <v>222</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>337</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="0" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="0" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="0" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="0" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>191</v>
+        <v>78</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>192</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="0" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="0" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="0" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="0" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>376</v>
+        <v>130</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>377</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="0" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="0" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D168" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="0" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="0" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="0" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="0" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="0" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>394</v>
+        <v>130</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>394</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="0" t="s">
         <v>395</v>
       </c>
       <c r="B174" s="0" t="s">
         <v>396</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>394</v>
+        <v>318</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>394</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="0" t="s">
         <v>397</v>
       </c>
       <c r="B175" s="0" t="s">
         <v>398</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>394</v>
+        <v>318</v>
       </c>
       <c r="D175" s="0" t="s">
-        <v>394</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="0" t="s">
         <v>399</v>
       </c>
       <c r="B176" s="0" t="s">
         <v>400</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>394</v>
+        <v>318</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>394</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="0" t="s">
         <v>401</v>
       </c>
       <c r="B177" s="0" t="s">
         <v>402</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>394</v>
+        <v>318</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>394</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="0" t="s">
         <v>403</v>
       </c>
       <c r="B178" s="0" t="s">
         <v>404</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>394</v>
+        <v>318</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>394</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="0" t="s">
         <v>405</v>
       </c>
       <c r="B179" s="0" t="s">
         <v>406</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>394</v>
+        <v>408</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="0" t="s">
+        <v>409</v>
+      </c>
+      <c r="B180" s="0" t="s">
+        <v>410</v>
+      </c>
+      <c r="C180" s="0" t="s">
         <v>407</v>
       </c>
-      <c r="B180" s="0" t="s">
+      <c r="D180" s="0" t="s">
         <v>408</v>
-      </c>
-[...4 lines deleted...]
-        <v>410</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="0" t="s">
         <v>411</v>
       </c>
       <c r="B181" s="0" t="s">
         <v>412</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>409</v>
+        <v>352</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>410</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="0" t="s">
         <v>413</v>
       </c>
       <c r="B182" s="0" t="s">
         <v>414</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>409</v>
+        <v>352</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>410</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="0" t="s">
         <v>415</v>
       </c>
       <c r="B183" s="0" t="s">
         <v>416</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="0" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>410</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="0" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>409</v>
+        <v>421</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>410</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="0" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>409</v>
+        <v>352</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>410</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="0" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>409</v>
+        <v>352</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>410</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="0" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>409</v>
+        <v>430</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>410</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="0" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>409</v>
+        <v>430</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>410</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="0" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>102</v>
+        <v>417</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>102</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="B191" s="0" t="s">
+        <v>437</v>
+      </c>
+      <c r="C191" s="0" t="s">
+        <v>430</v>
+      </c>
+      <c r="D191" s="0" t="s">
         <v>431</v>
-      </c>
-[...7 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="0" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>130</v>
+        <v>430</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="0" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>130</v>
+        <v>442</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="0" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>130</v>
+        <v>442</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="0" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="0" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="0" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>130</v>
+        <v>97</v>
       </c>
       <c r="D197" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="0" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>186</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="0" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>186</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="0" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>186</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="0" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>453</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="0" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D202" s="0" t="s">
-        <v>453</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="0" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>453</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="0" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>460</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="0" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>460</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="0" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>460</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="0" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>460</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="0" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>460</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="0" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="0" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="0" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="0" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>192</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="0" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>192</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="0" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="0" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="0" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="0" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="0" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="0" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="0" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="0" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="0" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="0" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>192</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="0" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>192</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="0" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>191</v>
+        <v>417</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>192</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="0" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>191</v>
+        <v>19</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>192</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="0" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>191</v>
+        <v>511</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>192</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="0" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>191</v>
+        <v>78</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>192</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="0" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>12</v>
+        <v>352</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>13</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="0" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>12</v>
+        <v>352</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>13</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="0" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>197</v>
+        <v>520</v>
       </c>
       <c r="D231" s="0" t="s">
-        <v>197</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="0" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D232" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="0" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D233" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="0" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D234" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="0" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D235" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="0" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D236" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="0" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D237" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="0" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D238" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="0" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D239" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="0" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D240" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="0" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D241" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="0" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D242" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="0" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D243" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="0" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D244" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="0" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D245" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="0" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D246" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="0" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D247" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="0" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D248" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="0" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D249" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="0" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D250" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="0" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D251" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="0" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D252" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="0" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D253" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="0" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>19</v>
+        <v>222</v>
       </c>
       <c r="D254" s="0" t="s">
-        <v>20</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="0" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D255" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="0" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D256" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="0" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>191</v>
+        <v>19</v>
       </c>
       <c r="D257" s="0" t="s">
-        <v>192</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="0" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>191</v>
+        <v>22</v>
       </c>
       <c r="D258" s="0" t="s">
-        <v>192</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="0" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>191</v>
+        <v>22</v>
       </c>
       <c r="D259" s="0" t="s">
-        <v>192</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="0" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>573</v>
+        <v>22</v>
       </c>
       <c r="D260" s="0" t="s">
-        <v>574</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="0" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>573</v>
+        <v>12</v>
       </c>
       <c r="D261" s="0" t="s">
-        <v>574</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="0" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>197</v>
+        <v>430</v>
       </c>
       <c r="D262" s="0" t="s">
-        <v>197</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="0" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>197</v>
+        <v>585</v>
       </c>
       <c r="D263" s="0" t="s">
-        <v>197</v>
+        <v>585</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="0" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>583</v>
+        <v>185</v>
       </c>
       <c r="D264" s="0" t="s">
-        <v>584</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="0" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>587</v>
+        <v>97</v>
       </c>
       <c r="D265" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="0" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>587</v>
+        <v>97</v>
       </c>
       <c r="D266" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="0" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D267" s="0" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="0" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D268" s="0" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="0" t="s">
-        <v>594</v>
+        <v>596</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>595</v>
+        <v>597</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D269" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="0" t="s">
         <v>598</v>
       </c>
       <c r="B270" s="0" t="s">
         <v>599</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D270" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="0" t="s">
         <v>600</v>
       </c>
       <c r="B271" s="0" t="s">
         <v>601</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>583</v>
+        <v>97</v>
       </c>
       <c r="D271" s="0" t="s">
-        <v>584</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="0" t="s">
         <v>602</v>
       </c>
       <c r="B272" s="0" t="s">
         <v>603</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>596</v>
+        <v>185</v>
       </c>
       <c r="D272" s="0" t="s">
-        <v>597</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="0" t="s">
         <v>604</v>
       </c>
       <c r="B273" s="0" t="s">
         <v>605</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D273" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="0" t="s">
         <v>606</v>
       </c>
       <c r="B274" s="0" t="s">
         <v>607</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>608</v>
+        <v>30</v>
       </c>
       <c r="D274" s="0" t="s">
-        <v>122</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B275" s="0" t="s">
         <v>609</v>
       </c>
-      <c r="B275" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C275" s="0" t="s">
-        <v>608</v>
+        <v>30</v>
       </c>
       <c r="D275" s="0" t="s">
-        <v>122</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="B276" s="0" t="s">
         <v>611</v>
       </c>
-      <c r="B276" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C276" s="0" t="s">
-        <v>608</v>
+        <v>97</v>
       </c>
       <c r="D276" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="0" t="s">
+        <v>612</v>
+      </c>
+      <c r="B277" s="0" t="s">
         <v>613</v>
       </c>
-      <c r="B277" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C277" s="0" t="s">
-        <v>608</v>
+        <v>97</v>
       </c>
       <c r="D277" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="B278" s="0" t="s">
         <v>615</v>
       </c>
-      <c r="B278" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C278" s="0" t="s">
-        <v>608</v>
+        <v>97</v>
       </c>
       <c r="D278" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="B279" s="0" t="s">
         <v>617</v>
       </c>
-      <c r="B279" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C279" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D279" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="0" t="s">
+        <v>618</v>
+      </c>
+      <c r="B280" s="0" t="s">
         <v>619</v>
       </c>
-      <c r="B280" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C280" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D280" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="0" t="s">
+        <v>620</v>
+      </c>
+      <c r="B281" s="0" t="s">
         <v>621</v>
       </c>
-      <c r="B281" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C281" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D281" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="0" t="s">
+        <v>622</v>
+      </c>
+      <c r="B282" s="0" t="s">
         <v>623</v>
       </c>
-      <c r="B282" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C282" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D282" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="0" t="s">
+        <v>624</v>
+      </c>
+      <c r="B283" s="0" t="s">
         <v>625</v>
       </c>
-      <c r="B283" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C283" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D283" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="B284" s="0" t="s">
         <v>627</v>
       </c>
-      <c r="B284" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C284" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D284" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="0" t="s">
+        <v>628</v>
+      </c>
+      <c r="B285" s="0" t="s">
         <v>629</v>
       </c>
-      <c r="B285" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C285" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D285" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="0" t="s">
+        <v>630</v>
+      </c>
+      <c r="B286" s="0" t="s">
         <v>631</v>
       </c>
-      <c r="B286" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C286" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D286" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="0" t="s">
+        <v>632</v>
+      </c>
+      <c r="B287" s="0" t="s">
         <v>633</v>
       </c>
-      <c r="B287" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C287" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D287" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="0" t="s">
+        <v>634</v>
+      </c>
+      <c r="B288" s="0" t="s">
         <v>635</v>
       </c>
-      <c r="B288" s="0" t="s">
+      <c r="C288" s="0" t="s">
         <v>636</v>
       </c>
-      <c r="C288" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D288" s="0" t="s">
-        <v>122</v>
+        <v>636</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="0" t="s">
         <v>637</v>
       </c>
       <c r="B289" s="0" t="s">
         <v>638</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D289" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="0" t="s">
         <v>639</v>
       </c>
       <c r="B290" s="0" t="s">
         <v>640</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D290" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="0" t="s">
         <v>641</v>
       </c>
       <c r="B291" s="0" t="s">
         <v>642</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D291" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="0" t="s">
         <v>643</v>
       </c>
       <c r="B292" s="0" t="s">
         <v>644</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D292" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="0" t="s">
         <v>645</v>
       </c>
       <c r="B293" s="0" t="s">
         <v>646</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>121</v>
+        <v>352</v>
       </c>
       <c r="D293" s="0" t="s">
-        <v>122</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="0" t="s">
         <v>647</v>
       </c>
       <c r="B294" s="0" t="s">
         <v>648</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D294" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="0" t="s">
         <v>649</v>
       </c>
       <c r="B295" s="0" t="s">
         <v>650</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D295" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="0" t="s">
         <v>651</v>
       </c>
       <c r="B296" s="0" t="s">
         <v>652</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D296" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="0" t="s">
         <v>653</v>
       </c>
       <c r="B297" s="0" t="s">
         <v>654</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D297" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="0" t="s">
         <v>655</v>
       </c>
       <c r="B298" s="0" t="s">
         <v>656</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D298" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="0" t="s">
         <v>657</v>
       </c>
       <c r="B299" s="0" t="s">
         <v>658</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D299" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="300">
       <c r="A300" s="0" t="s">
         <v>659</v>
       </c>
       <c r="B300" s="0" t="s">
         <v>660</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D300" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="0" t="s">
         <v>661</v>
       </c>
       <c r="B301" s="0" t="s">
         <v>662</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D301" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="302">
       <c r="A302" s="0" t="s">
         <v>663</v>
       </c>
       <c r="B302" s="0" t="s">
         <v>664</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D302" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="303">
       <c r="A303" s="0" t="s">
         <v>665</v>
       </c>
       <c r="B303" s="0" t="s">
         <v>666</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D303" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="304">
       <c r="A304" s="0" t="s">
         <v>667</v>
       </c>
       <c r="B304" s="0" t="s">
         <v>668</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D304" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="305">
       <c r="A305" s="0" t="s">
         <v>669</v>
       </c>
       <c r="B305" s="0" t="s">
         <v>670</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D305" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="306">
       <c r="A306" s="0" t="s">
         <v>671</v>
       </c>
       <c r="B306" s="0" t="s">
         <v>672</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D306" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="307">
       <c r="A307" s="0" t="s">
         <v>673</v>
       </c>
       <c r="B307" s="0" t="s">
         <v>674</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D307" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="308">
       <c r="A308" s="0" t="s">
         <v>675</v>
       </c>
       <c r="B308" s="0" t="s">
         <v>676</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>121</v>
+        <v>56</v>
       </c>
       <c r="D308" s="0" t="s">
-        <v>122</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="309">
       <c r="A309" s="0" t="s">
         <v>677</v>
       </c>
       <c r="B309" s="0" t="s">
         <v>678</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>583</v>
+        <v>56</v>
       </c>
       <c r="D309" s="0" t="s">
-        <v>584</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="310">
       <c r="A310" s="0" t="s">
         <v>679</v>
       </c>
       <c r="B310" s="0" t="s">
         <v>680</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>23</v>
+        <v>407</v>
       </c>
       <c r="D310" s="0" t="s">
-        <v>23</v>
+        <v>408</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="311">
       <c r="A311" s="0" t="s">
         <v>681</v>
       </c>
       <c r="B311" s="0" t="s">
         <v>682</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>683</v>
+        <v>407</v>
       </c>
       <c r="D311" s="0" t="s">
-        <v>597</v>
+        <v>408</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="312">
       <c r="A312" s="0" t="s">
+        <v>683</v>
+      </c>
+      <c r="B312" s="0" t="s">
         <v>684</v>
       </c>
-      <c r="B312" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C312" s="0" t="s">
-        <v>102</v>
+        <v>407</v>
       </c>
       <c r="D312" s="0" t="s">
-        <v>102</v>
+        <v>408</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="B313" s="0" t="s">
         <v>686</v>
       </c>
-      <c r="B313" s="0" t="s">
+      <c r="C313" s="0" t="s">
         <v>687</v>
       </c>
-      <c r="C313" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D313" s="0" t="s">
-        <v>197</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="0" t="s">
         <v>688</v>
       </c>
       <c r="B314" s="0" t="s">
         <v>689</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>197</v>
+        <v>687</v>
       </c>
       <c r="D314" s="0" t="s">
-        <v>197</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="315">
       <c r="A315" s="0" t="s">
         <v>690</v>
       </c>
       <c r="B315" s="0" t="s">
         <v>691</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="D315" s="0" t="s">
-        <v>692</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="0" t="s">
+        <v>692</v>
+      </c>
+      <c r="B316" s="0" t="s">
         <v>693</v>
       </c>
-      <c r="B316" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C316" s="0" t="s">
-        <v>19</v>
+        <v>197</v>
       </c>
       <c r="D316" s="0" t="s">
-        <v>20</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="0" t="s">
+        <v>694</v>
+      </c>
+      <c r="B317" s="0" t="s">
         <v>695</v>
       </c>
-      <c r="B317" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C317" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D317" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="0" t="s">
+        <v>696</v>
+      </c>
+      <c r="B318" s="0" t="s">
         <v>697</v>
       </c>
-      <c r="B318" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D318" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="0" t="s">
+        <v>698</v>
+      </c>
+      <c r="B319" s="0" t="s">
         <v>699</v>
       </c>
-      <c r="B319" s="0" t="s">
+      <c r="C319" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="D319" s="0" t="s">
         <v>700</v>
-      </c>
-[...4 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="320">
       <c r="A320" s="0" t="s">
         <v>701</v>
       </c>
       <c r="B320" s="0" t="s">
         <v>702</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>19</v>
+        <v>407</v>
       </c>
       <c r="D320" s="0" t="s">
-        <v>20</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="0" t="s">
         <v>703</v>
       </c>
       <c r="B321" s="0" t="s">
         <v>704</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>19</v>
+        <v>407</v>
       </c>
       <c r="D321" s="0" t="s">
-        <v>20</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="0" t="s">
         <v>705</v>
       </c>
       <c r="B322" s="0" t="s">
         <v>706</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>157</v>
+        <v>407</v>
       </c>
       <c r="D322" s="0" t="s">
-        <v>157</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="0" t="s">
         <v>707</v>
       </c>
       <c r="B323" s="0" t="s">
         <v>708</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>157</v>
+        <v>407</v>
       </c>
       <c r="D323" s="0" t="s">
-        <v>157</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="324">
       <c r="A324" s="0" t="s">
         <v>709</v>
       </c>
       <c r="B324" s="0" t="s">
         <v>710</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>157</v>
+        <v>407</v>
       </c>
       <c r="D324" s="0" t="s">
-        <v>157</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="325">
       <c r="A325" s="0" t="s">
         <v>711</v>
       </c>
       <c r="B325" s="0" t="s">
         <v>712</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>157</v>
+        <v>318</v>
       </c>
       <c r="D325" s="0" t="s">
-        <v>157</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="0" t="s">
         <v>713</v>
       </c>
       <c r="B326" s="0" t="s">
         <v>714</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="D326" s="0" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="327">
       <c r="A327" s="0" t="s">
         <v>715</v>
       </c>
       <c r="B327" s="0" t="s">
         <v>716</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D327" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="328">
       <c r="A328" s="0" t="s">
         <v>717</v>
       </c>
       <c r="B328" s="0" t="s">
         <v>718</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D328" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="0" t="s">
         <v>719</v>
       </c>
       <c r="B329" s="0" t="s">
         <v>720</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D329" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="330">
       <c r="A330" s="0" t="s">
         <v>721</v>
       </c>
       <c r="B330" s="0" t="s">
         <v>722</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D330" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="331">
       <c r="A331" s="0" t="s">
         <v>723</v>
       </c>
       <c r="B331" s="0" t="s">
         <v>724</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D331" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="332">
       <c r="A332" s="0" t="s">
         <v>725</v>
       </c>
       <c r="B332" s="0" t="s">
         <v>726</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D332" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="0" t="s">
         <v>727</v>
       </c>
       <c r="B333" s="0" t="s">
         <v>728</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>157</v>
+        <v>30</v>
       </c>
       <c r="D333" s="0" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="334">
       <c r="A334" s="0" t="s">
         <v>729</v>
       </c>
       <c r="B334" s="0" t="s">
         <v>730</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>157</v>
+        <v>407</v>
       </c>
       <c r="D334" s="0" t="s">
-        <v>157</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="335">
       <c r="A335" s="0" t="s">
         <v>731</v>
       </c>
       <c r="B335" s="0" t="s">
         <v>732</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
       <c r="D335" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="336">
       <c r="A336" s="0" t="s">
         <v>733</v>
       </c>
       <c r="B336" s="0" t="s">
         <v>734</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D336" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="337">
       <c r="A337" s="0" t="s">
         <v>735</v>
       </c>
       <c r="B337" s="0" t="s">
         <v>736</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D337" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="338">
       <c r="A338" s="0" t="s">
         <v>737</v>
       </c>
       <c r="B338" s="0" t="s">
         <v>738</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D338" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="339">
       <c r="A339" s="0" t="s">
         <v>739</v>
       </c>
       <c r="B339" s="0" t="s">
         <v>740</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>157</v>
+        <v>248</v>
       </c>
       <c r="D339" s="0" t="s">
-        <v>157</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="340">
       <c r="A340" s="0" t="s">
         <v>741</v>
       </c>
       <c r="B340" s="0" t="s">
         <v>742</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>157</v>
+        <v>318</v>
       </c>
       <c r="D340" s="0" t="s">
-        <v>157</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="341">
       <c r="A341" s="0" t="s">
         <v>743</v>
       </c>
       <c r="B341" s="0" t="s">
         <v>744</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>157</v>
+        <v>318</v>
       </c>
       <c r="D341" s="0" t="s">
-        <v>157</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="342">
       <c r="A342" s="0" t="s">
         <v>745</v>
       </c>
       <c r="B342" s="0" t="s">
         <v>746</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D342" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="343">
       <c r="A343" s="0" t="s">
         <v>747</v>
       </c>
       <c r="B343" s="0" t="s">
         <v>748</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="D343" s="0" t="s">
-        <v>23</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="0" t="s">
         <v>749</v>
       </c>
       <c r="B344" s="0" t="s">
         <v>750</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D344" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="345">
       <c r="A345" s="0" t="s">
         <v>751</v>
       </c>
       <c r="B345" s="0" t="s">
         <v>752</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D345" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="346">
       <c r="A346" s="0" t="s">
         <v>753</v>
       </c>
       <c r="B346" s="0" t="s">
         <v>754</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D346" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="347">
       <c r="A347" s="0" t="s">
         <v>755</v>
       </c>
       <c r="B347" s="0" t="s">
         <v>756</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="D347" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="348">
       <c r="A348" s="0" t="s">
         <v>757</v>
       </c>
       <c r="B348" s="0" t="s">
         <v>758</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>596</v>
+        <v>417</v>
       </c>
       <c r="D348" s="0" t="s">
-        <v>597</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="349">
       <c r="A349" s="0" t="s">
         <v>759</v>
       </c>
       <c r="B349" s="0" t="s">
         <v>760</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>761</v>
+        <v>417</v>
       </c>
       <c r="D349" s="0" t="s">
-        <v>761</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="350">
       <c r="A350" s="0" t="s">
+        <v>761</v>
+      </c>
+      <c r="B350" s="0" t="s">
         <v>762</v>
       </c>
-      <c r="B350" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C350" s="0" t="s">
-        <v>169</v>
+        <v>417</v>
       </c>
       <c r="D350" s="0" t="s">
-        <v>169</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="351">
       <c r="A351" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="B351" s="0" t="s">
         <v>764</v>
       </c>
-      <c r="B351" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C351" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D351" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="352">
       <c r="A352" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="B352" s="0" t="s">
         <v>766</v>
       </c>
-      <c r="B352" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C352" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D352" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="353">
       <c r="A353" s="0" t="s">
+        <v>767</v>
+      </c>
+      <c r="B353" s="0" t="s">
         <v>768</v>
       </c>
-      <c r="B353" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C353" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D353" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="354">
       <c r="A354" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="B354" s="0" t="s">
         <v>770</v>
       </c>
-      <c r="B354" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D354" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="355">
       <c r="A355" s="0" t="s">
+        <v>771</v>
+      </c>
+      <c r="B355" s="0" t="s">
         <v>772</v>
       </c>
-      <c r="B355" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C355" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D355" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="356">
       <c r="A356" s="0" t="s">
+        <v>773</v>
+      </c>
+      <c r="B356" s="0" t="s">
         <v>774</v>
       </c>
-      <c r="B356" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C356" s="0" t="s">
-        <v>121</v>
+        <v>30</v>
       </c>
       <c r="D356" s="0" t="s">
-        <v>122</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="357">
       <c r="A357" s="0" t="s">
+        <v>775</v>
+      </c>
+      <c r="B357" s="0" t="s">
         <v>776</v>
       </c>
-      <c r="B357" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C357" s="0" t="s">
-        <v>121</v>
+        <v>30</v>
       </c>
       <c r="D357" s="0" t="s">
-        <v>122</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="358">
       <c r="A358" s="0" t="s">
+        <v>777</v>
+      </c>
+      <c r="B358" s="0" t="s">
         <v>778</v>
       </c>
-      <c r="B358" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C358" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D358" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="359">
       <c r="A359" s="0" t="s">
+        <v>779</v>
+      </c>
+      <c r="B359" s="0" t="s">
         <v>780</v>
       </c>
-      <c r="B359" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C359" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D359" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="0" t="s">
+        <v>781</v>
+      </c>
+      <c r="B360" s="0" t="s">
         <v>782</v>
       </c>
-      <c r="B360" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C360" s="0" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="D360" s="0" t="s">
-        <v>35</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="361">
       <c r="A361" s="0" t="s">
+        <v>783</v>
+      </c>
+      <c r="B361" s="0" t="s">
         <v>784</v>
       </c>
-      <c r="B361" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C361" s="0" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="D361" s="0" t="s">
-        <v>35</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="362">
       <c r="A362" s="0" t="s">
+        <v>785</v>
+      </c>
+      <c r="B362" s="0" t="s">
         <v>786</v>
       </c>
-      <c r="B362" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C362" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D362" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="363">
       <c r="A363" s="0" t="s">
+        <v>787</v>
+      </c>
+      <c r="B363" s="0" t="s">
         <v>788</v>
       </c>
-      <c r="B363" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C363" s="0" t="s">
-        <v>121</v>
+        <v>318</v>
       </c>
       <c r="D363" s="0" t="s">
-        <v>122</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="364">
       <c r="A364" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="B364" s="0" t="s">
         <v>790</v>
       </c>
-      <c r="B364" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C364" s="0" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="D364" s="0" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="365">
       <c r="A365" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="B365" s="0" t="s">
         <v>792</v>
       </c>
-      <c r="B365" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C365" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D365" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="366">
       <c r="A366" s="0" t="s">
+        <v>793</v>
+      </c>
+      <c r="B366" s="0" t="s">
         <v>794</v>
       </c>
-      <c r="B366" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C366" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D366" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="367">
       <c r="A367" s="0" t="s">
+        <v>795</v>
+      </c>
+      <c r="B367" s="0" t="s">
         <v>796</v>
       </c>
-      <c r="B367" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C367" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D367" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="368">
       <c r="A368" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="B368" s="0" t="s">
         <v>798</v>
       </c>
-      <c r="B368" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C368" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D368" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="369">
       <c r="A369" s="0" t="s">
+        <v>799</v>
+      </c>
+      <c r="B369" s="0" t="s">
         <v>800</v>
       </c>
-      <c r="B369" s="0" t="s">
+      <c r="C369" s="0" t="s">
         <v>801</v>
       </c>
-      <c r="C369" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D369" s="0" t="s">
-        <v>122</v>
+        <v>802</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="370">
       <c r="A370" s="0" t="s">
+        <v>803</v>
+      </c>
+      <c r="B370" s="0" t="s">
+        <v>804</v>
+      </c>
+      <c r="C370" s="0" t="s">
+        <v>801</v>
+      </c>
+      <c r="D370" s="0" t="s">
         <v>802</v>
-      </c>
-[...7 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="371">
       <c r="A371" s="0" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>121</v>
+        <v>801</v>
       </c>
       <c r="D371" s="0" t="s">
-        <v>122</v>
+        <v>802</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="372">
       <c r="A372" s="0" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D372" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="373">
       <c r="A373" s="0" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>121</v>
+        <v>811</v>
       </c>
       <c r="D373" s="0" t="s">
-        <v>122</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="374">
       <c r="A374" s="0" t="s">
-        <v>810</v>
+        <v>813</v>
       </c>
       <c r="B374" s="0" t="s">
+        <v>814</v>
+      </c>
+      <c r="C374" s="0" t="s">
         <v>811</v>
-      </c>
-[...1 lines deleted...]
-        <v>812</v>
       </c>
       <c r="D374" s="0" t="s">
         <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="375">
       <c r="A375" s="0" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D375" s="0" t="s">
-        <v>20</v>
+        <v>817</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="376">
       <c r="A376" s="0" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D376" s="0" t="s">
-        <v>20</v>
+        <v>817</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="377">
       <c r="A377" s="0" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>19</v>
+        <v>181</v>
       </c>
       <c r="D377" s="0" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="378">
       <c r="A378" s="0" t="s">
-        <v>819</v>
+        <v>822</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>820</v>
+        <v>823</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>19</v>
+        <v>181</v>
       </c>
       <c r="D378" s="0" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="379">
       <c r="A379" s="0" t="s">
-        <v>821</v>
+        <v>824</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>822</v>
+        <v>825</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>42</v>
+        <v>430</v>
       </c>
       <c r="D379" s="0" t="s">
-        <v>42</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="380">
       <c r="A380" s="0" t="s">
-        <v>823</v>
+        <v>826</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>824</v>
+        <v>827</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>42</v>
+        <v>828</v>
       </c>
       <c r="D380" s="0" t="s">
-        <v>42</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="381">
       <c r="A381" s="0" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>197</v>
+        <v>831</v>
       </c>
       <c r="D381" s="0" t="s">
-        <v>197</v>
+        <v>832</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="382">
       <c r="A382" s="0" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D382" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="383">
       <c r="A383" s="0" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D383" s="0" t="s">
-        <v>157</v>
+        <v>817</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="384">
       <c r="A384" s="0" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>121</v>
+        <v>352</v>
       </c>
       <c r="D384" s="0" t="s">
-        <v>122</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="385">
       <c r="A385" s="0" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D385" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="386">
       <c r="A386" s="0" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D386" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="387">
       <c r="A387" s="0" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D387" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="388">
       <c r="A388" s="0" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D388" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="389">
       <c r="A389" s="0" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D389" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="390">
       <c r="A390" s="0" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D390" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="391">
       <c r="A391" s="0" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D391" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="392">
       <c r="A392" s="0" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D392" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="393">
       <c r="A393" s="0" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D393" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="394">
       <c r="A394" s="0" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D394" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="395">
       <c r="A395" s="0" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>121</v>
+        <v>352</v>
       </c>
       <c r="D395" s="0" t="s">
-        <v>122</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="396">
       <c r="A396" s="0" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>80</v>
+        <v>352</v>
       </c>
       <c r="D396" s="0" t="s">
-        <v>81</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="397">
       <c r="A397" s="0" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>80</v>
+        <v>352</v>
       </c>
       <c r="D397" s="0" t="s">
-        <v>81</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="398">
       <c r="A398" s="0" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>80</v>
+        <v>352</v>
       </c>
       <c r="D398" s="0" t="s">
-        <v>81</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="399">
       <c r="A399" s="0" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>573</v>
+        <v>869</v>
       </c>
       <c r="D399" s="0" t="s">
-        <v>574</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="400">
       <c r="A400" s="0" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>573</v>
+        <v>869</v>
       </c>
       <c r="D400" s="0" t="s">
-        <v>574</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="401">
       <c r="A401" s="0" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>573</v>
+        <v>869</v>
       </c>
       <c r="D401" s="0" t="s">
-        <v>574</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="402">
       <c r="A402" s="0" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="C402" s="0" t="s">
         <v>869</v>
       </c>
       <c r="D402" s="0" t="s">
-        <v>597</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="403">
       <c r="A403" s="0" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>869</v>
+        <v>97</v>
       </c>
       <c r="D403" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="404">
       <c r="A404" s="0" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>869</v>
+        <v>97</v>
       </c>
       <c r="D404" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="405">
       <c r="A405" s="0" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>351</v>
+        <v>97</v>
       </c>
       <c r="D405" s="0" t="s">
-        <v>351</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="406">
       <c r="A406" s="0" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>683</v>
+        <v>97</v>
       </c>
       <c r="D406" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="407">
       <c r="A407" s="0" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>683</v>
+        <v>97</v>
       </c>
       <c r="D407" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="408">
       <c r="A408" s="0" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>573</v>
+        <v>97</v>
       </c>
       <c r="D408" s="0" t="s">
-        <v>882</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="409">
       <c r="A409" s="0" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>573</v>
+        <v>890</v>
       </c>
       <c r="D409" s="0" t="s">
-        <v>882</v>
+        <v>891</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="410">
       <c r="A410" s="0" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>573</v>
+        <v>97</v>
       </c>
       <c r="D410" s="0" t="s">
-        <v>882</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="411">
       <c r="A411" s="0" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>573</v>
+        <v>22</v>
       </c>
       <c r="D411" s="0" t="s">
-        <v>882</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="412">
       <c r="A412" s="0" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>573</v>
+        <v>22</v>
       </c>
       <c r="D412" s="0" t="s">
-        <v>882</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="413">
       <c r="A413" s="0" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>573</v>
+        <v>222</v>
       </c>
       <c r="D413" s="0" t="s">
-        <v>882</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="414">
       <c r="A414" s="0" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="D414" s="0" t="s">
-        <v>192</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="415">
       <c r="A415" s="0" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>692</v>
+        <v>222</v>
       </c>
       <c r="D415" s="0" t="s">
-        <v>692</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="416">
       <c r="A416" s="0" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
       <c r="D416" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="417">
       <c r="A417" s="0" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
       <c r="D417" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="418">
       <c r="A418" s="0" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
       <c r="D418" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="419">
       <c r="A419" s="0" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
       <c r="D419" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="420">
       <c r="A420" s="0" t="s">
-        <v>905</v>
+        <v>912</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D420" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="421">
       <c r="A421" s="0" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D421" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="422">
       <c r="A422" s="0" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D422" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="423">
       <c r="A423" s="0" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>573</v>
+        <v>97</v>
       </c>
       <c r="D423" s="0" t="s">
-        <v>882</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="424">
       <c r="A424" s="0" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="D424" s="0" t="s">
-        <v>23</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="425">
       <c r="A425" s="0" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="D425" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="426">
       <c r="A426" s="0" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>169</v>
+        <v>19</v>
       </c>
       <c r="D426" s="0" t="s">
-        <v>169</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="427">
       <c r="A427" s="0" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>169</v>
+        <v>19</v>
       </c>
       <c r="D427" s="0" t="s">
-        <v>169</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="428">
       <c r="A428" s="0" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>409</v>
+        <v>181</v>
       </c>
       <c r="D428" s="0" t="s">
-        <v>410</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="429">
       <c r="A429" s="0" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D429" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="430">
       <c r="A430" s="0" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>191</v>
+        <v>934</v>
       </c>
       <c r="D430" s="0" t="s">
-        <v>192</v>
+        <v>934</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="431">
       <c r="A431" s="0" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>121</v>
+        <v>352</v>
       </c>
       <c r="D431" s="0" t="s">
-        <v>122</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="432">
       <c r="A432" s="0" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>121</v>
+        <v>352</v>
       </c>
       <c r="D432" s="0" t="s">
-        <v>122</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="433">
       <c r="A433" s="0" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D433" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="434">
       <c r="A434" s="0" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D434" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="435">
       <c r="A435" s="0" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D435" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="436">
       <c r="A436" s="0" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D436" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="437">
       <c r="A437" s="0" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>583</v>
+        <v>248</v>
       </c>
       <c r="D437" s="0" t="s">
-        <v>584</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="438">
       <c r="A438" s="0" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>583</v>
+        <v>248</v>
       </c>
       <c r="D438" s="0" t="s">
-        <v>584</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="439">
       <c r="A439" s="0" t="s">
-        <v>943</v>
+        <v>951</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>583</v>
+        <v>248</v>
       </c>
       <c r="D439" s="0" t="s">
-        <v>584</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="440">
       <c r="A440" s="0" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>583</v>
+        <v>248</v>
       </c>
       <c r="D440" s="0" t="s">
-        <v>584</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="441">
       <c r="A441" s="0" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>583</v>
+        <v>248</v>
       </c>
       <c r="D441" s="0" t="s">
-        <v>584</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="442">
       <c r="A442" s="0" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>583</v>
+        <v>248</v>
       </c>
       <c r="D442" s="0" t="s">
-        <v>584</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="443">
       <c r="A443" s="0" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>583</v>
+        <v>248</v>
       </c>
       <c r="D443" s="0" t="s">
-        <v>584</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="444">
       <c r="A444" s="0" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>583</v>
+        <v>248</v>
       </c>
       <c r="D444" s="0" t="s">
-        <v>584</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="445">
       <c r="A445" s="0" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D445" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="446">
       <c r="A446" s="0" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>34</v>
+        <v>69</v>
       </c>
       <c r="D446" s="0" t="s">
-        <v>35</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="447">
       <c r="A447" s="0" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="D447" s="0" t="s">
-        <v>35</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="448">
       <c r="A448" s="0" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="D448" s="0" t="s">
-        <v>35</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="449">
       <c r="A449" s="0" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D449" s="0" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="450">
       <c r="A450" s="0" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D450" s="0" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="451">
       <c r="A451" s="0" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D451" s="0" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="452">
       <c r="A452" s="0" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>121</v>
+        <v>22</v>
       </c>
       <c r="D452" s="0" t="s">
-        <v>122</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="453">
       <c r="A453" s="0" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>191</v>
+        <v>22</v>
       </c>
       <c r="D453" s="0" t="s">
-        <v>192</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="454">
       <c r="A454" s="0" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>169</v>
+        <v>520</v>
       </c>
       <c r="D454" s="0" t="s">
-        <v>169</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="455">
       <c r="A455" s="0" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>102</v>
+        <v>520</v>
       </c>
       <c r="D455" s="0" t="s">
-        <v>102</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="456">
       <c r="A456" s="0" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="D456" s="0" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="457">
       <c r="A457" s="0" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="D457" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="458">
       <c r="A458" s="0" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="D458" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="459">
       <c r="A459" s="0" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>984</v>
+        <v>992</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>985</v>
+        <v>22</v>
       </c>
       <c r="D459" s="0" t="s">
-        <v>986</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="460">
       <c r="A460" s="0" t="s">
-        <v>987</v>
+        <v>993</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>988</v>
+        <v>994</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>985</v>
+        <v>407</v>
       </c>
       <c r="D460" s="0" t="s">
-        <v>986</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="461">
       <c r="A461" s="0" t="s">
-        <v>989</v>
+        <v>995</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>990</v>
+        <v>996</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>985</v>
+        <v>407</v>
       </c>
       <c r="D461" s="0" t="s">
-        <v>986</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="462">
       <c r="A462" s="0" t="s">
-        <v>991</v>
+        <v>997</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>992</v>
+        <v>998</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>336</v>
+        <v>811</v>
       </c>
       <c r="D462" s="0" t="s">
-        <v>337</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="463">
       <c r="A463" s="0" t="s">
-        <v>993</v>
+        <v>999</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>994</v>
+        <v>1000</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>995</v>
+        <v>811</v>
       </c>
       <c r="D463" s="0" t="s">
-        <v>996</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="464">
       <c r="A464" s="0" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>995</v>
+        <v>286</v>
       </c>
       <c r="D464" s="0" t="s">
-        <v>996</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="465">
       <c r="A465" s="0" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D465" s="0" t="s">
-        <v>204</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="466">
       <c r="A466" s="0" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D466" s="0" t="s">
-        <v>204</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="467">
       <c r="A467" s="0" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>336</v>
+        <v>130</v>
       </c>
       <c r="D467" s="0" t="s">
-        <v>337</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="468">
       <c r="A468" s="0" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>336</v>
+        <v>130</v>
       </c>
       <c r="D468" s="0" t="s">
-        <v>337</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="469">
       <c r="A469" s="0" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>596</v>
+        <v>130</v>
       </c>
       <c r="D469" s="0" t="s">
-        <v>597</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="470">
       <c r="A470" s="0" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>1011</v>
+        <v>130</v>
       </c>
       <c r="D470" s="0" t="s">
-        <v>996</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="471">
       <c r="A471" s="0" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>1014</v>
+        <v>130</v>
       </c>
       <c r="D471" s="0" t="s">
-        <v>1015</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="472">
       <c r="A472" s="0" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>197</v>
+        <v>130</v>
       </c>
       <c r="D472" s="0" t="s">
-        <v>197</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="473">
       <c r="A473" s="0" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="D473" s="0" t="s">
-        <v>204</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="474">
       <c r="A474" s="0" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>197</v>
+        <v>130</v>
       </c>
       <c r="D474" s="0" t="s">
-        <v>197</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="475">
       <c r="A475" s="0" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>683</v>
+        <v>130</v>
       </c>
       <c r="D475" s="0" t="s">
-        <v>597</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="476">
       <c r="A476" s="0" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>683</v>
+        <v>130</v>
       </c>
       <c r="D476" s="0" t="s">
-        <v>597</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="477">
       <c r="A477" s="0" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>683</v>
+        <v>130</v>
       </c>
       <c r="D477" s="0" t="s">
-        <v>597</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="478">
       <c r="A478" s="0" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>683</v>
+        <v>130</v>
       </c>
       <c r="D478" s="0" t="s">
-        <v>597</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="479">
       <c r="A479" s="0" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>683</v>
+        <v>130</v>
       </c>
       <c r="D479" s="0" t="s">
-        <v>597</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="480">
       <c r="A480" s="0" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>683</v>
+        <v>130</v>
       </c>
       <c r="D480" s="0" t="s">
-        <v>597</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="481">
       <c r="A481" s="0" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>683</v>
+        <v>130</v>
       </c>
       <c r="D481" s="0" t="s">
-        <v>597</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="482">
       <c r="A482" s="0" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D482" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="483">
       <c r="A483" s="0" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D483" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="484">
       <c r="A484" s="0" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D484" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="485">
       <c r="A485" s="0" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>121</v>
+        <v>407</v>
       </c>
       <c r="D485" s="0" t="s">
-        <v>122</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="486">
       <c r="A486" s="0" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
       <c r="D486" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="487">
       <c r="A487" s="0" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
       <c r="D487" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="488">
       <c r="A488" s="0" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
       <c r="D488" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="489">
       <c r="A489" s="0" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
       <c r="D489" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="490">
       <c r="A490" s="0" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>1054</v>
+        <v>78</v>
       </c>
       <c r="D490" s="0" t="s">
-        <v>1054</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="491">
       <c r="A491" s="0" t="s">
         <v>1055</v>
       </c>
       <c r="B491" s="0" t="s">
         <v>1056</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1054</v>
+        <v>78</v>
       </c>
       <c r="D491" s="0" t="s">
-        <v>1054</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="492">
       <c r="A492" s="0" t="s">
         <v>1057</v>
       </c>
       <c r="B492" s="0" t="s">
         <v>1058</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>1054</v>
+        <v>78</v>
       </c>
       <c r="D492" s="0" t="s">
-        <v>1054</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="493">
       <c r="A493" s="0" t="s">
         <v>1059</v>
       </c>
       <c r="B493" s="0" t="s">
         <v>1060</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>1054</v>
+        <v>78</v>
       </c>
       <c r="D493" s="0" t="s">
-        <v>1054</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="494">
       <c r="A494" s="0" t="s">
         <v>1061</v>
       </c>
       <c r="B494" s="0" t="s">
         <v>1062</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>121</v>
+        <v>1063</v>
       </c>
       <c r="D494" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="495">
       <c r="A495" s="0" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B495" s="0" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C495" s="0" t="s">
         <v>1063</v>
       </c>
-      <c r="B495" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D495" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="496">
       <c r="A496" s="0" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>121</v>
+        <v>1063</v>
       </c>
       <c r="D496" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="497">
       <c r="A497" s="0" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>121</v>
+        <v>30</v>
       </c>
       <c r="D497" s="0" t="s">
-        <v>122</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="498">
       <c r="A498" s="0" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>121</v>
+        <v>30</v>
       </c>
       <c r="D498" s="0" t="s">
-        <v>122</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="499">
       <c r="A499" s="0" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D499" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="500">
       <c r="A500" s="0" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>1075</v>
+        <v>111</v>
       </c>
       <c r="D500" s="0" t="s">
-        <v>1076</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="501">
       <c r="A501" s="0" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B501" s="0" t="s">
         <v>1077</v>
       </c>
-      <c r="B501" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C501" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D501" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="502">
       <c r="A502" s="0" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B502" s="0" t="s">
         <v>1079</v>
       </c>
-      <c r="B502" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C502" s="0" t="s">
-        <v>80</v>
+        <v>111</v>
       </c>
       <c r="D502" s="0" t="s">
-        <v>81</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="503">
       <c r="A503" s="0" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B503" s="0" t="s">
         <v>1081</v>
       </c>
-      <c r="B503" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C503" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D503" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="504">
       <c r="A504" s="0" t="s">
+        <v>1082</v>
+      </c>
+      <c r="B504" s="0" t="s">
         <v>1083</v>
       </c>
-      <c r="B504" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C504" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D504" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="505">
       <c r="A505" s="0" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B505" s="0" t="s">
         <v>1085</v>
       </c>
-      <c r="B505" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C505" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D505" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="506">
       <c r="A506" s="0" t="s">
+        <v>1086</v>
+      </c>
+      <c r="B506" s="0" t="s">
         <v>1087</v>
       </c>
-      <c r="B506" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C506" s="0" t="s">
-        <v>157</v>
+        <v>30</v>
       </c>
       <c r="D506" s="0" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="507">
       <c r="A507" s="0" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B507" s="0" t="s">
         <v>1089</v>
       </c>
-      <c r="B507" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C507" s="0" t="s">
-        <v>157</v>
+        <v>30</v>
       </c>
       <c r="D507" s="0" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="508">
       <c r="A508" s="0" t="s">
+        <v>1090</v>
+      </c>
+      <c r="B508" s="0" t="s">
         <v>1091</v>
       </c>
-      <c r="B508" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C508" s="0" t="s">
-        <v>157</v>
+        <v>30</v>
       </c>
       <c r="D508" s="0" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="509">
       <c r="A509" s="0" t="s">
+        <v>1092</v>
+      </c>
+      <c r="B509" s="0" t="s">
         <v>1093</v>
       </c>
-      <c r="B509" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C509" s="0" t="s">
-        <v>157</v>
+        <v>30</v>
       </c>
       <c r="D509" s="0" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="510">
       <c r="A510" s="0" t="s">
+        <v>1094</v>
+      </c>
+      <c r="B510" s="0" t="s">
         <v>1095</v>
       </c>
-      <c r="B510" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C510" s="0" t="s">
-        <v>157</v>
+        <v>30</v>
       </c>
       <c r="D510" s="0" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="511">
       <c r="A511" s="0" t="s">
+        <v>1096</v>
+      </c>
+      <c r="B511" s="0" t="s">
         <v>1097</v>
       </c>
-      <c r="B511" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C511" s="0" t="s">
-        <v>157</v>
+        <v>248</v>
       </c>
       <c r="D511" s="0" t="s">
-        <v>157</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="512">
       <c r="A512" s="0" t="s">
+        <v>1098</v>
+      </c>
+      <c r="B512" s="0" t="s">
         <v>1099</v>
       </c>
-      <c r="B512" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C512" s="0" t="s">
-        <v>157</v>
+        <v>248</v>
       </c>
       <c r="D512" s="0" t="s">
-        <v>157</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="513">
       <c r="A513" s="0" t="s">
+        <v>1100</v>
+      </c>
+      <c r="B513" s="0" t="s">
         <v>1101</v>
       </c>
-      <c r="B513" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C513" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D513" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="514">
       <c r="A514" s="0" t="s">
+        <v>1102</v>
+      </c>
+      <c r="B514" s="0" t="s">
         <v>1103</v>
       </c>
-      <c r="B514" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C514" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D514" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="515">
       <c r="A515" s="0" t="s">
+        <v>1104</v>
+      </c>
+      <c r="B515" s="0" t="s">
         <v>1105</v>
       </c>
-      <c r="B515" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C515" s="0" t="s">
-        <v>12</v>
+        <v>352</v>
       </c>
       <c r="D515" s="0" t="s">
-        <v>13</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="516">
       <c r="A516" s="0" t="s">
+        <v>1106</v>
+      </c>
+      <c r="B516" s="0" t="s">
         <v>1107</v>
       </c>
-      <c r="B516" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C516" s="0" t="s">
-        <v>26</v>
+        <v>352</v>
       </c>
       <c r="D516" s="0" t="s">
-        <v>27</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="517">
       <c r="A517" s="0" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B517" s="0" t="s">
         <v>1109</v>
       </c>
-      <c r="B517" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C517" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="D517" s="0" t="s">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="518">
       <c r="A518" s="0" t="s">
+        <v>1110</v>
+      </c>
+      <c r="B518" s="0" t="s">
         <v>1111</v>
       </c>
-      <c r="B518" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C518" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D518" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="519">
       <c r="A519" s="0" t="s">
+        <v>1112</v>
+      </c>
+      <c r="B519" s="0" t="s">
         <v>1113</v>
       </c>
-      <c r="B519" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C519" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D519" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="520">
       <c r="A520" s="0" t="s">
+        <v>1114</v>
+      </c>
+      <c r="B520" s="0" t="s">
         <v>1115</v>
       </c>
-      <c r="B520" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C520" s="0" t="s">
-        <v>157</v>
+        <v>421</v>
       </c>
       <c r="D520" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="521">
       <c r="A521" s="0" t="s">
+        <v>1116</v>
+      </c>
+      <c r="B521" s="0" t="s">
         <v>1117</v>
       </c>
-      <c r="B521" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C521" s="0" t="s">
-        <v>157</v>
+        <v>421</v>
       </c>
       <c r="D521" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="522">
       <c r="A522" s="0" t="s">
+        <v>1118</v>
+      </c>
+      <c r="B522" s="0" t="s">
         <v>1119</v>
       </c>
-      <c r="B522" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C522" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D522" s="0" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="523">
       <c r="A523" s="0" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B523" s="0" t="s">
         <v>1121</v>
       </c>
-      <c r="B523" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C523" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D523" s="0" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="524">
       <c r="A524" s="0" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B524" s="0" t="s">
         <v>1123</v>
       </c>
-      <c r="B524" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C524" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D524" s="0" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="525">
       <c r="A525" s="0" t="s">
+        <v>1124</v>
+      </c>
+      <c r="B525" s="0" t="s">
         <v>1125</v>
       </c>
-      <c r="B525" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C525" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D525" s="0" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="526">
       <c r="A526" s="0" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B526" s="0" t="s">
         <v>1127</v>
       </c>
-      <c r="B526" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C526" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D526" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="527">
       <c r="A527" s="0" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B527" s="0" t="s">
         <v>1129</v>
       </c>
-      <c r="B527" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C527" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D527" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="528">
       <c r="A528" s="0" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B528" s="0" t="s">
         <v>1131</v>
       </c>
-      <c r="B528" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C528" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D528" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="529">
       <c r="A529" s="0" t="s">
+        <v>1132</v>
+      </c>
+      <c r="B529" s="0" t="s">
         <v>1133</v>
       </c>
-      <c r="B529" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C529" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D529" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="530">
       <c r="A530" s="0" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B530" s="0" t="s">
         <v>1135</v>
       </c>
-      <c r="B530" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C530" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D530" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="531">
       <c r="A531" s="0" t="s">
+        <v>1136</v>
+      </c>
+      <c r="B531" s="0" t="s">
         <v>1137</v>
       </c>
-      <c r="B531" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C531" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D531" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="532">
       <c r="A532" s="0" t="s">
+        <v>1138</v>
+      </c>
+      <c r="B532" s="0" t="s">
         <v>1139</v>
       </c>
-      <c r="B532" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C532" s="0" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="D532" s="0" t="s">
-        <v>23</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="533">
       <c r="A533" s="0" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B533" s="0" t="s">
         <v>1141</v>
       </c>
-      <c r="B533" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C533" s="0" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="D533" s="0" t="s">
-        <v>23</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="534">
       <c r="A534" s="0" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B534" s="0" t="s">
         <v>1143</v>
       </c>
-      <c r="B534" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C534" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D534" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="535">
       <c r="A535" s="0" t="s">
+        <v>1144</v>
+      </c>
+      <c r="B535" s="0" t="s">
         <v>1145</v>
       </c>
-      <c r="B535" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C535" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D535" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="536">
       <c r="A536" s="0" t="s">
+        <v>1146</v>
+      </c>
+      <c r="B536" s="0" t="s">
         <v>1147</v>
       </c>
-      <c r="B536" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C536" s="0" t="s">
-        <v>1149</v>
+        <v>222</v>
       </c>
       <c r="D536" s="0" t="s">
-        <v>1149</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="537">
       <c r="A537" s="0" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c r="D537" s="0" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="538">
       <c r="A538" s="0" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>197</v>
+        <v>430</v>
       </c>
       <c r="D538" s="0" t="s">
-        <v>197</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="539">
       <c r="A539" s="0" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>42</v>
+        <v>352</v>
       </c>
       <c r="D539" s="0" t="s">
-        <v>42</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="540">
       <c r="A540" s="0" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>42</v>
+        <v>352</v>
       </c>
       <c r="D540" s="0" t="s">
-        <v>42</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="541">
       <c r="A541" s="0" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>42</v>
+        <v>1063</v>
       </c>
       <c r="D541" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="542">
       <c r="A542" s="0" t="s">
-        <v>1160</v>
+        <v>1158</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>409</v>
+        <v>78</v>
       </c>
       <c r="D542" s="0" t="s">
-        <v>410</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="543">
       <c r="A543" s="0" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D543" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="544">
       <c r="A544" s="0" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>1165</v>
+        <v>1163</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D544" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="545">
       <c r="A545" s="0" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D545" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="546">
       <c r="A546" s="0" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>1169</v>
+        <v>1167</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D546" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="547">
       <c r="A547" s="0" t="s">
-        <v>1170</v>
+        <v>1168</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>1171</v>
+        <v>1169</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D547" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="548">
       <c r="A548" s="0" t="s">
-        <v>1172</v>
+        <v>1170</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>1173</v>
+        <v>1171</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D548" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="549">
       <c r="A549" s="0" t="s">
-        <v>1174</v>
+        <v>1172</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>1175</v>
+        <v>1173</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D549" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="550">
       <c r="A550" s="0" t="s">
-        <v>1176</v>
+        <v>1174</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>1177</v>
+        <v>1175</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>409</v>
+        <v>78</v>
       </c>
       <c r="D550" s="0" t="s">
-        <v>410</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="551">
       <c r="A551" s="0" t="s">
-        <v>1178</v>
+        <v>1176</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>409</v>
+        <v>78</v>
       </c>
       <c r="D551" s="0" t="s">
-        <v>410</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="552">
       <c r="A552" s="0" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="D552" s="0" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="553">
       <c r="A553" s="0" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>1183</v>
+        <v>1181</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D553" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="554">
       <c r="A554" s="0" t="s">
-        <v>1184</v>
+        <v>1182</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>1185</v>
+        <v>1183</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
       <c r="D554" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="555">
       <c r="A555" s="0" t="s">
-        <v>1186</v>
+        <v>1184</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>1187</v>
+        <v>1185</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D555" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="556">
       <c r="A556" s="0" t="s">
-        <v>1188</v>
+        <v>1184</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>1189</v>
+        <v>1186</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D556" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="557">
       <c r="A557" s="0" t="s">
-        <v>1190</v>
+        <v>1187</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>1191</v>
+        <v>1188</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D557" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="558">
       <c r="A558" s="0" t="s">
-        <v>1192</v>
+        <v>1189</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>1193</v>
+        <v>1190</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D558" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="559">
       <c r="A559" s="0" t="s">
-        <v>1194</v>
+        <v>1191</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>1195</v>
+        <v>1192</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D559" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="560">
       <c r="A560" s="0" t="s">
-        <v>1196</v>
+        <v>1193</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>1197</v>
+        <v>1194</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>692</v>
+        <v>78</v>
       </c>
       <c r="D560" s="0" t="s">
-        <v>692</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="561">
       <c r="A561" s="0" t="s">
-        <v>1198</v>
+        <v>1195</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>1199</v>
+        <v>1196</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>692</v>
+        <v>78</v>
       </c>
       <c r="D561" s="0" t="s">
-        <v>692</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="562">
       <c r="A562" s="0" t="s">
-        <v>1200</v>
+        <v>1197</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>1201</v>
+        <v>1198</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D562" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="563">
       <c r="A563" s="0" t="s">
-        <v>1202</v>
+        <v>1199</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>1203</v>
+        <v>1200</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D563" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="564">
       <c r="A564" s="0" t="s">
-        <v>1204</v>
+        <v>1201</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>1205</v>
+        <v>1202</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>683</v>
+        <v>78</v>
       </c>
       <c r="D564" s="0" t="s">
-        <v>597</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="565">
       <c r="A565" s="0" t="s">
-        <v>1206</v>
+        <v>1203</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>1207</v>
+        <v>1204</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="D565" s="0" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="566">
       <c r="A566" s="0" t="s">
-        <v>1208</v>
+        <v>1205</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>1209</v>
+        <v>1206</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>26</v>
+        <v>90</v>
       </c>
       <c r="D566" s="0" t="s">
-        <v>27</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="567">
       <c r="A567" s="0" t="s">
-        <v>1210</v>
+        <v>1207</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>1211</v>
+        <v>1208</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>573</v>
+        <v>90</v>
       </c>
       <c r="D567" s="0" t="s">
-        <v>882</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="568">
       <c r="A568" s="0" t="s">
-        <v>1212</v>
+        <v>1209</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>1213</v>
+        <v>1210</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>573</v>
+        <v>181</v>
       </c>
       <c r="D568" s="0" t="s">
-        <v>882</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="569">
       <c r="A569" s="0" t="s">
-        <v>1214</v>
+        <v>1211</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>1215</v>
+        <v>1212</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>995</v>
+        <v>22</v>
       </c>
       <c r="D569" s="0" t="s">
-        <v>996</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="570">
       <c r="A570" s="0" t="s">
-        <v>1216</v>
+        <v>1213</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>1217</v>
+        <v>1214</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>995</v>
+        <v>22</v>
       </c>
       <c r="D570" s="0" t="s">
-        <v>996</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="571">
       <c r="A571" s="0" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>1219</v>
+        <v>1216</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D571" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="572">
       <c r="A572" s="0" t="s">
-        <v>1220</v>
+        <v>1217</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>1221</v>
+        <v>1218</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D572" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="573">
       <c r="A573" s="0" t="s">
-        <v>1222</v>
+        <v>1219</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>1223</v>
+        <v>1220</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>185</v>
+        <v>12</v>
       </c>
       <c r="D573" s="0" t="s">
-        <v>186</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="574">
       <c r="A574" s="0" t="s">
-        <v>1224</v>
+        <v>1221</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>1225</v>
+        <v>1222</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>19</v>
+        <v>352</v>
       </c>
       <c r="D574" s="0" t="s">
-        <v>20</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="575">
       <c r="A575" s="0" t="s">
-        <v>1226</v>
+        <v>1223</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>1227</v>
+        <v>1224</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D575" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="576">
       <c r="A576" s="0" t="s">
-        <v>1228</v>
+        <v>1225</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>1229</v>
+        <v>1226</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="D576" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="577">
       <c r="A577" s="0" t="s">
-        <v>1230</v>
+        <v>1227</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>1231</v>
+        <v>1228</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>19</v>
+        <v>185</v>
       </c>
       <c r="D577" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="578">
       <c r="A578" s="0" t="s">
-        <v>1232</v>
+        <v>1229</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>1233</v>
+        <v>1230</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>19</v>
+        <v>185</v>
       </c>
       <c r="D578" s="0" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="579">
       <c r="A579" s="0" t="s">
-        <v>1234</v>
+        <v>1231</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>1235</v>
+        <v>1232</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D579" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="580">
       <c r="A580" s="0" t="s">
-        <v>1236</v>
+        <v>1233</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>1237</v>
+        <v>1234</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D580" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="581">
       <c r="A581" s="0" t="s">
-        <v>1238</v>
+        <v>1235</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>1239</v>
+        <v>1236</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D581" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="582">
       <c r="A582" s="0" t="s">
-        <v>1240</v>
+        <v>1237</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>1241</v>
+        <v>1238</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D582" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="583">
       <c r="A583" s="0" t="s">
-        <v>1242</v>
+        <v>1239</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>1243</v>
+        <v>1240</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D583" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="584">
       <c r="A584" s="0" t="s">
-        <v>1244</v>
+        <v>1241</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>1245</v>
+        <v>1242</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>19</v>
+        <v>811</v>
       </c>
       <c r="D584" s="0" t="s">
-        <v>20</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="585">
       <c r="A585" s="0" t="s">
-        <v>1246</v>
+        <v>1243</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>1247</v>
+        <v>1244</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>19</v>
+        <v>811</v>
       </c>
       <c r="D585" s="0" t="s">
-        <v>20</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="586">
       <c r="A586" s="0" t="s">
-        <v>1248</v>
+        <v>1245</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>1249</v>
+        <v>1246</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>19</v>
+        <v>417</v>
       </c>
       <c r="D586" s="0" t="s">
-        <v>20</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="587">
       <c r="A587" s="0" t="s">
-        <v>1250</v>
+        <v>1247</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>1251</v>
+        <v>1248</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D587" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="588">
       <c r="A588" s="0" t="s">
-        <v>1252</v>
+        <v>1249</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>1253</v>
+        <v>1250</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>19</v>
+        <v>520</v>
       </c>
       <c r="D588" s="0" t="s">
-        <v>20</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="589">
       <c r="A589" s="0" t="s">
-        <v>1254</v>
+        <v>1251</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>1255</v>
+        <v>1252</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D589" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="590">
       <c r="A590" s="0" t="s">
-        <v>1256</v>
+        <v>1253</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>1257</v>
+        <v>1254</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D590" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="591">
       <c r="A591" s="0" t="s">
-        <v>1258</v>
+        <v>1255</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>1259</v>
+        <v>1256</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D591" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="592">
       <c r="A592" s="0" t="s">
-        <v>1260</v>
+        <v>1257</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>1261</v>
+        <v>1258</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>573</v>
+        <v>78</v>
       </c>
       <c r="D592" s="0" t="s">
-        <v>882</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="593">
       <c r="A593" s="0" t="s">
-        <v>1262</v>
+        <v>1259</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>1263</v>
+        <v>1260</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>102</v>
+        <v>181</v>
       </c>
       <c r="D593" s="0" t="s">
-        <v>102</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="594">
       <c r="A594" s="0" t="s">
-        <v>1264</v>
+        <v>1261</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>1265</v>
+        <v>1262</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D594" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="595">
       <c r="A595" s="0" t="s">
-        <v>1266</v>
+        <v>1263</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>1267</v>
+        <v>1264</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
       <c r="D595" s="0" t="s">
-        <v>102</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="596">
       <c r="A596" s="0" t="s">
-        <v>1268</v>
+        <v>1265</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>1269</v>
+        <v>1266</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>102</v>
+        <v>248</v>
       </c>
       <c r="D596" s="0" t="s">
-        <v>102</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="597">
       <c r="A597" s="0" t="s">
-        <v>1270</v>
+        <v>1267</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>1271</v>
+        <v>1268</v>
       </c>
       <c r="C597" s="0" t="s">
-        <v>102</v>
+        <v>248</v>
       </c>
       <c r="D597" s="0" t="s">
-        <v>102</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="598">
       <c r="A598" s="0" t="s">
-        <v>1272</v>
+        <v>1269</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>1273</v>
+        <v>1270</v>
       </c>
       <c r="C598" s="0" t="s">
-        <v>102</v>
+        <v>248</v>
       </c>
       <c r="D598" s="0" t="s">
-        <v>102</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="599">
       <c r="A599" s="0" t="s">
-        <v>1274</v>
+        <v>1271</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>1275</v>
+        <v>1272</v>
       </c>
       <c r="C599" s="0" t="s">
-        <v>102</v>
+        <v>248</v>
       </c>
       <c r="D599" s="0" t="s">
-        <v>102</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="600">
       <c r="A600" s="0" t="s">
-        <v>1276</v>
+        <v>1273</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>1277</v>
+        <v>1274</v>
       </c>
       <c r="C600" s="0" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="D600" s="0" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="601">
       <c r="A601" s="0" t="s">
-        <v>1278</v>
+        <v>1275</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>1279</v>
+        <v>1276</v>
       </c>
       <c r="C601" s="0" t="s">
-        <v>1280</v>
+        <v>22</v>
       </c>
       <c r="D601" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="602">
       <c r="A602" s="0" t="s">
-        <v>1281</v>
+        <v>1277</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>1282</v>
+        <v>1278</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>1280</v>
+        <v>22</v>
       </c>
       <c r="D602" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="603">
       <c r="A603" s="0" t="s">
-        <v>1283</v>
+        <v>1279</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>1284</v>
+        <v>1280</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>1280</v>
+        <v>22</v>
       </c>
       <c r="D603" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="604">
       <c r="A604" s="0" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>1286</v>
+        <v>1282</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="D604" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="605">
       <c r="A605" s="0" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>34</v>
+        <v>1285</v>
       </c>
       <c r="D605" s="0" t="s">
-        <v>35</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="606">
       <c r="A606" s="0" t="s">
-        <v>1289</v>
+        <v>1287</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>1290</v>
+        <v>1288</v>
       </c>
       <c r="C606" s="0" t="s">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="D606" s="0" t="s">
-        <v>42</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="607">
       <c r="A607" s="0" t="s">
-        <v>1291</v>
+        <v>1289</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>1292</v>
+        <v>1290</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="D607" s="0" t="s">
-        <v>42</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="608">
       <c r="A608" s="0" t="s">
-        <v>1293</v>
+        <v>1291</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>42</v>
+        <v>130</v>
       </c>
       <c r="D608" s="0" t="s">
-        <v>42</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="609">
       <c r="A609" s="0" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>1296</v>
+        <v>1294</v>
       </c>
       <c r="C609" s="0" t="s">
-        <v>42</v>
+        <v>430</v>
       </c>
       <c r="D609" s="0" t="s">
-        <v>42</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="610">
       <c r="A610" s="0" t="s">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>1298</v>
+        <v>1296</v>
       </c>
       <c r="C610" s="0" t="s">
-        <v>12</v>
+        <v>352</v>
       </c>
       <c r="D610" s="0" t="s">
-        <v>13</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="611">
       <c r="A611" s="0" t="s">
-        <v>1299</v>
+        <v>1297</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>1300</v>
+        <v>1298</v>
       </c>
       <c r="C611" s="0" t="s">
-        <v>12</v>
+        <v>352</v>
       </c>
       <c r="D611" s="0" t="s">
-        <v>13</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="612">
       <c r="A612" s="0" t="s">
-        <v>1301</v>
+        <v>1299</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>1302</v>
+        <v>1300</v>
       </c>
       <c r="C612" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="D612" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="613">
       <c r="A613" s="0" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D613" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="614">
       <c r="A614" s="0" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D614" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="615">
       <c r="A615" s="0" t="s">
-        <v>1307</v>
+        <v>1305</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>1308</v>
+        <v>1306</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D615" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="616">
       <c r="A616" s="0" t="s">
-        <v>1309</v>
+        <v>1307</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>1310</v>
+        <v>1308</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D616" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="617">
       <c r="A617" s="0" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D617" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="618">
       <c r="A618" s="0" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D618" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="619">
       <c r="A619" s="0" t="s">
-        <v>1315</v>
+        <v>1313</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>1316</v>
+        <v>1314</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D619" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="620">
       <c r="A620" s="0" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D620" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="621">
       <c r="A621" s="0" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D621" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="622">
       <c r="A622" s="0" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D622" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="623">
       <c r="A623" s="0" t="s">
-        <v>1323</v>
+        <v>1321</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D623" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="624">
       <c r="A624" s="0" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>1326</v>
+        <v>1324</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>12</v>
+        <v>222</v>
       </c>
       <c r="D624" s="0" t="s">
-        <v>13</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="625">
       <c r="A625" s="0" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>12</v>
+        <v>222</v>
       </c>
       <c r="D625" s="0" t="s">
-        <v>13</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="626">
       <c r="A626" s="0" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>12</v>
+        <v>222</v>
       </c>
       <c r="D626" s="0" t="s">
-        <v>13</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="627">
       <c r="A627" s="0" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>587</v>
+        <v>222</v>
       </c>
       <c r="D627" s="0" t="s">
-        <v>13</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="628">
       <c r="A628" s="0" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>587</v>
+        <v>222</v>
       </c>
       <c r="D628" s="0" t="s">
-        <v>13</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="629">
       <c r="A629" s="0" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D629" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="630">
       <c r="A630" s="0" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D630" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="631">
       <c r="A631" s="0" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="C631" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D631" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="632">
       <c r="A632" s="0" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D632" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="633">
       <c r="A633" s="0" t="s">
-        <v>1343</v>
+        <v>1341</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>1344</v>
+        <v>1342</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D633" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="634">
       <c r="A634" s="0" t="s">
-        <v>1345</v>
+        <v>1343</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>1346</v>
+        <v>1344</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D634" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="635">
       <c r="A635" s="0" t="s">
-        <v>1347</v>
+        <v>1345</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>1348</v>
+        <v>1346</v>
       </c>
       <c r="C635" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D635" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="636">
       <c r="A636" s="0" t="s">
-        <v>1349</v>
+        <v>1347</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>1350</v>
+        <v>1348</v>
       </c>
       <c r="C636" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D636" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="637">
       <c r="A637" s="0" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="C637" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D637" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="638">
       <c r="A638" s="0" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>1354</v>
+        <v>1352</v>
       </c>
       <c r="C638" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D638" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="639">
       <c r="A639" s="0" t="s">
-        <v>1355</v>
+        <v>1353</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="C639" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D639" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="640">
       <c r="A640" s="0" t="s">
-        <v>1357</v>
+        <v>1355</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>1358</v>
+        <v>1356</v>
       </c>
       <c r="C640" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D640" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="641">
       <c r="A641" s="0" t="s">
-        <v>1359</v>
+        <v>1357</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>1360</v>
+        <v>1358</v>
       </c>
       <c r="C641" s="0" t="s">
-        <v>121</v>
+        <v>1285</v>
       </c>
       <c r="D641" s="0" t="s">
-        <v>122</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="642">
       <c r="A642" s="0" t="s">
-        <v>1361</v>
+        <v>1359</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>1362</v>
+        <v>1360</v>
       </c>
       <c r="C642" s="0" t="s">
-        <v>102</v>
+        <v>286</v>
       </c>
       <c r="D642" s="0" t="s">
-        <v>102</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="643">
       <c r="A643" s="0" t="s">
-        <v>1363</v>
+        <v>1361</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>1364</v>
+        <v>1362</v>
       </c>
       <c r="C643" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D643" s="0" t="s">
-        <v>157</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="644">
       <c r="A644" s="0" t="s">
-        <v>1365</v>
+        <v>1363</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>1366</v>
+        <v>1364</v>
       </c>
       <c r="C644" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D644" s="0" t="s">
-        <v>157</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="645">
       <c r="A645" s="0" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B645" s="0" t="s">
+        <v>1366</v>
+      </c>
+      <c r="C645" s="0" t="s">
         <v>1367</v>
       </c>
-      <c r="B645" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D645" s="0" t="s">
-        <v>13</v>
+        <v>1367</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="646">
       <c r="A646" s="0" t="s">
+        <v>1368</v>
+      </c>
+      <c r="B646" s="0" t="s">
         <v>1369</v>
       </c>
-      <c r="B646" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C646" s="0" t="s">
-        <v>596</v>
+        <v>1367</v>
       </c>
       <c r="D646" s="0" t="s">
-        <v>597</v>
+        <v>1367</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="647">
       <c r="A647" s="0" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B647" s="0" t="s">
         <v>1371</v>
       </c>
-      <c r="B647" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C647" s="0" t="s">
-        <v>197</v>
+        <v>1367</v>
       </c>
       <c r="D647" s="0" t="s">
-        <v>197</v>
+        <v>1367</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="648">
       <c r="A648" s="0" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B648" s="0" t="s">
         <v>1373</v>
       </c>
-      <c r="B648" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C648" s="0" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="D648" s="0" t="s">
-        <v>197</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="649">
       <c r="A649" s="0" t="s">
+        <v>1374</v>
+      </c>
+      <c r="B649" s="0" t="s">
         <v>1375</v>
       </c>
-      <c r="B649" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C649" s="0" t="s">
-        <v>1280</v>
+        <v>181</v>
       </c>
       <c r="D649" s="0" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="650">
       <c r="A650" s="0" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B650" s="0" t="s">
         <v>1377</v>
       </c>
-      <c r="B650" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C650" s="0" t="s">
-        <v>102</v>
+        <v>181</v>
       </c>
       <c r="D650" s="0" t="s">
-        <v>102</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="651">
       <c r="A651" s="0" t="s">
+        <v>1378</v>
+      </c>
+      <c r="B651" s="0" t="s">
         <v>1379</v>
       </c>
-      <c r="B651" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C651" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D651" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="652">
       <c r="A652" s="0" t="s">
+        <v>1380</v>
+      </c>
+      <c r="B652" s="0" t="s">
         <v>1381</v>
       </c>
-      <c r="B652" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C652" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D652" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="653">
       <c r="A653" s="0" t="s">
+        <v>1382</v>
+      </c>
+      <c r="B653" s="0" t="s">
         <v>1383</v>
       </c>
-      <c r="B653" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C653" s="0" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="D653" s="0" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="654">
       <c r="A654" s="0" t="s">
+        <v>1384</v>
+      </c>
+      <c r="B654" s="0" t="s">
         <v>1385</v>
       </c>
-      <c r="B654" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C654" s="0" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="D654" s="0" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="655">
       <c r="A655" s="0" t="s">
+        <v>1386</v>
+      </c>
+      <c r="B655" s="0" t="s">
         <v>1387</v>
       </c>
-      <c r="B655" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C655" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D655" s="0" t="s">
-        <v>122</v>
+        <v>301</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="656">
       <c r="A656" s="0" t="s">
+        <v>1388</v>
+      </c>
+      <c r="B656" s="0" t="s">
         <v>1389</v>
       </c>
-      <c r="B656" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C656" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D656" s="0" t="s">
-        <v>122</v>
+        <v>301</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="657">
       <c r="A657" s="0" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B657" s="0" t="s">
         <v>1391</v>
       </c>
-      <c r="B657" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C657" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D657" s="0" t="s">
-        <v>122</v>
+        <v>301</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="658">
       <c r="A658" s="0" t="s">
+        <v>1392</v>
+      </c>
+      <c r="B658" s="0" t="s">
         <v>1393</v>
       </c>
-      <c r="B658" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C658" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D658" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="659">
       <c r="A659" s="0" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B659" s="0" t="s">
         <v>1395</v>
       </c>
-      <c r="B659" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C659" s="0" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="D659" s="0" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="660">
       <c r="A660" s="0" t="s">
+        <v>1396</v>
+      </c>
+      <c r="B660" s="0" t="s">
         <v>1397</v>
       </c>
-      <c r="B660" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C660" s="0" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="D660" s="0" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="661">
       <c r="A661" s="0" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B661" s="0" t="s">
         <v>1399</v>
       </c>
-      <c r="B661" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C661" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D661" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="662">
       <c r="A662" s="0" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B662" s="0" t="s">
         <v>1401</v>
       </c>
-      <c r="B662" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C662" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D662" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="663">
       <c r="A663" s="0" t="s">
+        <v>1402</v>
+      </c>
+      <c r="B663" s="0" t="s">
         <v>1403</v>
       </c>
-      <c r="B663" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C663" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D663" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="664">
       <c r="A664" s="0" t="s">
+        <v>1404</v>
+      </c>
+      <c r="B664" s="0" t="s">
         <v>1405</v>
       </c>
-      <c r="B664" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C664" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D664" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="665">
       <c r="A665" s="0" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="B665" s="0" t="s">
         <v>1407</v>
       </c>
       <c r="C665" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="D665" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="666">
       <c r="A666" s="0" t="s">
         <v>1408</v>
       </c>
       <c r="B666" s="0" t="s">
         <v>1409</v>
       </c>
       <c r="C666" s="0" t="s">
-        <v>102</v>
+        <v>318</v>
       </c>
       <c r="D666" s="0" t="s">
-        <v>102</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="667">
       <c r="A667" s="0" t="s">
         <v>1410</v>
       </c>
       <c r="B667" s="0" t="s">
         <v>1411</v>
       </c>
       <c r="C667" s="0" t="s">
-        <v>102</v>
+        <v>318</v>
       </c>
       <c r="D667" s="0" t="s">
-        <v>102</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="668">
       <c r="A668" s="0" t="s">
         <v>1412</v>
       </c>
       <c r="B668" s="0" t="s">
         <v>1413</v>
       </c>
       <c r="C668" s="0" t="s">
-        <v>102</v>
+        <v>318</v>
       </c>
       <c r="D668" s="0" t="s">
-        <v>102</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="669">
       <c r="A669" s="0" t="s">
         <v>1414</v>
       </c>
       <c r="B669" s="0" t="s">
         <v>1415</v>
       </c>
       <c r="C669" s="0" t="s">
-        <v>102</v>
+        <v>318</v>
       </c>
       <c r="D669" s="0" t="s">
-        <v>102</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="670">
       <c r="A670" s="0" t="s">
         <v>1416</v>
       </c>
       <c r="B670" s="0" t="s">
         <v>1417</v>
       </c>
       <c r="C670" s="0" t="s">
-        <v>102</v>
+        <v>318</v>
       </c>
       <c r="D670" s="0" t="s">
-        <v>102</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="671">
       <c r="A671" s="0" t="s">
         <v>1418</v>
       </c>
       <c r="B671" s="0" t="s">
         <v>1419</v>
       </c>
       <c r="C671" s="0" t="s">
-        <v>102</v>
+        <v>869</v>
       </c>
       <c r="D671" s="0" t="s">
-        <v>102</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="672">
       <c r="A672" s="0" t="s">
         <v>1420</v>
       </c>
       <c r="B672" s="0" t="s">
         <v>1421</v>
       </c>
       <c r="C672" s="0" t="s">
-        <v>102</v>
+        <v>869</v>
       </c>
       <c r="D672" s="0" t="s">
-        <v>102</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="673">
       <c r="A673" s="0" t="s">
         <v>1422</v>
       </c>
       <c r="B673" s="0" t="s">
         <v>1423</v>
       </c>
       <c r="C673" s="0" t="s">
-        <v>102</v>
+        <v>869</v>
       </c>
       <c r="D673" s="0" t="s">
-        <v>102</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="674">
       <c r="A674" s="0" t="s">
         <v>1424</v>
       </c>
       <c r="B674" s="0" t="s">
         <v>1425</v>
       </c>
       <c r="C674" s="0" t="s">
-        <v>26</v>
+        <v>869</v>
       </c>
       <c r="D674" s="0" t="s">
-        <v>27</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="675">
       <c r="A675" s="0" t="s">
         <v>1426</v>
       </c>
       <c r="B675" s="0" t="s">
         <v>1427</v>
       </c>
       <c r="C675" s="0" t="s">
-        <v>114</v>
+        <v>811</v>
       </c>
       <c r="D675" s="0" t="s">
-        <v>114</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="676">
       <c r="A676" s="0" t="s">
         <v>1428</v>
       </c>
       <c r="B676" s="0" t="s">
         <v>1429</v>
       </c>
       <c r="C676" s="0" t="s">
-        <v>114</v>
+        <v>811</v>
       </c>
       <c r="D676" s="0" t="s">
-        <v>114</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="677">
       <c r="A677" s="0" t="s">
         <v>1430</v>
       </c>
       <c r="B677" s="0" t="s">
         <v>1431</v>
       </c>
       <c r="C677" s="0" t="s">
-        <v>336</v>
+        <v>103</v>
       </c>
       <c r="D677" s="0" t="s">
-        <v>337</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="678">
       <c r="A678" s="0" t="s">
         <v>1432</v>
       </c>
       <c r="B678" s="0" t="s">
         <v>1433</v>
       </c>
       <c r="C678" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D678" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="679">
       <c r="A679" s="0" t="s">
         <v>1434</v>
       </c>
       <c r="B679" s="0" t="s">
         <v>1435</v>
       </c>
       <c r="C679" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D679" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="680">
       <c r="A680" s="0" t="s">
         <v>1436</v>
       </c>
       <c r="B680" s="0" t="s">
         <v>1437</v>
       </c>
       <c r="C680" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D680" s="0" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="681">
       <c r="A681" s="0" t="s">
         <v>1438</v>
       </c>
       <c r="B681" s="0" t="s">
         <v>1439</v>
       </c>
       <c r="C681" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D681" s="0" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="682">
       <c r="A682" s="0" t="s">
         <v>1440</v>
       </c>
       <c r="B682" s="0" t="s">
         <v>1441</v>
       </c>
       <c r="C682" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="D682" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="683">
       <c r="A683" s="0" t="s">
         <v>1442</v>
       </c>
       <c r="B683" s="0" t="s">
         <v>1443</v>
       </c>
       <c r="C683" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D683" s="0" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="684">
       <c r="A684" s="0" t="s">
         <v>1444</v>
       </c>
       <c r="B684" s="0" t="s">
         <v>1445</v>
       </c>
       <c r="C684" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D684" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="685">
       <c r="A685" s="0" t="s">
         <v>1446</v>
       </c>
       <c r="B685" s="0" t="s">
         <v>1447</v>
       </c>
       <c r="C685" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D685" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="686">
       <c r="A686" s="0" t="s">
         <v>1448</v>
       </c>
       <c r="B686" s="0" t="s">
         <v>1449</v>
       </c>
       <c r="C686" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D686" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="687">
       <c r="A687" s="0" t="s">
         <v>1450</v>
       </c>
       <c r="B687" s="0" t="s">
         <v>1451</v>
       </c>
       <c r="C687" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D687" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="688">
       <c r="A688" s="0" t="s">
         <v>1452</v>
       </c>
       <c r="B688" s="0" t="s">
         <v>1453</v>
       </c>
       <c r="C688" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D688" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="689">
       <c r="A689" s="0" t="s">
         <v>1454</v>
       </c>
       <c r="B689" s="0" t="s">
         <v>1455</v>
       </c>
       <c r="C689" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D689" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="690">
       <c r="A690" s="0" t="s">
         <v>1456</v>
       </c>
       <c r="B690" s="0" t="s">
         <v>1457</v>
       </c>
       <c r="C690" s="0" t="s">
-        <v>683</v>
+        <v>97</v>
       </c>
       <c r="D690" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="691">
       <c r="A691" s="0" t="s">
         <v>1458</v>
       </c>
       <c r="B691" s="0" t="s">
         <v>1459</v>
       </c>
       <c r="C691" s="0" t="s">
-        <v>683</v>
+        <v>97</v>
       </c>
       <c r="D691" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="692">
       <c r="A692" s="0" t="s">
         <v>1460</v>
       </c>
       <c r="B692" s="0" t="s">
         <v>1461</v>
       </c>
       <c r="C692" s="0" t="s">
-        <v>683</v>
+        <v>97</v>
       </c>
       <c r="D692" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="693">
       <c r="A693" s="0" t="s">
         <v>1462</v>
       </c>
       <c r="B693" s="0" t="s">
         <v>1463</v>
       </c>
       <c r="C693" s="0" t="s">
-        <v>683</v>
+        <v>97</v>
       </c>
       <c r="D693" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="694">
       <c r="A694" s="0" t="s">
         <v>1464</v>
       </c>
       <c r="B694" s="0" t="s">
         <v>1465</v>
       </c>
       <c r="C694" s="0" t="s">
-        <v>683</v>
+        <v>97</v>
       </c>
       <c r="D694" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="695">
       <c r="A695" s="0" t="s">
         <v>1466</v>
       </c>
       <c r="B695" s="0" t="s">
         <v>1467</v>
       </c>
       <c r="C695" s="0" t="s">
-        <v>995</v>
+        <v>97</v>
       </c>
       <c r="D695" s="0" t="s">
-        <v>996</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="696">
       <c r="A696" s="0" t="s">
         <v>1468</v>
       </c>
       <c r="B696" s="0" t="s">
         <v>1469</v>
       </c>
       <c r="C696" s="0" t="s">
-        <v>995</v>
+        <v>97</v>
       </c>
       <c r="D696" s="0" t="s">
-        <v>996</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="697">
       <c r="A697" s="0" t="s">
         <v>1470</v>
       </c>
       <c r="B697" s="0" t="s">
         <v>1471</v>
       </c>
       <c r="C697" s="0" t="s">
-        <v>583</v>
+        <v>97</v>
       </c>
       <c r="D697" s="0" t="s">
-        <v>584</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="698">
       <c r="A698" s="0" t="s">
         <v>1472</v>
       </c>
       <c r="B698" s="0" t="s">
         <v>1473</v>
       </c>
       <c r="C698" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D698" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="699">
       <c r="A699" s="0" t="s">
         <v>1474</v>
       </c>
       <c r="B699" s="0" t="s">
         <v>1475</v>
       </c>
       <c r="C699" s="0" t="s">
-        <v>692</v>
+        <v>97</v>
       </c>
       <c r="D699" s="0" t="s">
-        <v>692</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="700">
       <c r="A700" s="0" t="s">
         <v>1476</v>
       </c>
       <c r="B700" s="0" t="s">
         <v>1477</v>
       </c>
       <c r="C700" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D700" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="701">
       <c r="A701" s="0" t="s">
         <v>1478</v>
       </c>
       <c r="B701" s="0" t="s">
         <v>1479</v>
       </c>
       <c r="C701" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D701" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="702">
       <c r="A702" s="0" t="s">
         <v>1480</v>
       </c>
       <c r="B702" s="0" t="s">
         <v>1481</v>
       </c>
       <c r="C702" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D702" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="703">
       <c r="A703" s="0" t="s">
         <v>1482</v>
       </c>
       <c r="B703" s="0" t="s">
         <v>1483</v>
       </c>
       <c r="C703" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D703" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="704">
       <c r="A704" s="0" t="s">
         <v>1484</v>
       </c>
       <c r="B704" s="0" t="s">
         <v>1485</v>
       </c>
       <c r="C704" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D704" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="705">
       <c r="A705" s="0" t="s">
         <v>1486</v>
       </c>
       <c r="B705" s="0" t="s">
         <v>1487</v>
       </c>
       <c r="C705" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D705" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="706">
       <c r="A706" s="0" t="s">
         <v>1488</v>
       </c>
       <c r="B706" s="0" t="s">
         <v>1489</v>
       </c>
       <c r="C706" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D706" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="707">
       <c r="A707" s="0" t="s">
         <v>1490</v>
       </c>
       <c r="B707" s="0" t="s">
         <v>1491</v>
       </c>
       <c r="C707" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D707" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="708">
       <c r="A708" s="0" t="s">
         <v>1492</v>
       </c>
       <c r="B708" s="0" t="s">
         <v>1493</v>
       </c>
       <c r="C708" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D708" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="709">
       <c r="A709" s="0" t="s">
         <v>1494</v>
       </c>
       <c r="B709" s="0" t="s">
         <v>1495</v>
       </c>
       <c r="C709" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D709" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="710">
       <c r="A710" s="0" t="s">
         <v>1496</v>
       </c>
       <c r="B710" s="0" t="s">
         <v>1497</v>
       </c>
       <c r="C710" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D710" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="711">
       <c r="A711" s="0" t="s">
         <v>1498</v>
       </c>
       <c r="B711" s="0" t="s">
         <v>1499</v>
       </c>
       <c r="C711" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D711" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="712">
       <c r="A712" s="0" t="s">
         <v>1500</v>
       </c>
       <c r="B712" s="0" t="s">
         <v>1501</v>
       </c>
       <c r="C712" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D712" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="713">
       <c r="A713" s="0" t="s">
         <v>1502</v>
       </c>
       <c r="B713" s="0" t="s">
         <v>1503</v>
       </c>
       <c r="C713" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D713" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="714">
       <c r="A714" s="0" t="s">
         <v>1504</v>
       </c>
       <c r="B714" s="0" t="s">
         <v>1505</v>
       </c>
       <c r="C714" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D714" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="715">
       <c r="A715" s="0" t="s">
         <v>1506</v>
       </c>
       <c r="B715" s="0" t="s">
         <v>1507</v>
       </c>
       <c r="C715" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D715" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="716">
       <c r="A716" s="0" t="s">
         <v>1508</v>
       </c>
       <c r="B716" s="0" t="s">
         <v>1509</v>
       </c>
       <c r="C716" s="0" t="s">
-        <v>1510</v>
+        <v>97</v>
       </c>
       <c r="D716" s="0" t="s">
-        <v>1511</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="717">
       <c r="A717" s="0" t="s">
-        <v>1512</v>
+        <v>1510</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1513</v>
+        <v>1511</v>
       </c>
       <c r="C717" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D717" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="718">
       <c r="A718" s="0" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>1515</v>
+        <v>1513</v>
       </c>
       <c r="C718" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D718" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="719">
       <c r="A719" s="0" t="s">
-        <v>1516</v>
+        <v>1514</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>1517</v>
+        <v>1515</v>
       </c>
       <c r="C719" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D719" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="720">
       <c r="A720" s="0" t="s">
-        <v>1518</v>
+        <v>1516</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>1519</v>
+        <v>1517</v>
       </c>
       <c r="C720" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D720" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="721">
       <c r="A721" s="0" t="s">
-        <v>1520</v>
+        <v>1518</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>1521</v>
+        <v>1519</v>
       </c>
       <c r="C721" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D721" s="0" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="722">
       <c r="A722" s="0" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>1523</v>
+        <v>1521</v>
       </c>
       <c r="C722" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D722" s="0" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="723">
       <c r="A723" s="0" t="s">
-        <v>1524</v>
+        <v>1522</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>1525</v>
+        <v>1523</v>
       </c>
       <c r="C723" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D723" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="724">
       <c r="A724" s="0" t="s">
-        <v>1526</v>
+        <v>1524</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>1527</v>
+        <v>1525</v>
       </c>
       <c r="C724" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D724" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="725">
       <c r="A725" s="0" t="s">
-        <v>1528</v>
+        <v>1526</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="C725" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D725" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="726">
       <c r="A726" s="0" t="s">
-        <v>1530</v>
+        <v>1528</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>1531</v>
+        <v>1529</v>
       </c>
       <c r="C726" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D726" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="727">
       <c r="A727" s="0" t="s">
-        <v>1532</v>
+        <v>1530</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>1533</v>
+        <v>1531</v>
       </c>
       <c r="C727" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D727" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="728">
       <c r="A728" s="0" t="s">
-        <v>1534</v>
+        <v>1532</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>1535</v>
+        <v>1533</v>
       </c>
       <c r="C728" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D728" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="729">
       <c r="A729" s="0" t="s">
-        <v>1536</v>
+        <v>1534</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>1537</v>
+        <v>1535</v>
       </c>
       <c r="C729" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D729" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="730">
       <c r="A730" s="0" t="s">
-        <v>1538</v>
+        <v>1536</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
       <c r="C730" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D730" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="731">
       <c r="A731" s="0" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="C731" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D731" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="732">
       <c r="A732" s="0" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>1543</v>
+        <v>1541</v>
       </c>
       <c r="C732" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D732" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="733">
       <c r="A733" s="0" t="s">
-        <v>1544</v>
+        <v>1542</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="C733" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D733" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="734">
       <c r="A734" s="0" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="C734" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D734" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="735">
       <c r="A735" s="0" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
       <c r="C735" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D735" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="736">
       <c r="A736" s="0" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1551</v>
+        <v>1549</v>
       </c>
       <c r="C736" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D736" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="737">
       <c r="A737" s="0" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1553</v>
+        <v>1551</v>
       </c>
       <c r="C737" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D737" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="738">
       <c r="A738" s="0" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1555</v>
+        <v>1553</v>
       </c>
       <c r="C738" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D738" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="739">
       <c r="A739" s="0" t="s">
-        <v>1556</v>
+        <v>1554</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1557</v>
+        <v>1555</v>
       </c>
       <c r="C739" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D739" s="0" t="s">
-        <v>157</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="740">
       <c r="A740" s="0" t="s">
-        <v>1558</v>
+        <v>1556</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>1559</v>
+        <v>1557</v>
       </c>
       <c r="C740" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D740" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="741">
       <c r="A741" s="0" t="s">
-        <v>1560</v>
+        <v>1558</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>1561</v>
+        <v>1559</v>
       </c>
       <c r="C741" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D741" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="742">
       <c r="A742" s="0" t="s">
-        <v>1562</v>
+        <v>1560</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="C742" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D742" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="743">
       <c r="A743" s="0" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="C743" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D743" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="744">
       <c r="A744" s="0" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>1567</v>
+        <v>1565</v>
       </c>
       <c r="C744" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D744" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="745">
       <c r="A745" s="0" t="s">
-        <v>1568</v>
+        <v>1566</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="C745" s="0" t="s">
-        <v>336</v>
+        <v>286</v>
       </c>
       <c r="D745" s="0" t="s">
-        <v>337</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="746">
       <c r="A746" s="0" t="s">
-        <v>1570</v>
+        <v>1568</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>1571</v>
+        <v>1569</v>
       </c>
       <c r="C746" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D746" s="0" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="747">
       <c r="A747" s="0" t="s">
-        <v>1572</v>
+        <v>1570</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
       <c r="C747" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D747" s="0" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="748">
       <c r="A748" s="0" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>1575</v>
+        <v>1573</v>
       </c>
       <c r="C748" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D748" s="0" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="749">
       <c r="A749" s="0" t="s">
-        <v>1576</v>
+        <v>1574</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>1577</v>
+        <v>1575</v>
       </c>
       <c r="C749" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D749" s="0" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="750">
       <c r="A750" s="0" t="s">
-        <v>1578</v>
+        <v>1576</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>1579</v>
+        <v>1577</v>
       </c>
       <c r="C750" s="0" t="s">
-        <v>583</v>
+        <v>286</v>
       </c>
       <c r="D750" s="0" t="s">
-        <v>584</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="751">
       <c r="A751" s="0" t="s">
-        <v>1580</v>
+        <v>1578</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>1581</v>
+        <v>1579</v>
       </c>
       <c r="C751" s="0" t="s">
-        <v>583</v>
+        <v>286</v>
       </c>
       <c r="D751" s="0" t="s">
-        <v>584</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="752">
       <c r="A752" s="0" t="s">
-        <v>1582</v>
+        <v>1580</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
       <c r="C752" s="0" t="s">
-        <v>1510</v>
+        <v>286</v>
       </c>
       <c r="D752" s="0" t="s">
-        <v>1511</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="753">
       <c r="A753" s="0" t="s">
-        <v>1584</v>
+        <v>1582</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>1585</v>
+        <v>1583</v>
       </c>
       <c r="C753" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D753" s="0" t="s">
-        <v>453</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="754">
       <c r="A754" s="0" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>1587</v>
+        <v>1585</v>
       </c>
       <c r="C754" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D754" s="0" t="s">
-        <v>453</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="755">
       <c r="A755" s="0" t="s">
-        <v>1588</v>
+        <v>1586</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>1589</v>
+        <v>1587</v>
       </c>
       <c r="C755" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D755" s="0" t="s">
-        <v>453</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="756">
       <c r="A756" s="0" t="s">
-        <v>1590</v>
+        <v>1588</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>1591</v>
+        <v>1589</v>
       </c>
       <c r="C756" s="0" t="s">
-        <v>213</v>
+        <v>286</v>
       </c>
       <c r="D756" s="0" t="s">
-        <v>213</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="757">
       <c r="A757" s="0" t="s">
-        <v>1592</v>
+        <v>1590</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>1593</v>
+        <v>1591</v>
       </c>
       <c r="C757" s="0" t="s">
-        <v>213</v>
+        <v>286</v>
       </c>
       <c r="D757" s="0" t="s">
-        <v>213</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="758">
       <c r="A758" s="0" t="s">
-        <v>1594</v>
+        <v>1592</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="C758" s="0" t="s">
-        <v>213</v>
+        <v>286</v>
       </c>
       <c r="D758" s="0" t="s">
-        <v>213</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="759">
       <c r="A759" s="0" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="C759" s="0" t="s">
-        <v>336</v>
+        <v>286</v>
       </c>
       <c r="D759" s="0" t="s">
-        <v>337</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="760">
       <c r="A760" s="0" t="s">
-        <v>1598</v>
+        <v>1596</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>1599</v>
+        <v>1597</v>
       </c>
       <c r="C760" s="0" t="s">
-        <v>336</v>
+        <v>286</v>
       </c>
       <c r="D760" s="0" t="s">
-        <v>337</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="761">
       <c r="A761" s="0" t="s">
-        <v>1600</v>
+        <v>1598</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>1601</v>
+        <v>1599</v>
       </c>
       <c r="C761" s="0" t="s">
-        <v>336</v>
+        <v>286</v>
       </c>
       <c r="D761" s="0" t="s">
-        <v>337</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="762">
       <c r="A762" s="0" t="s">
-        <v>1602</v>
+        <v>1600</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>1603</v>
+        <v>1601</v>
       </c>
       <c r="C762" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D762" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="763">
       <c r="A763" s="0" t="s">
-        <v>1604</v>
+        <v>1602</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>1605</v>
+        <v>1603</v>
       </c>
       <c r="C763" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D763" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="764">
       <c r="A764" s="0" t="s">
-        <v>1606</v>
+        <v>1604</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="C764" s="0" t="s">
-        <v>169</v>
+        <v>286</v>
       </c>
       <c r="D764" s="0" t="s">
-        <v>169</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="765">
       <c r="A765" s="0" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="C765" s="0" t="s">
-        <v>169</v>
+        <v>286</v>
       </c>
       <c r="D765" s="0" t="s">
-        <v>169</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="766">
       <c r="A766" s="0" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>1611</v>
+        <v>1609</v>
       </c>
       <c r="C766" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D766" s="0" t="s">
-        <v>460</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="767">
       <c r="A767" s="0" t="s">
-        <v>1612</v>
+        <v>1610</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>1613</v>
+        <v>1611</v>
       </c>
       <c r="C767" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D767" s="0" t="s">
-        <v>460</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="768">
       <c r="A768" s="0" t="s">
-        <v>1614</v>
+        <v>1612</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="C768" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D768" s="0" t="s">
-        <v>460</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="769">
       <c r="A769" s="0" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="C769" s="0" t="s">
-        <v>19</v>
+        <v>286</v>
       </c>
       <c r="D769" s="0" t="s">
-        <v>20</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="770">
       <c r="A770" s="0" t="s">
+        <v>1616</v>
+      </c>
+      <c r="B770" s="0" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C770" s="0" t="s">
+        <v>286</v>
+      </c>
+      <c r="D770" s="0" t="s">
         <v>1618</v>
-      </c>
-[...7 lines deleted...]
-        <v>20</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="771">
       <c r="A771" s="0" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B771" s="0" t="s">
         <v>1620</v>
       </c>
-      <c r="B771" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C771" s="0" t="s">
-        <v>19</v>
+        <v>286</v>
       </c>
       <c r="D771" s="0" t="s">
-        <v>20</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="772">
       <c r="A772" s="0" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B772" s="0" t="s">
         <v>1622</v>
       </c>
-      <c r="B772" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C772" s="0" t="s">
-        <v>42</v>
+        <v>286</v>
       </c>
       <c r="D772" s="0" t="s">
-        <v>42</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="773">
       <c r="A773" s="0" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B773" s="0" t="s">
         <v>1624</v>
       </c>
-      <c r="B773" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C773" s="0" t="s">
-        <v>42</v>
+        <v>286</v>
       </c>
       <c r="D773" s="0" t="s">
-        <v>42</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="774">
       <c r="A774" s="0" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B774" s="0" t="s">
         <v>1626</v>
       </c>
-      <c r="B774" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C774" s="0" t="s">
-        <v>42</v>
+        <v>286</v>
       </c>
       <c r="D774" s="0" t="s">
-        <v>42</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="775">
       <c r="A775" s="0" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B775" s="0" t="s">
         <v>1628</v>
       </c>
-      <c r="B775" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C775" s="0" t="s">
-        <v>42</v>
+        <v>286</v>
       </c>
       <c r="D775" s="0" t="s">
-        <v>42</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="776">
       <c r="A776" s="0" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B776" s="0" t="s">
         <v>1630</v>
       </c>
-      <c r="B776" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C776" s="0" t="s">
-        <v>42</v>
+        <v>286</v>
       </c>
       <c r="D776" s="0" t="s">
-        <v>42</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="777">
       <c r="A777" s="0" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B777" s="0" t="s">
         <v>1632</v>
       </c>
-      <c r="B777" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C777" s="0" t="s">
-        <v>191</v>
+        <v>286</v>
       </c>
       <c r="D777" s="0" t="s">
-        <v>192</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="778">
       <c r="A778" s="0" t="s">
+        <v>1633</v>
+      </c>
+      <c r="B778" s="0" t="s">
         <v>1634</v>
       </c>
-      <c r="B778" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C778" s="0" t="s">
-        <v>191</v>
+        <v>286</v>
       </c>
       <c r="D778" s="0" t="s">
-        <v>192</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="779">
       <c r="A779" s="0" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B779" s="0" t="s">
         <v>1636</v>
       </c>
-      <c r="B779" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C779" s="0" t="s">
-        <v>191</v>
+        <v>286</v>
       </c>
       <c r="D779" s="0" t="s">
-        <v>192</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="780">
       <c r="A780" s="0" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B780" s="0" t="s">
         <v>1638</v>
       </c>
-      <c r="B780" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C780" s="0" t="s">
-        <v>191</v>
+        <v>286</v>
       </c>
       <c r="D780" s="0" t="s">
-        <v>192</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="781">
       <c r="A781" s="0" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B781" s="0" t="s">
         <v>1640</v>
       </c>
-      <c r="B781" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C781" s="0" t="s">
-        <v>191</v>
+        <v>286</v>
       </c>
       <c r="D781" s="0" t="s">
-        <v>192</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="782">
       <c r="A782" s="0" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B782" s="0" t="s">
         <v>1642</v>
       </c>
-      <c r="B782" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C782" s="0" t="s">
-        <v>1054</v>
+        <v>286</v>
       </c>
       <c r="D782" s="0" t="s">
-        <v>1054</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="783">
       <c r="A783" s="0" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B783" s="0" t="s">
         <v>1644</v>
       </c>
-      <c r="B783" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C783" s="0" t="s">
-        <v>1054</v>
+        <v>286</v>
       </c>
       <c r="D783" s="0" t="s">
-        <v>1054</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="784">
       <c r="A784" s="0" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B784" s="0" t="s">
         <v>1646</v>
       </c>
-      <c r="B784" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C784" s="0" t="s">
-        <v>1054</v>
+        <v>286</v>
       </c>
       <c r="D784" s="0" t="s">
-        <v>1054</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="785">
       <c r="A785" s="0" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B785" s="0" t="s">
         <v>1648</v>
       </c>
-      <c r="B785" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C785" s="0" t="s">
-        <v>1054</v>
+        <v>286</v>
       </c>
       <c r="D785" s="0" t="s">
-        <v>1054</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="786">
       <c r="A786" s="0" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B786" s="0" t="s">
         <v>1650</v>
       </c>
-      <c r="B786" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C786" s="0" t="s">
-        <v>995</v>
+        <v>286</v>
       </c>
       <c r="D786" s="0" t="s">
-        <v>996</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="787">
       <c r="A787" s="0" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B787" s="0" t="s">
         <v>1652</v>
       </c>
-      <c r="B787" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C787" s="0" t="s">
-        <v>995</v>
+        <v>286</v>
       </c>
       <c r="D787" s="0" t="s">
-        <v>996</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="788">
       <c r="A788" s="0" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B788" s="0" t="s">
         <v>1654</v>
       </c>
-      <c r="B788" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C788" s="0" t="s">
-        <v>127</v>
+        <v>286</v>
       </c>
       <c r="D788" s="0" t="s">
-        <v>127</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="789">
       <c r="A789" s="0" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B789" s="0" t="s">
         <v>1656</v>
       </c>
-      <c r="B789" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C789" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D789" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="790">
       <c r="A790" s="0" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B790" s="0" t="s">
         <v>1658</v>
       </c>
-      <c r="B790" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C790" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D790" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="791">
       <c r="A791" s="0" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B791" s="0" t="s">
         <v>1660</v>
       </c>
-      <c r="B791" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C791" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D791" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="792">
       <c r="A792" s="0" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B792" s="0" t="s">
         <v>1662</v>
       </c>
-      <c r="B792" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C792" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D792" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="793">
       <c r="A793" s="0" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B793" s="0" t="s">
         <v>1664</v>
       </c>
-      <c r="B793" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C793" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D793" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="794">
       <c r="A794" s="0" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B794" s="0" t="s">
         <v>1666</v>
       </c>
-      <c r="B794" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C794" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D794" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="795">
       <c r="A795" s="0" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B795" s="0" t="s">
         <v>1668</v>
       </c>
-      <c r="B795" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C795" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D795" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="796">
       <c r="A796" s="0" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B796" s="0" t="s">
         <v>1670</v>
       </c>
-      <c r="B796" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C796" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D796" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="797">
       <c r="A797" s="0" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B797" s="0" t="s">
         <v>1672</v>
       </c>
-      <c r="B797" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C797" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D797" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="798">
       <c r="A798" s="0" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B798" s="0" t="s">
         <v>1674</v>
       </c>
-      <c r="B798" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C798" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D798" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="799">
       <c r="A799" s="0" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B799" s="0" t="s">
         <v>1676</v>
       </c>
-      <c r="B799" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C799" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D799" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="800">
       <c r="A800" s="0" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B800" s="0" t="s">
         <v>1678</v>
       </c>
-      <c r="B800" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C800" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D800" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="801">
       <c r="A801" s="0" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B801" s="0" t="s">
         <v>1680</v>
       </c>
-      <c r="B801" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C801" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D801" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="802">
       <c r="A802" s="0" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B802" s="0" t="s">
         <v>1682</v>
       </c>
-      <c r="B802" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C802" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D802" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="803">
       <c r="A803" s="0" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B803" s="0" t="s">
         <v>1684</v>
       </c>
-      <c r="B803" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C803" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D803" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="804">
       <c r="A804" s="0" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B804" s="0" t="s">
         <v>1686</v>
       </c>
-      <c r="B804" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C804" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D804" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="805">
       <c r="A805" s="0" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B805" s="0" t="s">
         <v>1688</v>
       </c>
-      <c r="B805" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C805" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D805" s="0" t="s">
-        <v>122</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="806">
       <c r="A806" s="0" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B806" s="0" t="s">
         <v>1690</v>
       </c>
-      <c r="B806" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C806" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D806" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="807">
       <c r="A807" s="0" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B807" s="0" t="s">
         <v>1692</v>
       </c>
-      <c r="B807" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C807" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D807" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="808">
       <c r="A808" s="0" t="s">
+        <v>1693</v>
+      </c>
+      <c r="B808" s="0" t="s">
         <v>1694</v>
       </c>
-      <c r="B808" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C808" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D808" s="0" t="s">
-        <v>122</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="809">
       <c r="A809" s="0" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B809" s="0" t="s">
         <v>1696</v>
       </c>
-      <c r="B809" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C809" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D809" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="810">
       <c r="A810" s="0" t="s">
+        <v>1697</v>
+      </c>
+      <c r="B810" s="0" t="s">
         <v>1698</v>
       </c>
-      <c r="B810" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C810" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D810" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="811">
       <c r="A811" s="0" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B811" s="0" t="s">
         <v>1700</v>
       </c>
-      <c r="B811" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C811" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D811" s="0" t="s">
-        <v>122</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="812">
       <c r="A812" s="0" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B812" s="0" t="s">
         <v>1702</v>
       </c>
-      <c r="B812" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C812" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D812" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="813">
       <c r="A813" s="0" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B813" s="0" t="s">
         <v>1704</v>
       </c>
-      <c r="B813" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C813" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D813" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="814">
       <c r="A814" s="0" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B814" s="0" t="s">
         <v>1706</v>
       </c>
-      <c r="B814" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C814" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D814" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="815">
       <c r="A815" s="0" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B815" s="0" t="s">
         <v>1708</v>
       </c>
-      <c r="B815" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C815" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D815" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="816">
       <c r="A816" s="0" t="s">
+        <v>1709</v>
+      </c>
+      <c r="B816" s="0" t="s">
         <v>1710</v>
       </c>
-      <c r="B816" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C816" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D816" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="817">
       <c r="A817" s="0" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B817" s="0" t="s">
         <v>1712</v>
       </c>
-      <c r="B817" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C817" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D817" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="818">
       <c r="A818" s="0" t="s">
+        <v>1713</v>
+      </c>
+      <c r="B818" s="0" t="s">
         <v>1714</v>
       </c>
-      <c r="B818" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C818" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D818" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="819">
       <c r="A819" s="0" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B819" s="0" t="s">
         <v>1716</v>
       </c>
-      <c r="B819" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C819" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D819" s="0" t="s">
-        <v>122</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="820">
       <c r="A820" s="0" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B820" s="0" t="s">
         <v>1718</v>
       </c>
-      <c r="B820" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C820" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D820" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="821">
       <c r="A821" s="0" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B821" s="0" t="s">
         <v>1720</v>
       </c>
-      <c r="B821" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C821" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D821" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="822">
       <c r="A822" s="0" t="s">
+        <v>1721</v>
+      </c>
+      <c r="B822" s="0" t="s">
         <v>1722</v>
       </c>
-      <c r="B822" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C822" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D822" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="823">
       <c r="A823" s="0" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B823" s="0" t="s">
         <v>1724</v>
       </c>
-      <c r="B823" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C823" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D823" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="824">
       <c r="A824" s="0" t="s">
+        <v>1725</v>
+      </c>
+      <c r="B824" s="0" t="s">
         <v>1726</v>
       </c>
-      <c r="B824" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C824" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D824" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="825">
       <c r="A825" s="0" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B825" s="0" t="s">
         <v>1728</v>
       </c>
-      <c r="B825" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C825" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D825" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="826">
       <c r="A826" s="0" t="s">
+        <v>1729</v>
+      </c>
+      <c r="B826" s="0" t="s">
         <v>1730</v>
       </c>
-      <c r="B826" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C826" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D826" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="827">
       <c r="A827" s="0" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B827" s="0" t="s">
         <v>1732</v>
       </c>
-      <c r="B827" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C827" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D827" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="828">
       <c r="A828" s="0" t="s">
+        <v>1733</v>
+      </c>
+      <c r="B828" s="0" t="s">
         <v>1734</v>
       </c>
-      <c r="B828" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C828" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D828" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="829">
       <c r="A829" s="0" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B829" s="0" t="s">
         <v>1736</v>
       </c>
-      <c r="B829" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C829" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D829" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="830">
       <c r="A830" s="0" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B830" s="0" t="s">
         <v>1738</v>
       </c>
-      <c r="B830" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C830" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D830" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="831">
       <c r="A831" s="0" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B831" s="0" t="s">
         <v>1740</v>
       </c>
-      <c r="B831" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C831" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D831" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="832">
       <c r="A832" s="0" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B832" s="0" t="s">
         <v>1742</v>
       </c>
-      <c r="B832" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C832" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D832" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="833">
       <c r="A833" s="0" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B833" s="0" t="s">
         <v>1744</v>
       </c>
-      <c r="B833" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C833" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D833" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="834">
       <c r="A834" s="0" t="s">
+        <v>1745</v>
+      </c>
+      <c r="B834" s="0" t="s">
         <v>1746</v>
       </c>
-      <c r="B834" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C834" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D834" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="835">
       <c r="A835" s="0" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B835" s="0" t="s">
         <v>1748</v>
       </c>
-      <c r="B835" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C835" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D835" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="836">
       <c r="A836" s="0" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B836" s="0" t="s">
         <v>1750</v>
       </c>
-      <c r="B836" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C836" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D836" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="837">
       <c r="A837" s="0" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B837" s="0" t="s">
         <v>1752</v>
       </c>
-      <c r="B837" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C837" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D837" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="838">
       <c r="A838" s="0" t="s">
+        <v>1753</v>
+      </c>
+      <c r="B838" s="0" t="s">
         <v>1754</v>
       </c>
-      <c r="B838" s="0" t="s">
+      <c r="C838" s="0" t="s">
         <v>1755</v>
       </c>
-      <c r="C838" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D838" s="0" t="s">
-        <v>122</v>
+        <v>1756</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="839">
       <c r="A839" s="0" t="s">
-        <v>1756</v>
+        <v>1757</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="C839" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D839" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="840">
       <c r="A840" s="0" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="C840" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D840" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="841">
       <c r="A841" s="0" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="C841" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D841" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="842">
       <c r="A842" s="0" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="C842" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D842" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="843">
       <c r="A843" s="0" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="C843" s="0" t="s">
-        <v>121</v>
+        <v>811</v>
       </c>
       <c r="D843" s="0" t="s">
-        <v>122</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="844">
       <c r="A844" s="0" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="C844" s="0" t="s">
-        <v>121</v>
+        <v>811</v>
       </c>
       <c r="D844" s="0" t="s">
-        <v>122</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="845">
       <c r="A845" s="0" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="C845" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D845" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="846">
       <c r="A846" s="0" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="C846" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D846" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="847">
       <c r="A847" s="0" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>1773</v>
+        <v>1774</v>
       </c>
       <c r="C847" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D847" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="848">
       <c r="A848" s="0" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="C848" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D848" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="849">
       <c r="A849" s="0" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="C849" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D849" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="850">
       <c r="A850" s="0" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="C850" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D850" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="851">
       <c r="A851" s="0" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="C851" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D851" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="852">
       <c r="A852" s="0" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="C852" s="0" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="D852" s="0" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="853">
       <c r="A853" s="0" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="C853" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D853" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="854">
       <c r="A854" s="0" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="C854" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D854" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="855">
       <c r="A855" s="0" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="C855" s="0" t="s">
-        <v>185</v>
+        <v>430</v>
       </c>
       <c r="D855" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="856">
       <c r="A856" s="0" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="C856" s="0" t="s">
-        <v>185</v>
+        <v>430</v>
       </c>
       <c r="D856" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="857">
       <c r="A857" s="0" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="C857" s="0" t="s">
-        <v>185</v>
+        <v>430</v>
       </c>
       <c r="D857" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="858">
       <c r="A858" s="0" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="C858" s="0" t="s">
-        <v>185</v>
+        <v>430</v>
       </c>
       <c r="D858" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="859">
       <c r="A859" s="0" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="C859" s="0" t="s">
-        <v>185</v>
+        <v>430</v>
       </c>
       <c r="D859" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="860">
       <c r="A860" s="0" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="C860" s="0" t="s">
-        <v>185</v>
+        <v>430</v>
       </c>
       <c r="D860" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="861">
       <c r="A861" s="0" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="C861" s="0" t="s">
-        <v>185</v>
+        <v>430</v>
       </c>
       <c r="D861" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="862">
       <c r="A862" s="0" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="C862" s="0" t="s">
-        <v>185</v>
+        <v>520</v>
       </c>
       <c r="D862" s="0" t="s">
-        <v>186</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="863">
       <c r="A863" s="0" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="C863" s="0" t="s">
-        <v>185</v>
+        <v>811</v>
       </c>
       <c r="D863" s="0" t="s">
-        <v>186</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="864">
       <c r="A864" s="0" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="C864" s="0" t="s">
-        <v>185</v>
+        <v>811</v>
       </c>
       <c r="D864" s="0" t="s">
-        <v>186</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="865">
       <c r="A865" s="0" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="C865" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D865" s="0" t="s">
-        <v>186</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="866">
       <c r="A866" s="0" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="C866" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D866" s="0" t="s">
-        <v>186</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="867">
       <c r="A867" s="0" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="C867" s="0" t="s">
-        <v>185</v>
+        <v>1815</v>
       </c>
       <c r="D867" s="0" t="s">
-        <v>186</v>
+        <v>1815</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="868">
       <c r="A868" s="0" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>1815</v>
+        <v>1817</v>
       </c>
       <c r="C868" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D868" s="0" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="869">
       <c r="A869" s="0" t="s">
-        <v>1816</v>
+        <v>1818</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>1817</v>
+        <v>1819</v>
       </c>
       <c r="C869" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D869" s="0" t="s">
-        <v>186</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="870">
       <c r="A870" s="0" t="s">
-        <v>1818</v>
+        <v>1820</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>1819</v>
+        <v>1821</v>
       </c>
       <c r="C870" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D870" s="0" t="s">
-        <v>186</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="871">
       <c r="A871" s="0" t="s">
-        <v>1820</v>
+        <v>1822</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>1821</v>
+        <v>1823</v>
       </c>
       <c r="C871" s="0" t="s">
-        <v>185</v>
+        <v>811</v>
       </c>
       <c r="D871" s="0" t="s">
-        <v>186</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="872">
       <c r="A872" s="0" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>1823</v>
+        <v>1825</v>
       </c>
       <c r="C872" s="0" t="s">
-        <v>185</v>
+        <v>811</v>
       </c>
       <c r="D872" s="0" t="s">
-        <v>186</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="873">
       <c r="A873" s="0" t="s">
-        <v>1824</v>
+        <v>1826</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>1825</v>
+        <v>1827</v>
       </c>
       <c r="C873" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D873" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="874">
       <c r="A874" s="0" t="s">
-        <v>1826</v>
+        <v>1828</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>1827</v>
+        <v>1829</v>
       </c>
       <c r="C874" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D874" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="875">
       <c r="A875" s="0" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="C875" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D875" s="0" t="s">
-        <v>186</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="876">
       <c r="A876" s="0" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>1831</v>
+        <v>1833</v>
       </c>
       <c r="C876" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D876" s="0" t="s">
-        <v>186</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="877">
       <c r="A877" s="0" t="s">
-        <v>1832</v>
+        <v>1834</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>1833</v>
+        <v>1835</v>
       </c>
       <c r="C877" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D877" s="0" t="s">
-        <v>186</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="878">
       <c r="A878" s="0" t="s">
-        <v>1834</v>
+        <v>1836</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>1835</v>
+        <v>1837</v>
       </c>
       <c r="C878" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D878" s="0" t="s">
-        <v>186</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="879">
       <c r="A879" s="0" t="s">
-        <v>1836</v>
+        <v>1838</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>1837</v>
+        <v>1839</v>
       </c>
       <c r="C879" s="0" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D879" s="0" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="880">
       <c r="A880" s="0" t="s">
-        <v>1838</v>
+        <v>1840</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>1839</v>
+        <v>1841</v>
       </c>
       <c r="C880" s="0" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D880" s="0" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="881">
       <c r="A881" s="0" t="s">
-        <v>1840</v>
+        <v>1842</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>1841</v>
+        <v>1843</v>
       </c>
       <c r="C881" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D881" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="882">
       <c r="A882" s="0" t="s">
-        <v>1842</v>
+        <v>1844</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>1843</v>
+        <v>1845</v>
       </c>
       <c r="C882" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D882" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="883">
       <c r="A883" s="0" t="s">
-        <v>1844</v>
+        <v>1846</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="C883" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D883" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="884">
       <c r="A884" s="0" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
       <c r="C884" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D884" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="885">
       <c r="A885" s="0" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>1849</v>
+        <v>1851</v>
       </c>
       <c r="C885" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D885" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="886">
       <c r="A886" s="0" t="s">
-        <v>1850</v>
+        <v>1852</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="C886" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D886" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="887">
       <c r="A887" s="0" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
       <c r="C887" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D887" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="888">
       <c r="A888" s="0" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="B888" s="0" t="s">
-        <v>1855</v>
+        <v>1857</v>
       </c>
       <c r="C888" s="0" t="s">
-        <v>185</v>
+        <v>1285</v>
       </c>
       <c r="D888" s="0" t="s">
-        <v>186</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="889">
       <c r="A889" s="0" t="s">
-        <v>1856</v>
+        <v>1858</v>
       </c>
       <c r="B889" s="0" t="s">
-        <v>1857</v>
+        <v>1859</v>
       </c>
       <c r="C889" s="0" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D889" s="0" t="s">
-        <v>186</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="890">
       <c r="A890" s="0" t="s">
-        <v>1858</v>
+        <v>1860</v>
       </c>
       <c r="B890" s="0" t="s">
-        <v>1859</v>
+        <v>1861</v>
       </c>
       <c r="C890" s="0" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D890" s="0" t="s">
-        <v>186</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="891">
       <c r="A891" s="0" t="s">
-        <v>1860</v>
+        <v>1862</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>1861</v>
+        <v>1863</v>
       </c>
       <c r="C891" s="0" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D891" s="0" t="s">
-        <v>186</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="892">
       <c r="A892" s="0" t="s">
-        <v>1862</v>
+        <v>1864</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>1863</v>
+        <v>1865</v>
       </c>
       <c r="C892" s="0" t="s">
-        <v>185</v>
+        <v>111</v>
       </c>
       <c r="D892" s="0" t="s">
-        <v>186</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="893">
       <c r="A893" s="0" t="s">
-        <v>1864</v>
+        <v>1866</v>
       </c>
       <c r="B893" s="0" t="s">
-        <v>1865</v>
+        <v>1867</v>
       </c>
       <c r="C893" s="0" t="s">
-        <v>185</v>
+        <v>103</v>
       </c>
       <c r="D893" s="0" t="s">
-        <v>186</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="894">
       <c r="A894" s="0" t="s">
-        <v>1866</v>
+        <v>1868</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>1867</v>
+        <v>1869</v>
       </c>
       <c r="C894" s="0" t="s">
-        <v>185</v>
+        <v>103</v>
       </c>
       <c r="D894" s="0" t="s">
-        <v>1868</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="895">
       <c r="A895" s="0" t="s">
-        <v>1869</v>
+        <v>1870</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>1870</v>
+        <v>1871</v>
       </c>
       <c r="C895" s="0" t="s">
-        <v>185</v>
+        <v>103</v>
       </c>
       <c r="D895" s="0" t="s">
-        <v>186</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="896">
       <c r="A896" s="0" t="s">
-        <v>1871</v>
+        <v>1872</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>1872</v>
+        <v>1873</v>
       </c>
       <c r="C896" s="0" t="s">
-        <v>185</v>
+        <v>69</v>
       </c>
       <c r="D896" s="0" t="s">
-        <v>186</v>
+        <v>70</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="897">
       <c r="A897" s="0" t="s">
-        <v>1873</v>
+        <v>1874</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>1874</v>
+        <v>1875</v>
       </c>
       <c r="C897" s="0" t="s">
-        <v>185</v>
+        <v>511</v>
       </c>
       <c r="D897" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="898">
       <c r="A898" s="0" t="s">
-        <v>1875</v>
+        <v>1876</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>1876</v>
+        <v>1877</v>
       </c>
       <c r="C898" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D898" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="899">
       <c r="A899" s="0" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>1878</v>
+        <v>1879</v>
       </c>
       <c r="C899" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D899" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="900">
       <c r="A900" s="0" t="s">
-        <v>1879</v>
+        <v>1880</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="C900" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D900" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="901">
       <c r="A901" s="0" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="C901" s="0" t="s">
-        <v>185</v>
+        <v>511</v>
       </c>
       <c r="D901" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="902">
       <c r="A902" s="0" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="C902" s="0" t="s">
-        <v>185</v>
+        <v>511</v>
       </c>
       <c r="D902" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="903">
       <c r="A903" s="0" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="C903" s="0" t="s">
-        <v>185</v>
+        <v>511</v>
       </c>
       <c r="D903" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="904">
       <c r="A904" s="0" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="C904" s="0" t="s">
-        <v>185</v>
+        <v>511</v>
       </c>
       <c r="D904" s="0" t="s">
-        <v>186</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="905">
       <c r="A905" s="0" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="C905" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D905" s="0" t="s">
-        <v>186</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="906">
       <c r="A906" s="0" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="C906" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D906" s="0" t="s">
-        <v>186</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="907">
       <c r="A907" s="0" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="C907" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D907" s="0" t="s">
-        <v>186</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="908">
       <c r="A908" s="0" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="C908" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D908" s="0" t="s">
-        <v>186</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="909">
       <c r="A909" s="0" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="C909" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D909" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="910">
       <c r="A910" s="0" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="C910" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D910" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="911">
       <c r="A911" s="0" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="C911" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D911" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="912">
       <c r="A912" s="0" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
       <c r="C912" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D912" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="913">
       <c r="A913" s="0" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="C913" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D913" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="914">
       <c r="A914" s="0" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="C914" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D914" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="915">
       <c r="A915" s="0" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="C915" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D915" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="916">
       <c r="A916" s="0" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="C916" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D916" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="917">
       <c r="A917" s="0" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="C917" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D917" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="918">
       <c r="A918" s="0" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="C918" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D918" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="919">
       <c r="A919" s="0" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="C919" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D919" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="920">
       <c r="A920" s="0" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="C920" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D920" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="921">
       <c r="A921" s="0" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="B921" s="0" t="s">
-        <v>1922</v>
+        <v>1923</v>
       </c>
       <c r="C921" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D921" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="922">
       <c r="A922" s="0" t="s">
-        <v>1923</v>
+        <v>1924</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="C922" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D922" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="923">
       <c r="A923" s="0" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>1926</v>
+        <v>1927</v>
       </c>
       <c r="C923" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D923" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="924">
       <c r="A924" s="0" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="B924" s="0" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="C924" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D924" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="925">
       <c r="A925" s="0" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="B925" s="0" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="C925" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D925" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="926">
       <c r="A926" s="0" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="B926" s="0" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="C926" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D926" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="927">
       <c r="A927" s="0" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="B927" s="0" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="C927" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D927" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="928">
       <c r="A928" s="0" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="B928" s="0" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="C928" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D928" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="929">
       <c r="A929" s="0" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="B929" s="0" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="C929" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D929" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="930">
       <c r="A930" s="0" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B930" s="0" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="C930" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D930" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="931">
       <c r="A931" s="0" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="C931" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D931" s="0" t="s">
-        <v>1868</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="932">
       <c r="A932" s="0" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="C932" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D932" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="933">
       <c r="A933" s="0" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="C933" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D933" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="934">
       <c r="A934" s="0" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="C934" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D934" s="0" t="s">
-        <v>1868</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="935">
       <c r="A935" s="0" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="C935" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D935" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="936">
       <c r="A936" s="0" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="C936" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D936" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="937">
       <c r="A937" s="0" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="C937" s="0" t="s">
-        <v>185</v>
+        <v>1956</v>
       </c>
       <c r="D937" s="0" t="s">
-        <v>1868</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="938">
       <c r="A938" s="0" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="C938" s="0" t="s">
-        <v>185</v>
+        <v>1960</v>
       </c>
       <c r="D938" s="0" t="s">
-        <v>186</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="939">
       <c r="A939" s="0" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>1958</v>
+        <v>1962</v>
       </c>
       <c r="C939" s="0" t="s">
-        <v>185</v>
+        <v>1960</v>
       </c>
       <c r="D939" s="0" t="s">
-        <v>186</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="940">
       <c r="A940" s="0" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="B940" s="0" t="s">
+        <v>1964</v>
+      </c>
+      <c r="C940" s="0" t="s">
         <v>1960</v>
       </c>
-      <c r="C940" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D940" s="0" t="s">
-        <v>186</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="941">
       <c r="A941" s="0" t="s">
-        <v>1961</v>
+        <v>1965</v>
       </c>
       <c r="B941" s="0" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="C941" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D941" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="942">
       <c r="A942" s="0" t="s">
-        <v>1963</v>
+        <v>1967</v>
       </c>
       <c r="B942" s="0" t="s">
-        <v>1964</v>
+        <v>1968</v>
       </c>
       <c r="C942" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D942" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="943">
       <c r="A943" s="0" t="s">
-        <v>1965</v>
+        <v>1969</v>
       </c>
       <c r="B943" s="0" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="C943" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D943" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="944">
       <c r="A944" s="0" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="B944" s="0" t="s">
-        <v>1968</v>
+        <v>1972</v>
       </c>
       <c r="C944" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D944" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="945">
       <c r="A945" s="0" t="s">
-        <v>1969</v>
+        <v>1973</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>1970</v>
+        <v>1974</v>
       </c>
       <c r="C945" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D945" s="0" t="s">
-        <v>1868</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="946">
       <c r="A946" s="0" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="C946" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D946" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="947">
       <c r="A947" s="0" t="s">
-        <v>1973</v>
+        <v>1977</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>1974</v>
+        <v>1978</v>
       </c>
       <c r="C947" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D947" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="948">
       <c r="A948" s="0" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="C948" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D948" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="949">
       <c r="A949" s="0" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="C949" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D949" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="950">
       <c r="A950" s="0" t="s">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="B950" s="0" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="C950" s="0" t="s">
-        <v>185</v>
+        <v>30</v>
       </c>
       <c r="D950" s="0" t="s">
-        <v>186</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="951">
       <c r="A951" s="0" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="C951" s="0" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D951" s="0" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="952">
       <c r="A952" s="0" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="C952" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D952" s="0" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="953">
       <c r="A953" s="0" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="C953" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D953" s="0" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="954">
       <c r="A954" s="0" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="C954" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D954" s="0" t="s">
-        <v>13</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="955">
       <c r="A955" s="0" t="s">
-        <v>1989</v>
+        <v>1993</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="C955" s="0" t="s">
-        <v>127</v>
+        <v>286</v>
       </c>
       <c r="D955" s="0" t="s">
-        <v>127</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="956">
       <c r="A956" s="0" t="s">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="C956" s="0" t="s">
-        <v>127</v>
+        <v>286</v>
       </c>
       <c r="D956" s="0" t="s">
-        <v>127</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="957">
       <c r="A957" s="0" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="C957" s="0" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="D957" s="0" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="958">
       <c r="A958" s="0" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="C958" s="0" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="D958" s="0" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="959">
       <c r="A959" s="0" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="C959" s="0" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="D959" s="0" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="960">
       <c r="A960" s="0" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="B960" s="0" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="C960" s="0" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="D960" s="0" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="961">
       <c r="A961" s="0" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="B961" s="0" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="C961" s="0" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
       <c r="D961" s="0" t="s">
-        <v>127</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="962">
       <c r="A962" s="0" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="B962" s="0" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="C962" s="0" t="s">
-        <v>409</v>
+        <v>185</v>
       </c>
       <c r="D962" s="0" t="s">
-        <v>410</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="963">
       <c r="A963" s="0" t="s">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="B963" s="0" t="s">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="C963" s="0" t="s">
-        <v>409</v>
+        <v>185</v>
       </c>
       <c r="D963" s="0" t="s">
-        <v>410</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="964">
       <c r="A964" s="0" t="s">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="C964" s="0" t="s">
-        <v>2009</v>
+        <v>185</v>
       </c>
       <c r="D964" s="0" t="s">
-        <v>2010</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="965">
       <c r="A965" s="0" t="s">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>2012</v>
+        <v>2014</v>
       </c>
       <c r="C965" s="0" t="s">
-        <v>336</v>
+        <v>103</v>
       </c>
       <c r="D965" s="0" t="s">
-        <v>337</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="966">
       <c r="A966" s="0" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="C966" s="0" t="s">
-        <v>336</v>
+        <v>103</v>
       </c>
       <c r="D966" s="0" t="s">
-        <v>337</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="967">
       <c r="A967" s="0" t="s">
-        <v>2015</v>
+        <v>2017</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="C967" s="0" t="s">
-        <v>336</v>
+        <v>103</v>
       </c>
       <c r="D967" s="0" t="s">
-        <v>337</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="968">
       <c r="A968" s="0" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="B968" s="0" t="s">
-        <v>2018</v>
+        <v>2020</v>
       </c>
       <c r="C968" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D968" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="969">
       <c r="A969" s="0" t="s">
-        <v>2019</v>
+        <v>2021</v>
       </c>
       <c r="B969" s="0" t="s">
-        <v>2020</v>
+        <v>2022</v>
       </c>
       <c r="C969" s="0" t="s">
-        <v>995</v>
+        <v>97</v>
       </c>
       <c r="D969" s="0" t="s">
-        <v>996</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="970">
       <c r="A970" s="0" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="B970" s="0" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="C970" s="0" t="s">
-        <v>995</v>
+        <v>97</v>
       </c>
       <c r="D970" s="0" t="s">
-        <v>996</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="971">
       <c r="A971" s="0" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="B971" s="0" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="C971" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D971" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="972">
       <c r="A972" s="0" t="s">
-        <v>2025</v>
+        <v>2027</v>
       </c>
       <c r="B972" s="0" t="s">
-        <v>2026</v>
+        <v>2028</v>
       </c>
       <c r="C972" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D972" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="973">
       <c r="A973" s="0" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>2028</v>
+        <v>2030</v>
       </c>
       <c r="C973" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D973" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="974">
       <c r="A974" s="0" t="s">
-        <v>2029</v>
+        <v>2031</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>2030</v>
+        <v>2032</v>
       </c>
       <c r="C974" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D974" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="975">
       <c r="A975" s="0" t="s">
-        <v>2031</v>
+        <v>2033</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>2032</v>
+        <v>2034</v>
       </c>
       <c r="C975" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D975" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="976">
       <c r="A976" s="0" t="s">
-        <v>2033</v>
+        <v>2035</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>2034</v>
+        <v>2036</v>
       </c>
       <c r="C976" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D976" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="977">
       <c r="A977" s="0" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
       <c r="C977" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D977" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="978">
       <c r="A978" s="0" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>2038</v>
+        <v>2040</v>
       </c>
       <c r="C978" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D978" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="979">
       <c r="A979" s="0" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>2040</v>
+        <v>2042</v>
       </c>
       <c r="C979" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D979" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="980">
       <c r="A980" s="0" t="s">
-        <v>2041</v>
+        <v>2043</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>2042</v>
+        <v>2044</v>
       </c>
       <c r="C980" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D980" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="981">
       <c r="A981" s="0" t="s">
-        <v>2043</v>
+        <v>2045</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="C981" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D981" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="982">
       <c r="A982" s="0" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
       <c r="B982" s="0" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="C982" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D982" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="983">
       <c r="A983" s="0" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
       <c r="C983" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D983" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="984">
       <c r="A984" s="0" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>2050</v>
+        <v>2052</v>
       </c>
       <c r="C984" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D984" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="985">
       <c r="A985" s="0" t="s">
-        <v>2051</v>
+        <v>2053</v>
       </c>
       <c r="B985" s="0" t="s">
-        <v>2052</v>
+        <v>2054</v>
       </c>
       <c r="C985" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D985" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="986">
       <c r="A986" s="0" t="s">
-        <v>2053</v>
+        <v>2055</v>
       </c>
       <c r="B986" s="0" t="s">
-        <v>2054</v>
+        <v>2056</v>
       </c>
       <c r="C986" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D986" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="987">
       <c r="A987" s="0" t="s">
-        <v>2055</v>
+        <v>2057</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>2056</v>
+        <v>2058</v>
       </c>
       <c r="C987" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D987" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="988">
       <c r="A988" s="0" t="s">
-        <v>2057</v>
+        <v>2059</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="C988" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D988" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="989">
       <c r="A989" s="0" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="C989" s="0" t="s">
-        <v>596</v>
+        <v>97</v>
       </c>
       <c r="D989" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="990">
       <c r="A990" s="0" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="C990" s="0" t="s">
-        <v>692</v>
+        <v>97</v>
       </c>
       <c r="D990" s="0" t="s">
-        <v>692</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="991">
       <c r="A991" s="0" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="C991" s="0" t="s">
-        <v>995</v>
+        <v>1755</v>
       </c>
       <c r="D991" s="0" t="s">
-        <v>996</v>
+        <v>1756</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="992">
       <c r="A992" s="0" t="s">
-        <v>2065</v>
+        <v>2067</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>2066</v>
+        <v>2068</v>
       </c>
       <c r="C992" s="0" t="s">
-        <v>995</v>
+        <v>1755</v>
       </c>
       <c r="D992" s="0" t="s">
-        <v>996</v>
+        <v>1756</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="993">
       <c r="A993" s="0" t="s">
-        <v>2067</v>
+        <v>2069</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="C993" s="0" t="s">
-        <v>191</v>
+        <v>417</v>
       </c>
       <c r="D993" s="0" t="s">
-        <v>192</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="994">
       <c r="A994" s="0" t="s">
-        <v>2069</v>
+        <v>2071</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>2070</v>
+        <v>2072</v>
       </c>
       <c r="C994" s="0" t="s">
-        <v>191</v>
+        <v>111</v>
       </c>
       <c r="D994" s="0" t="s">
-        <v>192</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="995">
       <c r="A995" s="0" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>2072</v>
+        <v>2074</v>
       </c>
       <c r="C995" s="0" t="s">
-        <v>2073</v>
+        <v>111</v>
       </c>
       <c r="D995" s="0" t="s">
-        <v>2073</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="996">
       <c r="A996" s="0" t="s">
-        <v>2074</v>
+        <v>2075</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>2075</v>
+        <v>2076</v>
       </c>
       <c r="C996" s="0" t="s">
-        <v>169</v>
+        <v>407</v>
       </c>
       <c r="D996" s="0" t="s">
-        <v>169</v>
+        <v>408</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="997">
       <c r="A997" s="0" t="s">
-        <v>2076</v>
+        <v>2077</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="C997" s="0" t="s">
-        <v>121</v>
+        <v>2079</v>
       </c>
       <c r="D997" s="0" t="s">
-        <v>122</v>
+        <v>2080</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="998">
       <c r="A998" s="0" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="B998" s="0" t="s">
-        <v>2079</v>
+        <v>2082</v>
       </c>
       <c r="C998" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D998" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="999">
       <c r="A999" s="0" t="s">
-        <v>2080</v>
+        <v>2083</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="C999" s="0" t="s">
-        <v>995</v>
+        <v>181</v>
       </c>
       <c r="D999" s="0" t="s">
-        <v>996</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1000">
       <c r="A1000" s="0" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>2083</v>
+        <v>2086</v>
       </c>
       <c r="C1000" s="0" t="s">
-        <v>995</v>
+        <v>181</v>
       </c>
       <c r="D1000" s="0" t="s">
-        <v>996</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1001">
       <c r="A1001" s="0" t="s">
-        <v>2084</v>
+        <v>2087</v>
       </c>
       <c r="B1001" s="0" t="s">
-        <v>2085</v>
+        <v>2088</v>
       </c>
       <c r="C1001" s="0" t="s">
-        <v>157</v>
+        <v>687</v>
       </c>
       <c r="D1001" s="0" t="s">
-        <v>157</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1002">
       <c r="A1002" s="0" t="s">
-        <v>2086</v>
+        <v>2089</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>2087</v>
+        <v>2090</v>
       </c>
       <c r="C1002" s="0" t="s">
-        <v>157</v>
+        <v>687</v>
       </c>
       <c r="D1002" s="0" t="s">
-        <v>157</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1003">
       <c r="A1003" s="0" t="s">
-        <v>2088</v>
+        <v>2091</v>
       </c>
       <c r="B1003" s="0" t="s">
-        <v>2089</v>
+        <v>2092</v>
       </c>
       <c r="C1003" s="0" t="s">
-        <v>191</v>
+        <v>90</v>
       </c>
       <c r="D1003" s="0" t="s">
-        <v>192</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1004">
       <c r="A1004" s="0" t="s">
-        <v>2090</v>
+        <v>2093</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="C1004" s="0" t="s">
-        <v>185</v>
+        <v>90</v>
       </c>
       <c r="D1004" s="0" t="s">
-        <v>453</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1005">
       <c r="A1005" s="0" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
       <c r="C1005" s="0" t="s">
-        <v>185</v>
+        <v>90</v>
       </c>
       <c r="D1005" s="0" t="s">
-        <v>453</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1006">
       <c r="A1006" s="0" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>2095</v>
+        <v>2098</v>
       </c>
       <c r="C1006" s="0" t="s">
-        <v>185</v>
+        <v>90</v>
       </c>
       <c r="D1006" s="0" t="s">
-        <v>453</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1007">
       <c r="A1007" s="0" t="s">
-        <v>2096</v>
+        <v>2099</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="C1007" s="0" t="s">
-        <v>336</v>
+        <v>90</v>
       </c>
       <c r="D1007" s="0" t="s">
-        <v>337</v>
+        <v>90</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1008">
       <c r="A1008" s="0" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="C1008" s="0" t="s">
-        <v>336</v>
+        <v>130</v>
       </c>
       <c r="D1008" s="0" t="s">
-        <v>337</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1009">
       <c r="A1009" s="0" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="C1009" s="0" t="s">
-        <v>34</v>
+        <v>130</v>
       </c>
       <c r="D1009" s="0" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1010">
       <c r="A1010" s="0" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="B1010" s="0" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
       <c r="C1010" s="0" t="s">
-        <v>34</v>
+        <v>130</v>
       </c>
       <c r="D1010" s="0" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1011">
       <c r="A1011" s="0" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="B1011" s="0" t="s">
-        <v>2105</v>
+        <v>2108</v>
       </c>
       <c r="C1011" s="0" t="s">
-        <v>34</v>
+        <v>286</v>
       </c>
       <c r="D1011" s="0" t="s">
-        <v>35</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1012">
       <c r="A1012" s="0" t="s">
-        <v>2106</v>
+        <v>2109</v>
       </c>
       <c r="B1012" s="0" t="s">
-        <v>2107</v>
+        <v>2110</v>
       </c>
       <c r="C1012" s="0" t="s">
-        <v>34</v>
+        <v>430</v>
       </c>
       <c r="D1012" s="0" t="s">
-        <v>35</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1013">
       <c r="A1013" s="0" t="s">
-        <v>2108</v>
+        <v>2111</v>
       </c>
       <c r="B1013" s="0" t="s">
-        <v>2109</v>
+        <v>2112</v>
       </c>
       <c r="C1013" s="0" t="s">
-        <v>34</v>
+        <v>318</v>
       </c>
       <c r="D1013" s="0" t="s">
-        <v>35</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1014">
       <c r="A1014" s="0" t="s">
-        <v>2110</v>
+        <v>2113</v>
       </c>
       <c r="B1014" s="0" t="s">
-        <v>2111</v>
+        <v>2114</v>
       </c>
       <c r="C1014" s="0" t="s">
-        <v>34</v>
+        <v>318</v>
       </c>
       <c r="D1014" s="0" t="s">
-        <v>35</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1015">
       <c r="A1015" s="0" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
       <c r="B1015" s="0" t="s">
-        <v>2113</v>
+        <v>2116</v>
       </c>
       <c r="C1015" s="0" t="s">
-        <v>34</v>
+        <v>2117</v>
       </c>
       <c r="D1015" s="0" t="s">
-        <v>35</v>
+        <v>2117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1016">
       <c r="A1016" s="0" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="B1016" s="0" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="C1016" s="0" t="s">
-        <v>1510</v>
+        <v>2120</v>
       </c>
       <c r="D1016" s="0" t="s">
-        <v>1511</v>
+        <v>2121</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1017">
       <c r="A1017" s="0" t="s">
-        <v>2116</v>
+        <v>2122</v>
       </c>
       <c r="B1017" s="0" t="s">
-        <v>2117</v>
+        <v>2123</v>
       </c>
       <c r="C1017" s="0" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D1017" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1018">
       <c r="A1018" s="0" t="s">
-        <v>2118</v>
+        <v>2124</v>
       </c>
       <c r="B1018" s="0" t="s">
-        <v>2119</v>
+        <v>2125</v>
       </c>
       <c r="C1018" s="0" t="s">
-        <v>42</v>
+        <v>185</v>
       </c>
       <c r="D1018" s="0" t="s">
-        <v>42</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1019">
       <c r="A1019" s="0" t="s">
-        <v>2120</v>
+        <v>2126</v>
       </c>
       <c r="B1019" s="0" t="s">
-        <v>2121</v>
+        <v>2127</v>
       </c>
       <c r="C1019" s="0" t="s">
-        <v>42</v>
+        <v>185</v>
       </c>
       <c r="D1019" s="0" t="s">
-        <v>42</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1020">
       <c r="A1020" s="0" t="s">
-        <v>2122</v>
+        <v>2128</v>
       </c>
       <c r="B1020" s="0" t="s">
-        <v>2123</v>
+        <v>2129</v>
       </c>
       <c r="C1020" s="0" t="s">
-        <v>42</v>
+        <v>248</v>
       </c>
       <c r="D1020" s="0" t="s">
-        <v>42</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1021">
       <c r="A1021" s="0" t="s">
-        <v>2124</v>
+        <v>2130</v>
       </c>
       <c r="B1021" s="0" t="s">
-        <v>2125</v>
+        <v>2131</v>
       </c>
       <c r="C1021" s="0" t="s">
-        <v>127</v>
+        <v>248</v>
       </c>
       <c r="D1021" s="0" t="s">
-        <v>127</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1022">
       <c r="A1022" s="0" t="s">
-        <v>2126</v>
+        <v>2132</v>
       </c>
       <c r="B1022" s="0" t="s">
-        <v>2127</v>
+        <v>2133</v>
       </c>
       <c r="C1022" s="0" t="s">
-        <v>127</v>
+        <v>248</v>
       </c>
       <c r="D1022" s="0" t="s">
-        <v>127</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1023">
       <c r="A1023" s="0" t="s">
-        <v>2128</v>
+        <v>2134</v>
       </c>
       <c r="B1023" s="0" t="s">
-        <v>2129</v>
+        <v>2135</v>
       </c>
       <c r="C1023" s="0" t="s">
-        <v>127</v>
+        <v>248</v>
       </c>
       <c r="D1023" s="0" t="s">
-        <v>127</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1024">
       <c r="A1024" s="0" t="s">
-        <v>2130</v>
+        <v>2136</v>
       </c>
       <c r="B1024" s="0" t="s">
-        <v>2131</v>
+        <v>2137</v>
       </c>
       <c r="C1024" s="0" t="s">
-        <v>93</v>
+        <v>248</v>
       </c>
       <c r="D1024" s="0" t="s">
-        <v>94</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1025">
       <c r="A1025" s="0" t="s">
-        <v>2132</v>
+        <v>2138</v>
       </c>
       <c r="B1025" s="0" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="C1025" s="0" t="s">
-        <v>683</v>
+        <v>248</v>
       </c>
       <c r="D1025" s="0" t="s">
-        <v>597</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1026">
       <c r="A1026" s="0" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="B1026" s="0" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="C1026" s="0" t="s">
-        <v>197</v>
+        <v>248</v>
       </c>
       <c r="D1026" s="0" t="s">
-        <v>197</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1027">
       <c r="A1027" s="0" t="s">
-        <v>2136</v>
+        <v>2142</v>
       </c>
       <c r="B1027" s="0" t="s">
-        <v>2137</v>
+        <v>2143</v>
       </c>
       <c r="C1027" s="0" t="s">
-        <v>197</v>
+        <v>248</v>
       </c>
       <c r="D1027" s="0" t="s">
-        <v>197</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1028">
       <c r="A1028" s="0" t="s">
-        <v>2138</v>
+        <v>2144</v>
       </c>
       <c r="B1028" s="0" t="s">
-        <v>2139</v>
+        <v>2145</v>
       </c>
       <c r="C1028" s="0" t="s">
-        <v>197</v>
+        <v>248</v>
       </c>
       <c r="D1028" s="0" t="s">
-        <v>197</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1029">
       <c r="A1029" s="0" t="s">
-        <v>2140</v>
+        <v>2146</v>
       </c>
       <c r="B1029" s="0" t="s">
-        <v>2141</v>
+        <v>2147</v>
       </c>
       <c r="C1029" s="0" t="s">
-        <v>683</v>
+        <v>222</v>
       </c>
       <c r="D1029" s="0" t="s">
-        <v>597</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1030">
       <c r="A1030" s="0" t="s">
-        <v>2142</v>
+        <v>2148</v>
       </c>
       <c r="B1030" s="0" t="s">
-        <v>2143</v>
+        <v>2149</v>
       </c>
       <c r="C1030" s="0" t="s">
-        <v>683</v>
+        <v>222</v>
       </c>
       <c r="D1030" s="0" t="s">
-        <v>597</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1031">
       <c r="A1031" s="0" t="s">
-        <v>2144</v>
+        <v>2150</v>
       </c>
       <c r="B1031" s="0" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="C1031" s="0" t="s">
-        <v>683</v>
+        <v>222</v>
       </c>
       <c r="D1031" s="0" t="s">
-        <v>597</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1032">
       <c r="A1032" s="0" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
       <c r="B1032" s="0" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="C1032" s="0" t="s">
-        <v>683</v>
+        <v>222</v>
       </c>
       <c r="D1032" s="0" t="s">
-        <v>597</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1033">
       <c r="A1033" s="0" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
       <c r="B1033" s="0" t="s">
-        <v>2149</v>
+        <v>2155</v>
       </c>
       <c r="C1033" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D1033" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1034">
       <c r="A1034" s="0" t="s">
-        <v>2150</v>
+        <v>2156</v>
       </c>
       <c r="B1034" s="0" t="s">
-        <v>2151</v>
+        <v>2157</v>
       </c>
       <c r="C1034" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D1034" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1035">
       <c r="A1035" s="0" t="s">
-        <v>2152</v>
+        <v>2158</v>
       </c>
       <c r="B1035" s="0" t="s">
-        <v>2153</v>
+        <v>2159</v>
       </c>
       <c r="C1035" s="0" t="s">
-        <v>191</v>
+        <v>811</v>
       </c>
       <c r="D1035" s="0" t="s">
-        <v>192</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1036">
       <c r="A1036" s="0" t="s">
-        <v>2154</v>
+        <v>2160</v>
       </c>
       <c r="B1036" s="0" t="s">
-        <v>2155</v>
+        <v>2161</v>
       </c>
       <c r="C1036" s="0" t="s">
-        <v>191</v>
+        <v>811</v>
       </c>
       <c r="D1036" s="0" t="s">
-        <v>192</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1037">
       <c r="A1037" s="0" t="s">
-        <v>2156</v>
+        <v>2162</v>
       </c>
       <c r="B1037" s="0" t="s">
-        <v>2157</v>
+        <v>2163</v>
       </c>
       <c r="C1037" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1037" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1038">
       <c r="A1038" s="0" t="s">
-        <v>2158</v>
+        <v>2164</v>
       </c>
       <c r="B1038" s="0" t="s">
-        <v>2159</v>
+        <v>2165</v>
       </c>
       <c r="C1038" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1038" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1039">
       <c r="A1039" s="0" t="s">
-        <v>2160</v>
+        <v>2166</v>
       </c>
       <c r="B1039" s="0" t="s">
-        <v>2161</v>
+        <v>2167</v>
       </c>
       <c r="C1039" s="0" t="s">
-        <v>157</v>
+        <v>318</v>
       </c>
       <c r="D1039" s="0" t="s">
-        <v>157</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1040">
       <c r="A1040" s="0" t="s">
-        <v>2162</v>
+        <v>2168</v>
       </c>
       <c r="B1040" s="0" t="s">
-        <v>2163</v>
+        <v>2169</v>
       </c>
       <c r="C1040" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
       <c r="D1040" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1041">
       <c r="A1041" s="0" t="s">
-        <v>2164</v>
+        <v>2170</v>
       </c>
       <c r="B1041" s="0" t="s">
-        <v>2165</v>
+        <v>2171</v>
       </c>
       <c r="C1041" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
       <c r="D1041" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1042">
       <c r="A1042" s="0" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="B1042" s="0" t="s">
-        <v>2167</v>
+        <v>2173</v>
       </c>
       <c r="C1042" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
       <c r="D1042" s="0" t="s">
-        <v>157</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1043">
       <c r="A1043" s="0" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
       <c r="B1043" s="0" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="C1043" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1043" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1044">
       <c r="A1044" s="0" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="B1044" s="0" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
       <c r="C1044" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1044" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1045">
       <c r="A1045" s="0" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1045" s="0" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1045" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1045" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1046">
       <c r="A1046" s="0" t="s">
-        <v>2174</v>
+        <v>2180</v>
       </c>
       <c r="B1046" s="0" t="s">
-        <v>2175</v>
+        <v>2181</v>
       </c>
       <c r="C1046" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1046" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1047">
       <c r="A1047" s="0" t="s">
-        <v>2176</v>
+        <v>2182</v>
       </c>
       <c r="B1047" s="0" t="s">
-        <v>2177</v>
+        <v>2183</v>
       </c>
       <c r="C1047" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1047" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1048">
       <c r="A1048" s="0" t="s">
-        <v>2178</v>
+        <v>2184</v>
       </c>
       <c r="B1048" s="0" t="s">
-        <v>2179</v>
+        <v>2185</v>
       </c>
       <c r="C1048" s="0" t="s">
-        <v>157</v>
+        <v>511</v>
       </c>
       <c r="D1048" s="0" t="s">
-        <v>157</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1049">
       <c r="A1049" s="0" t="s">
-        <v>2180</v>
+        <v>2186</v>
       </c>
       <c r="B1049" s="0" t="s">
-        <v>2181</v>
+        <v>2187</v>
       </c>
       <c r="C1049" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D1049" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1050">
       <c r="A1050" s="0" t="s">
-        <v>2182</v>
+        <v>2188</v>
       </c>
       <c r="B1050" s="0" t="s">
-        <v>2183</v>
+        <v>2189</v>
       </c>
       <c r="C1050" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D1050" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1051">
       <c r="A1051" s="0" t="s">
-        <v>2184</v>
+        <v>2190</v>
       </c>
       <c r="B1051" s="0" t="s">
-        <v>2185</v>
+        <v>2191</v>
       </c>
       <c r="C1051" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D1051" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1052">
       <c r="A1052" s="0" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="B1052" s="0" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="C1052" s="0" t="s">
-        <v>157</v>
+        <v>511</v>
       </c>
       <c r="D1052" s="0" t="s">
-        <v>157</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1053">
       <c r="A1053" s="0" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
       <c r="B1053" s="0" t="s">
-        <v>2189</v>
+        <v>2195</v>
       </c>
       <c r="C1053" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D1053" s="0" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1054">
       <c r="A1054" s="0" t="s">
-        <v>2190</v>
+        <v>2196</v>
       </c>
       <c r="B1054" s="0" t="s">
-        <v>2191</v>
+        <v>2197</v>
       </c>
       <c r="C1054" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1054" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1055">
       <c r="A1055" s="0" t="s">
-        <v>2192</v>
+        <v>2198</v>
       </c>
       <c r="B1055" s="0" t="s">
-        <v>2193</v>
+        <v>2199</v>
       </c>
       <c r="C1055" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1055" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1056">
       <c r="A1056" s="0" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="B1056" s="0" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
       <c r="C1056" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1056" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1057">
       <c r="A1057" s="0" t="s">
-        <v>2196</v>
+        <v>2202</v>
       </c>
       <c r="B1057" s="0" t="s">
-        <v>2197</v>
+        <v>2203</v>
       </c>
       <c r="C1057" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1057" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1058">
       <c r="A1058" s="0" t="s">
-        <v>2198</v>
+        <v>2204</v>
       </c>
       <c r="B1058" s="0" t="s">
-        <v>2199</v>
+        <v>2205</v>
       </c>
       <c r="C1058" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1058" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1059">
       <c r="A1059" s="0" t="s">
-        <v>2200</v>
+        <v>2206</v>
       </c>
       <c r="B1059" s="0" t="s">
-        <v>2201</v>
+        <v>2207</v>
       </c>
       <c r="C1059" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1059" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1060">
       <c r="A1060" s="0" t="s">
-        <v>2202</v>
+        <v>2208</v>
       </c>
       <c r="B1060" s="0" t="s">
-        <v>2203</v>
+        <v>2209</v>
       </c>
       <c r="C1060" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1060" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1061">
       <c r="A1061" s="0" t="s">
-        <v>2204</v>
+        <v>2210</v>
       </c>
       <c r="B1061" s="0" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="C1061" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1061" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1062">
       <c r="A1062" s="0" t="s">
-        <v>2206</v>
+        <v>2212</v>
       </c>
       <c r="B1062" s="0" t="s">
-        <v>2207</v>
+        <v>2213</v>
       </c>
       <c r="C1062" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1062" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1063">
       <c r="A1063" s="0" t="s">
-        <v>2208</v>
+        <v>2214</v>
       </c>
       <c r="B1063" s="0" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="C1063" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1063" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1064">
       <c r="A1064" s="0" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="B1064" s="0" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="C1064" s="0" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="D1064" s="0" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1065">
       <c r="A1065" s="0" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="B1065" s="0" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="C1065" s="0" t="s">
-        <v>2214</v>
+        <v>222</v>
       </c>
       <c r="D1065" s="0" t="s">
-        <v>2215</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1066">
       <c r="A1066" s="0" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="B1066" s="0" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="C1066" s="0" t="s">
-        <v>2218</v>
+        <v>222</v>
       </c>
       <c r="D1066" s="0" t="s">
-        <v>2218</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1067">
       <c r="A1067" s="0" t="s">
-        <v>2219</v>
+        <v>2222</v>
       </c>
       <c r="B1067" s="0" t="s">
-        <v>2220</v>
+        <v>2223</v>
       </c>
       <c r="C1067" s="0" t="s">
-        <v>2218</v>
+        <v>222</v>
       </c>
       <c r="D1067" s="0" t="s">
-        <v>2218</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1068">
       <c r="A1068" s="0" t="s">
-        <v>2221</v>
+        <v>2224</v>
       </c>
       <c r="B1068" s="0" t="s">
-        <v>2222</v>
+        <v>2225</v>
       </c>
       <c r="C1068" s="0" t="s">
-        <v>2218</v>
+        <v>222</v>
       </c>
       <c r="D1068" s="0" t="s">
-        <v>2218</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1069">
       <c r="A1069" s="0" t="s">
-        <v>2223</v>
+        <v>2226</v>
       </c>
       <c r="B1069" s="0" t="s">
-        <v>2224</v>
+        <v>2227</v>
       </c>
       <c r="C1069" s="0" t="s">
-        <v>34</v>
+        <v>520</v>
       </c>
       <c r="D1069" s="0" t="s">
-        <v>35</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1070">
       <c r="A1070" s="0" t="s">
-        <v>2225</v>
+        <v>2228</v>
       </c>
       <c r="B1070" s="0" t="s">
-        <v>2226</v>
+        <v>2229</v>
       </c>
       <c r="C1070" s="0" t="s">
-        <v>34</v>
+        <v>520</v>
       </c>
       <c r="D1070" s="0" t="s">
-        <v>35</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1071">
       <c r="A1071" s="0" t="s">
-        <v>2227</v>
+        <v>2230</v>
       </c>
       <c r="B1071" s="0" t="s">
-        <v>2228</v>
+        <v>2231</v>
       </c>
       <c r="C1071" s="0" t="s">
-        <v>34</v>
+        <v>520</v>
       </c>
       <c r="D1071" s="0" t="s">
-        <v>35</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1072">
       <c r="A1072" s="0" t="s">
-        <v>2229</v>
+        <v>2232</v>
       </c>
       <c r="B1072" s="0" t="s">
-        <v>2230</v>
+        <v>2233</v>
       </c>
       <c r="C1072" s="0" t="s">
-        <v>34</v>
+        <v>417</v>
       </c>
       <c r="D1072" s="0" t="s">
-        <v>35</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1073">
       <c r="A1073" s="0" t="s">
-        <v>2231</v>
+        <v>2234</v>
       </c>
       <c r="B1073" s="0" t="s">
-        <v>2232</v>
+        <v>2235</v>
       </c>
       <c r="C1073" s="0" t="s">
-        <v>34</v>
+        <v>407</v>
       </c>
       <c r="D1073" s="0" t="s">
-        <v>35</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1074">
       <c r="A1074" s="0" t="s">
-        <v>2233</v>
+        <v>2236</v>
       </c>
       <c r="B1074" s="0" t="s">
-        <v>2234</v>
+        <v>2237</v>
       </c>
       <c r="C1074" s="0" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="D1074" s="0" t="s">
-        <v>35</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1075">
       <c r="A1075" s="0" t="s">
-        <v>2235</v>
+        <v>2238</v>
       </c>
       <c r="B1075" s="0" t="s">
-        <v>2236</v>
+        <v>2239</v>
       </c>
       <c r="C1075" s="0" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="D1075" s="0" t="s">
-        <v>35</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1076">
       <c r="A1076" s="0" t="s">
-        <v>2237</v>
+        <v>2240</v>
       </c>
       <c r="B1076" s="0" t="s">
-        <v>2238</v>
+        <v>2241</v>
       </c>
       <c r="C1076" s="0" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="D1076" s="0" t="s">
-        <v>35</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1077">
       <c r="A1077" s="0" t="s">
-        <v>2239</v>
+        <v>2242</v>
       </c>
       <c r="B1077" s="0" t="s">
-        <v>2240</v>
+        <v>2243</v>
       </c>
       <c r="C1077" s="0" t="s">
-        <v>34</v>
+        <v>248</v>
       </c>
       <c r="D1077" s="0" t="s">
-        <v>35</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1078">
       <c r="A1078" s="0" t="s">
-        <v>2241</v>
+        <v>2244</v>
       </c>
       <c r="B1078" s="0" t="s">
-        <v>2242</v>
+        <v>2245</v>
       </c>
       <c r="C1078" s="0" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="D1078" s="0" t="s">
-        <v>35</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1079">
       <c r="A1079" s="0" t="s">
-        <v>2243</v>
+        <v>2246</v>
       </c>
       <c r="B1079" s="0" t="s">
-        <v>2244</v>
+        <v>2247</v>
       </c>
       <c r="C1079" s="0" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="D1079" s="0" t="s">
-        <v>35</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1080">
       <c r="A1080" s="0" t="s">
-        <v>2245</v>
+        <v>2248</v>
       </c>
       <c r="B1080" s="0" t="s">
-        <v>2246</v>
+        <v>2249</v>
       </c>
       <c r="C1080" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D1080" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1081">
       <c r="A1081" s="0" t="s">
-        <v>2247</v>
+        <v>2250</v>
       </c>
       <c r="B1081" s="0" t="s">
-        <v>2248</v>
+        <v>2251</v>
       </c>
       <c r="C1081" s="0" t="s">
-        <v>185</v>
+        <v>222</v>
       </c>
       <c r="D1081" s="0" t="s">
-        <v>186</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1082">
       <c r="A1082" s="0" t="s">
-        <v>2249</v>
+        <v>2252</v>
       </c>
       <c r="B1082" s="0" t="s">
-        <v>2250</v>
+        <v>2253</v>
       </c>
       <c r="C1082" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D1082" s="0" t="s">
-        <v>186</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1083">
       <c r="A1083" s="0" t="s">
-        <v>2251</v>
+        <v>2254</v>
       </c>
       <c r="B1083" s="0" t="s">
-        <v>2252</v>
+        <v>2255</v>
       </c>
       <c r="C1083" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D1083" s="0" t="s">
-        <v>186</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1084">
       <c r="A1084" s="0" t="s">
-        <v>2253</v>
+        <v>2256</v>
       </c>
       <c r="B1084" s="0" t="s">
-        <v>2254</v>
+        <v>2257</v>
       </c>
       <c r="C1084" s="0" t="s">
-        <v>185</v>
+        <v>286</v>
       </c>
       <c r="D1084" s="0" t="s">
-        <v>186</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1085">
       <c r="A1085" s="0" t="s">
-        <v>2255</v>
+        <v>2258</v>
       </c>
       <c r="B1085" s="0" t="s">
-        <v>2256</v>
+        <v>2259</v>
       </c>
       <c r="C1085" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="D1085" s="0" t="s">
-        <v>13</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1086">
       <c r="A1086" s="0" t="s">
-        <v>2257</v>
+        <v>2260</v>
       </c>
       <c r="B1086" s="0" t="s">
-        <v>2258</v>
+        <v>2261</v>
       </c>
       <c r="C1086" s="0" t="s">
-        <v>169</v>
+        <v>286</v>
       </c>
       <c r="D1086" s="0" t="s">
-        <v>169</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1087">
       <c r="A1087" s="0" t="s">
-        <v>2259</v>
+        <v>2262</v>
       </c>
       <c r="B1087" s="0" t="s">
-        <v>2260</v>
+        <v>2263</v>
       </c>
       <c r="C1087" s="0" t="s">
-        <v>169</v>
+        <v>286</v>
       </c>
       <c r="D1087" s="0" t="s">
-        <v>169</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1088">
       <c r="A1088" s="0" t="s">
-        <v>2261</v>
+        <v>2264</v>
       </c>
       <c r="B1088" s="0" t="s">
-        <v>2262</v>
+        <v>2265</v>
       </c>
       <c r="C1088" s="0" t="s">
-        <v>169</v>
+        <v>286</v>
       </c>
       <c r="D1088" s="0" t="s">
-        <v>169</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1089">
       <c r="A1089" s="0" t="s">
-        <v>2263</v>
+        <v>2266</v>
       </c>
       <c r="B1089" s="0" t="s">
-        <v>2264</v>
+        <v>2267</v>
       </c>
       <c r="C1089" s="0" t="s">
-        <v>169</v>
+        <v>286</v>
       </c>
       <c r="D1089" s="0" t="s">
-        <v>169</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1090">
       <c r="A1090" s="0" t="s">
-        <v>2265</v>
+        <v>2268</v>
       </c>
       <c r="B1090" s="0" t="s">
-        <v>2266</v>
+        <v>2269</v>
       </c>
       <c r="C1090" s="0" t="s">
-        <v>169</v>
+        <v>286</v>
       </c>
       <c r="D1090" s="0" t="s">
-        <v>169</v>
+        <v>1618</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1091">
       <c r="A1091" s="0" t="s">
-        <v>2267</v>
+        <v>2270</v>
       </c>
       <c r="B1091" s="0" t="s">
-        <v>2268</v>
+        <v>2271</v>
       </c>
       <c r="C1091" s="0" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="D1091" s="0" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1092">
       <c r="A1092" s="0" t="s">
-        <v>2269</v>
+        <v>2272</v>
       </c>
       <c r="B1092" s="0" t="s">
-        <v>2270</v>
+        <v>2273</v>
       </c>
       <c r="C1092" s="0" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
       <c r="D1092" s="0" t="s">
-        <v>169</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1093">
       <c r="A1093" s="0" t="s">
-        <v>2271</v>
+        <v>2274</v>
       </c>
       <c r="B1093" s="0" t="s">
-        <v>2272</v>
+        <v>2275</v>
       </c>
       <c r="C1093" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1093" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1094">
       <c r="A1094" s="0" t="s">
-        <v>2273</v>
+        <v>2276</v>
       </c>
       <c r="B1094" s="0" t="s">
-        <v>2274</v>
+        <v>2277</v>
       </c>
       <c r="C1094" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1094" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1095">
       <c r="A1095" s="0" t="s">
-        <v>2275</v>
+        <v>2278</v>
       </c>
       <c r="B1095" s="0" t="s">
-        <v>2276</v>
+        <v>2279</v>
       </c>
       <c r="C1095" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1095" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1096">
       <c r="A1096" s="0" t="s">
-        <v>2277</v>
+        <v>2280</v>
       </c>
       <c r="B1096" s="0" t="s">
-        <v>2278</v>
+        <v>2281</v>
       </c>
       <c r="C1096" s="0" t="s">
-        <v>127</v>
+        <v>30</v>
       </c>
       <c r="D1096" s="0" t="s">
-        <v>127</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1097">
       <c r="A1097" s="0" t="s">
-        <v>2279</v>
+        <v>2282</v>
       </c>
       <c r="B1097" s="0" t="s">
-        <v>2280</v>
+        <v>2283</v>
       </c>
       <c r="C1097" s="0" t="s">
-        <v>127</v>
+        <v>30</v>
       </c>
       <c r="D1097" s="0" t="s">
-        <v>127</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1098">
       <c r="A1098" s="0" t="s">
-        <v>2281</v>
+        <v>2284</v>
       </c>
       <c r="B1098" s="0" t="s">
-        <v>2282</v>
+        <v>2285</v>
       </c>
       <c r="C1098" s="0" t="s">
-        <v>127</v>
+        <v>22</v>
       </c>
       <c r="D1098" s="0" t="s">
-        <v>127</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1099">
       <c r="A1099" s="0" t="s">
-        <v>2283</v>
+        <v>2286</v>
       </c>
       <c r="B1099" s="0" t="s">
-        <v>2284</v>
+        <v>2287</v>
       </c>
       <c r="C1099" s="0" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="D1099" s="0" t="s">
-        <v>13</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1100">
       <c r="A1100" s="0" t="s">
-        <v>2285</v>
+        <v>2288</v>
       </c>
       <c r="B1100" s="0" t="s">
-        <v>2286</v>
+        <v>2289</v>
       </c>
       <c r="C1100" s="0" t="s">
-        <v>42</v>
+        <v>286</v>
       </c>
       <c r="D1100" s="0" t="s">
-        <v>42</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1101">
       <c r="A1101" s="0" t="s">
-        <v>2287</v>
+        <v>2290</v>
       </c>
       <c r="B1101" s="0" t="s">
-        <v>2288</v>
+        <v>2291</v>
       </c>
       <c r="C1101" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D1101" s="0" t="s">
-        <v>122</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1102">
       <c r="A1102" s="0" t="s">
-        <v>2289</v>
+        <v>2292</v>
       </c>
       <c r="B1102" s="0" t="s">
-        <v>2290</v>
+        <v>2293</v>
       </c>
       <c r="C1102" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D1102" s="0" t="s">
-        <v>122</v>
+        <v>294</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1103">
       <c r="A1103" s="0" t="s">
-        <v>2291</v>
+        <v>2294</v>
       </c>
       <c r="B1103" s="0" t="s">
-        <v>2292</v>
+        <v>2295</v>
       </c>
       <c r="C1103" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1103" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1104">
       <c r="A1104" s="0" t="s">
-        <v>2293</v>
+        <v>2296</v>
       </c>
       <c r="B1104" s="0" t="s">
-        <v>2294</v>
+        <v>2297</v>
       </c>
       <c r="C1104" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1104" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1105">
       <c r="A1105" s="0" t="s">
-        <v>2295</v>
+        <v>2298</v>
       </c>
       <c r="B1105" s="0" t="s">
-        <v>2296</v>
+        <v>2299</v>
       </c>
       <c r="C1105" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1105" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1106">
       <c r="A1106" s="0" t="s">
-        <v>2297</v>
+        <v>2300</v>
       </c>
       <c r="B1106" s="0" t="s">
-        <v>2298</v>
+        <v>2301</v>
       </c>
       <c r="C1106" s="0" t="s">
-        <v>121</v>
+        <v>407</v>
       </c>
       <c r="D1106" s="0" t="s">
-        <v>122</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1107">
       <c r="A1107" s="0" t="s">
-        <v>2299</v>
+        <v>2302</v>
       </c>
       <c r="B1107" s="0" t="s">
-        <v>2300</v>
+        <v>2303</v>
       </c>
       <c r="C1107" s="0" t="s">
-        <v>121</v>
+        <v>407</v>
       </c>
       <c r="D1107" s="0" t="s">
-        <v>122</v>
+        <v>700</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1108">
       <c r="A1108" s="0" t="s">
-        <v>2301</v>
+        <v>2304</v>
       </c>
       <c r="B1108" s="0" t="s">
-        <v>2302</v>
+        <v>2305</v>
       </c>
       <c r="C1108" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1108" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1109">
       <c r="A1109" s="0" t="s">
-        <v>2303</v>
+        <v>2306</v>
       </c>
       <c r="B1109" s="0" t="s">
-        <v>2304</v>
+        <v>2307</v>
       </c>
       <c r="C1109" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1109" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1110">
       <c r="A1110" s="0" t="s">
-        <v>2305</v>
+        <v>2308</v>
       </c>
       <c r="B1110" s="0" t="s">
-        <v>2306</v>
+        <v>2309</v>
       </c>
       <c r="C1110" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1110" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1111">
       <c r="A1111" s="0" t="s">
-        <v>2307</v>
+        <v>2310</v>
       </c>
       <c r="B1111" s="0" t="s">
-        <v>2308</v>
+        <v>2311</v>
       </c>
       <c r="C1111" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1111" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1112">
       <c r="A1112" s="0" t="s">
-        <v>2309</v>
+        <v>2312</v>
       </c>
       <c r="B1112" s="0" t="s">
-        <v>2310</v>
+        <v>2313</v>
       </c>
       <c r="C1112" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1112" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1113">
       <c r="A1113" s="0" t="s">
-        <v>2311</v>
+        <v>2314</v>
       </c>
       <c r="B1113" s="0" t="s">
-        <v>2312</v>
+        <v>2315</v>
       </c>
       <c r="C1113" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1113" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1114">
       <c r="A1114" s="0" t="s">
-        <v>2313</v>
+        <v>2316</v>
       </c>
       <c r="B1114" s="0" t="s">
-        <v>2314</v>
+        <v>2317</v>
       </c>
       <c r="C1114" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1114" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1115">
       <c r="A1115" s="0" t="s">
-        <v>2315</v>
+        <v>2318</v>
       </c>
       <c r="B1115" s="0" t="s">
-        <v>2316</v>
+        <v>2319</v>
       </c>
       <c r="C1115" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1115" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1116">
       <c r="A1116" s="0" t="s">
-        <v>2317</v>
+        <v>2320</v>
       </c>
       <c r="B1116" s="0" t="s">
-        <v>2318</v>
+        <v>2321</v>
       </c>
       <c r="C1116" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1116" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1117">
       <c r="A1117" s="0" t="s">
-        <v>2319</v>
+        <v>2322</v>
       </c>
       <c r="B1117" s="0" t="s">
-        <v>2320</v>
+        <v>2323</v>
       </c>
       <c r="C1117" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1117" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1118">
       <c r="A1118" s="0" t="s">
-        <v>2321</v>
+        <v>2324</v>
       </c>
       <c r="B1118" s="0" t="s">
-        <v>2322</v>
+        <v>2325</v>
       </c>
       <c r="C1118" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1118" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1119">
       <c r="A1119" s="0" t="s">
-        <v>2323</v>
+        <v>2326</v>
       </c>
       <c r="B1119" s="0" t="s">
-        <v>2324</v>
+        <v>2327</v>
       </c>
       <c r="C1119" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1119" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1120">
       <c r="A1120" s="0" t="s">
-        <v>2325</v>
+        <v>2328</v>
       </c>
       <c r="B1120" s="0" t="s">
-        <v>2326</v>
+        <v>2329</v>
       </c>
       <c r="C1120" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1120" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1121">
       <c r="A1121" s="0" t="s">
-        <v>2327</v>
+        <v>2330</v>
       </c>
       <c r="B1121" s="0" t="s">
-        <v>2328</v>
+        <v>2331</v>
       </c>
       <c r="C1121" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1121" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1122">
       <c r="A1122" s="0" t="s">
-        <v>2329</v>
+        <v>2332</v>
       </c>
       <c r="B1122" s="0" t="s">
-        <v>2330</v>
+        <v>2333</v>
       </c>
       <c r="C1122" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1122" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1123">
       <c r="A1123" s="0" t="s">
-        <v>2331</v>
+        <v>2334</v>
       </c>
       <c r="B1123" s="0" t="s">
-        <v>2332</v>
+        <v>2335</v>
       </c>
       <c r="C1123" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1123" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1124">
       <c r="A1124" s="0" t="s">
-        <v>2333</v>
+        <v>2336</v>
       </c>
       <c r="B1124" s="0" t="s">
-        <v>2334</v>
+        <v>2337</v>
       </c>
       <c r="C1124" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1124" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1125">
       <c r="A1125" s="0" t="s">
-        <v>2335</v>
+        <v>2338</v>
       </c>
       <c r="B1125" s="0" t="s">
-        <v>2336</v>
+        <v>2339</v>
       </c>
       <c r="C1125" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1125" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1126">
       <c r="A1126" s="0" t="s">
-        <v>2337</v>
+        <v>2340</v>
       </c>
       <c r="B1126" s="0" t="s">
-        <v>2338</v>
+        <v>2341</v>
       </c>
       <c r="C1126" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1126" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1127">
       <c r="A1127" s="0" t="s">
-        <v>2339</v>
+        <v>2342</v>
       </c>
       <c r="B1127" s="0" t="s">
-        <v>2340</v>
+        <v>2343</v>
       </c>
       <c r="C1127" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1127" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1128">
       <c r="A1128" s="0" t="s">
-        <v>2341</v>
+        <v>2344</v>
       </c>
       <c r="B1128" s="0" t="s">
-        <v>2342</v>
+        <v>2345</v>
       </c>
       <c r="C1128" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D1128" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1129">
       <c r="A1129" s="0" t="s">
-        <v>2343</v>
+        <v>2346</v>
       </c>
       <c r="B1129" s="0" t="s">
-        <v>2344</v>
+        <v>2347</v>
       </c>
       <c r="C1129" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D1129" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1130">
       <c r="A1130" s="0" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="B1130" s="0" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
       <c r="C1130" s="0" t="s">
-        <v>2009</v>
+        <v>30</v>
       </c>
       <c r="D1130" s="0" t="s">
-        <v>2010</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1131">
       <c r="A1131" s="0" t="s">
-        <v>2347</v>
+        <v>2350</v>
       </c>
       <c r="B1131" s="0" t="s">
-        <v>2348</v>
+        <v>2351</v>
       </c>
       <c r="C1131" s="0" t="s">
-        <v>2009</v>
+        <v>30</v>
       </c>
       <c r="D1131" s="0" t="s">
-        <v>2010</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1132">
       <c r="A1132" s="0" t="s">
-        <v>2349</v>
+        <v>2352</v>
       </c>
       <c r="B1132" s="0" t="s">
-        <v>2350</v>
+        <v>2353</v>
       </c>
       <c r="C1132" s="0" t="s">
-        <v>583</v>
+        <v>111</v>
       </c>
       <c r="D1132" s="0" t="s">
-        <v>584</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1133">
       <c r="A1133" s="0" t="s">
-        <v>2351</v>
+        <v>2354</v>
       </c>
       <c r="B1133" s="0" t="s">
-        <v>2352</v>
+        <v>2355</v>
       </c>
       <c r="C1133" s="0" t="s">
-        <v>42</v>
+        <v>181</v>
       </c>
       <c r="D1133" s="0" t="s">
-        <v>42</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1134">
       <c r="A1134" s="0" t="s">
-        <v>2353</v>
+        <v>2356</v>
       </c>
       <c r="B1134" s="0" t="s">
-        <v>2354</v>
+        <v>2357</v>
       </c>
       <c r="C1134" s="0" t="s">
-        <v>42</v>
+        <v>286</v>
       </c>
       <c r="D1134" s="0" t="s">
-        <v>42</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1135">
       <c r="A1135" s="0" t="s">
-        <v>2355</v>
+        <v>2358</v>
       </c>
       <c r="B1135" s="0" t="s">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="C1135" s="0" t="s">
-        <v>573</v>
+        <v>286</v>
       </c>
       <c r="D1135" s="0" t="s">
-        <v>574</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1136">
       <c r="A1136" s="0" t="s">
-        <v>2357</v>
+        <v>2360</v>
       </c>
       <c r="B1136" s="0" t="s">
-        <v>2358</v>
+        <v>2361</v>
       </c>
       <c r="C1136" s="0" t="s">
-        <v>573</v>
+        <v>286</v>
       </c>
       <c r="D1136" s="0" t="s">
-        <v>574</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1137">
       <c r="A1137" s="0" t="s">
-        <v>2359</v>
+        <v>2362</v>
       </c>
       <c r="B1137" s="0" t="s">
-        <v>2360</v>
+        <v>2363</v>
       </c>
       <c r="C1137" s="0" t="s">
-        <v>2361</v>
+        <v>286</v>
       </c>
       <c r="D1137" s="0" t="s">
-        <v>2362</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1138">
       <c r="A1138" s="0" t="s">
-        <v>2363</v>
+        <v>2364</v>
       </c>
       <c r="B1138" s="0" t="s">
-        <v>2364</v>
+        <v>2365</v>
       </c>
       <c r="C1138" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1138" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1139">
       <c r="A1139" s="0" t="s">
-        <v>2365</v>
+        <v>2366</v>
       </c>
       <c r="B1139" s="0" t="s">
-        <v>2366</v>
+        <v>2367</v>
       </c>
       <c r="C1139" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1139" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1140">
       <c r="A1140" s="0" t="s">
-        <v>2367</v>
+        <v>2368</v>
       </c>
       <c r="B1140" s="0" t="s">
-        <v>2368</v>
+        <v>2369</v>
       </c>
       <c r="C1140" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1140" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1141">
       <c r="A1141" s="0" t="s">
-        <v>2369</v>
+        <v>2370</v>
       </c>
       <c r="B1141" s="0" t="s">
-        <v>2370</v>
+        <v>2371</v>
       </c>
       <c r="C1141" s="0" t="s">
-        <v>869</v>
+        <v>106</v>
       </c>
       <c r="D1141" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1142">
       <c r="A1142" s="0" t="s">
-        <v>2371</v>
+        <v>2372</v>
       </c>
       <c r="B1142" s="0" t="s">
-        <v>2372</v>
+        <v>2373</v>
       </c>
       <c r="C1142" s="0" t="s">
-        <v>869</v>
+        <v>106</v>
       </c>
       <c r="D1142" s="0" t="s">
-        <v>597</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1143">
       <c r="A1143" s="0" t="s">
-        <v>2373</v>
+        <v>2374</v>
       </c>
       <c r="B1143" s="0" t="s">
-        <v>2374</v>
+        <v>2375</v>
       </c>
       <c r="C1143" s="0" t="s">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D1143" s="0" t="s">
-        <v>114</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1144">
       <c r="A1144" s="0" t="s">
-        <v>2375</v>
+        <v>2376</v>
       </c>
       <c r="B1144" s="0" t="s">
-        <v>2376</v>
+        <v>2377</v>
       </c>
       <c r="C1144" s="0" t="s">
-        <v>114</v>
+        <v>511</v>
       </c>
       <c r="D1144" s="0" t="s">
-        <v>114</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1145">
       <c r="A1145" s="0" t="s">
-        <v>2377</v>
+        <v>2378</v>
       </c>
       <c r="B1145" s="0" t="s">
-        <v>2378</v>
+        <v>2379</v>
       </c>
       <c r="C1145" s="0" t="s">
-        <v>114</v>
+        <v>511</v>
       </c>
       <c r="D1145" s="0" t="s">
-        <v>114</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1146">
       <c r="A1146" s="0" t="s">
-        <v>2379</v>
+        <v>2380</v>
       </c>
       <c r="B1146" s="0" t="s">
-        <v>2380</v>
+        <v>2381</v>
       </c>
       <c r="C1146" s="0" t="s">
-        <v>114</v>
+        <v>511</v>
       </c>
       <c r="D1146" s="0" t="s">
-        <v>114</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1147">
       <c r="A1147" s="0" t="s">
-        <v>2381</v>
+        <v>2382</v>
       </c>
       <c r="B1147" s="0" t="s">
-        <v>2382</v>
+        <v>2383</v>
       </c>
       <c r="C1147" s="0" t="s">
-        <v>114</v>
+        <v>511</v>
       </c>
       <c r="D1147" s="0" t="s">
-        <v>114</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1148">
       <c r="A1148" s="0" t="s">
-        <v>2383</v>
+        <v>2384</v>
       </c>
       <c r="B1148" s="0" t="s">
-        <v>2384</v>
+        <v>2385</v>
       </c>
       <c r="C1148" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D1148" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1149">
       <c r="A1149" s="0" t="s">
-        <v>2385</v>
+        <v>2386</v>
       </c>
       <c r="B1149" s="0" t="s">
-        <v>2386</v>
+        <v>2387</v>
       </c>
       <c r="C1149" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D1149" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1150">
       <c r="A1150" s="0" t="s">
-        <v>2387</v>
+        <v>2388</v>
       </c>
       <c r="B1150" s="0" t="s">
-        <v>2388</v>
+        <v>2389</v>
       </c>
       <c r="C1150" s="0" t="s">
-        <v>19</v>
+        <v>511</v>
       </c>
       <c r="D1150" s="0" t="s">
-        <v>20</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1151">
       <c r="A1151" s="0" t="s">
-        <v>2389</v>
+        <v>2390</v>
       </c>
       <c r="B1151" s="0" t="s">
-        <v>2390</v>
+        <v>2391</v>
       </c>
       <c r="C1151" s="0" t="s">
-        <v>185</v>
+        <v>407</v>
       </c>
       <c r="D1151" s="0" t="s">
-        <v>186</v>
+        <v>408</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1152">
       <c r="A1152" s="0" t="s">
-        <v>2391</v>
+        <v>2392</v>
       </c>
       <c r="B1152" s="0" t="s">
-        <v>2392</v>
+        <v>2393</v>
       </c>
       <c r="C1152" s="0" t="s">
-        <v>596</v>
+        <v>407</v>
       </c>
       <c r="D1152" s="0" t="s">
-        <v>597</v>
+        <v>408</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1153">
       <c r="A1153" s="0" t="s">
-        <v>2393</v>
+        <v>2394</v>
       </c>
       <c r="B1153" s="0" t="s">
-        <v>2394</v>
+        <v>2395</v>
       </c>
       <c r="C1153" s="0" t="s">
-        <v>191</v>
+        <v>8</v>
       </c>
       <c r="D1153" s="0" t="s">
-        <v>192</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1154">
       <c r="A1154" s="0" t="s">
-        <v>2395</v>
+        <v>2396</v>
       </c>
       <c r="B1154" s="0" t="s">
-        <v>2396</v>
+        <v>2397</v>
       </c>
       <c r="C1154" s="0" t="s">
-        <v>191</v>
+        <v>8</v>
       </c>
       <c r="D1154" s="0" t="s">
-        <v>192</v>
+        <v>16</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1155">
       <c r="A1155" s="0" t="s">
-        <v>2397</v>
+        <v>2398</v>
       </c>
       <c r="B1155" s="0" t="s">
-        <v>2398</v>
+        <v>2399</v>
       </c>
       <c r="C1155" s="0" t="s">
-        <v>2399</v>
+        <v>30</v>
       </c>
       <c r="D1155" s="0" t="s">
-        <v>2399</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1156">
       <c r="A1156" s="0" t="s">
         <v>2400</v>
       </c>
       <c r="B1156" s="0" t="s">
         <v>2401</v>
       </c>
       <c r="C1156" s="0" t="s">
-        <v>2402</v>
+        <v>30</v>
       </c>
       <c r="D1156" s="0" t="s">
-        <v>2403</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1157">
       <c r="A1157" s="0" t="s">
-        <v>2404</v>
+        <v>2402</v>
       </c>
       <c r="B1157" s="0" t="s">
-        <v>2405</v>
+        <v>2403</v>
       </c>
       <c r="C1157" s="0" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D1157" s="0" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1158">
       <c r="A1158" s="0" t="s">
-        <v>2406</v>
+        <v>2404</v>
       </c>
       <c r="B1158" s="0" t="s">
-        <v>2407</v>
+        <v>2405</v>
       </c>
       <c r="C1158" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1158" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1159">
       <c r="A1159" s="0" t="s">
-        <v>2408</v>
+        <v>2406</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>2409</v>
+        <v>2407</v>
       </c>
       <c r="C1159" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1159" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1160">
       <c r="A1160" s="0" t="s">
-        <v>2410</v>
+        <v>2408</v>
       </c>
       <c r="B1160" s="0" t="s">
-        <v>2411</v>
+        <v>2409</v>
       </c>
       <c r="C1160" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1160" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1161">
       <c r="A1161" s="0" t="s">
-        <v>2412</v>
+        <v>2410</v>
       </c>
       <c r="B1161" s="0" t="s">
-        <v>2413</v>
+        <v>2411</v>
       </c>
       <c r="C1161" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1161" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1162">
       <c r="A1162" s="0" t="s">
-        <v>2414</v>
+        <v>2412</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>2415</v>
+        <v>2413</v>
       </c>
       <c r="C1162" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1162" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1163">
       <c r="A1163" s="0" t="s">
-        <v>2416</v>
+        <v>2414</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>2417</v>
+        <v>2415</v>
       </c>
       <c r="C1163" s="0" t="s">
-        <v>409</v>
+        <v>30</v>
       </c>
       <c r="D1163" s="0" t="s">
-        <v>410</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1164">
       <c r="A1164" s="0" t="s">
-        <v>2418</v>
+        <v>2416</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>2419</v>
+        <v>2417</v>
       </c>
       <c r="C1164" s="0" t="s">
-        <v>409</v>
+        <v>30</v>
       </c>
       <c r="D1164" s="0" t="s">
-        <v>410</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1165">
       <c r="A1165" s="0" t="s">
-        <v>2420</v>
+        <v>2418</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>2421</v>
+        <v>2419</v>
       </c>
       <c r="C1165" s="0" t="s">
-        <v>409</v>
+        <v>30</v>
       </c>
       <c r="D1165" s="0" t="s">
-        <v>410</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1166">
       <c r="A1166" s="0" t="s">
-        <v>2422</v>
+        <v>2420</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
       <c r="C1166" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D1166" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1167">
       <c r="A1167" s="0" t="s">
-        <v>2424</v>
+        <v>2422</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>2425</v>
+        <v>2423</v>
       </c>
       <c r="C1167" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D1167" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1168">
       <c r="A1168" s="0" t="s">
-        <v>2426</v>
+        <v>2424</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>2427</v>
+        <v>2425</v>
       </c>
       <c r="C1168" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D1168" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1169">
       <c r="A1169" s="0" t="s">
-        <v>2428</v>
+        <v>2426</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>2429</v>
+        <v>2427</v>
       </c>
       <c r="C1169" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D1169" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1170">
       <c r="A1170" s="0" t="s">
-        <v>2430</v>
+        <v>2428</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>2431</v>
+        <v>2429</v>
       </c>
       <c r="C1170" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D1170" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1171">
       <c r="A1171" s="0" t="s">
-        <v>2432</v>
+        <v>2430</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>2433</v>
+        <v>2431</v>
       </c>
       <c r="C1171" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D1171" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1172">
       <c r="A1172" s="0" t="s">
-        <v>2434</v>
+        <v>2432</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>2435</v>
+        <v>2433</v>
       </c>
       <c r="C1172" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1172" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1173">
       <c r="A1173" s="0" t="s">
-        <v>2436</v>
+        <v>2434</v>
       </c>
       <c r="B1173" s="0" t="s">
-        <v>2437</v>
+        <v>2435</v>
       </c>
       <c r="C1173" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1173" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1174">
       <c r="A1174" s="0" t="s">
-        <v>2438</v>
+        <v>2436</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>2439</v>
+        <v>2437</v>
       </c>
       <c r="C1174" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1174" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1175">
       <c r="A1175" s="0" t="s">
-        <v>2440</v>
+        <v>2438</v>
       </c>
       <c r="B1175" s="0" t="s">
-        <v>2441</v>
+        <v>2439</v>
       </c>
       <c r="C1175" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1175" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1176">
       <c r="A1176" s="0" t="s">
-        <v>2442</v>
+        <v>2440</v>
       </c>
       <c r="B1176" s="0" t="s">
-        <v>2443</v>
+        <v>2441</v>
       </c>
       <c r="C1176" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1176" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1177">
       <c r="A1177" s="0" t="s">
-        <v>2444</v>
+        <v>2442</v>
       </c>
       <c r="B1177" s="0" t="s">
-        <v>2445</v>
+        <v>2443</v>
       </c>
       <c r="C1177" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1177" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1178">
       <c r="A1178" s="0" t="s">
-        <v>2446</v>
+        <v>2444</v>
       </c>
       <c r="B1178" s="0" t="s">
-        <v>2447</v>
+        <v>2445</v>
       </c>
       <c r="C1178" s="0" t="s">
-        <v>995</v>
+        <v>222</v>
       </c>
       <c r="D1178" s="0" t="s">
-        <v>996</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1179">
       <c r="A1179" s="0" t="s">
-        <v>2448</v>
+        <v>2446</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>2449</v>
+        <v>2447</v>
       </c>
       <c r="C1179" s="0" t="s">
-        <v>995</v>
+        <v>222</v>
       </c>
       <c r="D1179" s="0" t="s">
-        <v>996</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1180">
       <c r="A1180" s="0" t="s">
-        <v>2450</v>
+        <v>2448</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>2451</v>
+        <v>2449</v>
       </c>
       <c r="C1180" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D1180" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1181">
       <c r="A1181" s="0" t="s">
-        <v>2452</v>
+        <v>2450</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>2453</v>
+        <v>2451</v>
       </c>
       <c r="C1181" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D1181" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1182">
       <c r="A1182" s="0" t="s">
-        <v>2454</v>
+        <v>2452</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>2455</v>
+        <v>2453</v>
       </c>
       <c r="C1182" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D1182" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1183">
       <c r="A1183" s="0" t="s">
-        <v>2456</v>
+        <v>2454</v>
       </c>
       <c r="B1183" s="0" t="s">
-        <v>2457</v>
+        <v>2455</v>
       </c>
       <c r="C1183" s="0" t="s">
-        <v>23</v>
+        <v>222</v>
       </c>
       <c r="D1183" s="0" t="s">
-        <v>23</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1184">
       <c r="A1184" s="0" t="s">
-        <v>2458</v>
+        <v>2456</v>
       </c>
       <c r="B1184" s="0" t="s">
-        <v>2459</v>
+        <v>2457</v>
       </c>
       <c r="C1184" s="0" t="s">
-        <v>23</v>
+        <v>222</v>
       </c>
       <c r="D1184" s="0" t="s">
-        <v>23</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1185">
       <c r="A1185" s="0" t="s">
-        <v>2460</v>
+        <v>2458</v>
       </c>
       <c r="B1185" s="0" t="s">
-        <v>2461</v>
+        <v>2459</v>
       </c>
       <c r="C1185" s="0" t="s">
-        <v>23</v>
+        <v>222</v>
       </c>
       <c r="D1185" s="0" t="s">
-        <v>23</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1186">
       <c r="A1186" s="0" t="s">
-        <v>2462</v>
+        <v>2460</v>
       </c>
       <c r="B1186" s="0" t="s">
-        <v>2463</v>
+        <v>2461</v>
       </c>
       <c r="C1186" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
       <c r="D1186" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1187">
       <c r="A1187" s="0" t="s">
-        <v>2464</v>
+        <v>2462</v>
       </c>
       <c r="B1187" s="0" t="s">
-        <v>2465</v>
+        <v>2463</v>
       </c>
       <c r="C1187" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
       <c r="D1187" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1188">
       <c r="A1188" s="0" t="s">
-        <v>2466</v>
+        <v>2464</v>
       </c>
       <c r="B1188" s="0" t="s">
-        <v>2467</v>
+        <v>2465</v>
       </c>
       <c r="C1188" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1188" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1189">
       <c r="A1189" s="0" t="s">
-        <v>2468</v>
+        <v>2466</v>
       </c>
       <c r="B1189" s="0" t="s">
-        <v>2469</v>
+        <v>2467</v>
       </c>
       <c r="C1189" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1189" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1190">
       <c r="A1190" s="0" t="s">
-        <v>2470</v>
+        <v>2468</v>
       </c>
       <c r="B1190" s="0" t="s">
-        <v>2471</v>
+        <v>2469</v>
       </c>
       <c r="C1190" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1190" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1191">
       <c r="A1191" s="0" t="s">
-        <v>2472</v>
+        <v>2470</v>
       </c>
       <c r="B1191" s="0" t="s">
-        <v>2473</v>
+        <v>2471</v>
       </c>
       <c r="C1191" s="0" t="s">
-        <v>683</v>
+        <v>78</v>
       </c>
       <c r="D1191" s="0" t="s">
-        <v>597</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1192">
       <c r="A1192" s="0" t="s">
-        <v>2474</v>
+        <v>2472</v>
       </c>
       <c r="B1192" s="0" t="s">
-        <v>2475</v>
+        <v>2473</v>
       </c>
       <c r="C1192" s="0" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="D1192" s="0" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1193">
       <c r="A1193" s="0" t="s">
-        <v>2476</v>
+        <v>2474</v>
       </c>
       <c r="B1193" s="0" t="s">
-        <v>2477</v>
+        <v>2475</v>
       </c>
       <c r="C1193" s="0" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="D1193" s="0" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1194">
       <c r="A1194" s="0" t="s">
-        <v>2478</v>
+        <v>2476</v>
       </c>
       <c r="B1194" s="0" t="s">
-        <v>2479</v>
+        <v>2477</v>
       </c>
       <c r="C1194" s="0" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
       <c r="D1194" s="0" t="s">
-        <v>42</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1195">
       <c r="A1195" s="0" t="s">
-        <v>2480</v>
+        <v>2478</v>
       </c>
       <c r="B1195" s="0" t="s">
-        <v>2481</v>
+        <v>2479</v>
       </c>
       <c r="C1195" s="0" t="s">
-        <v>683</v>
+        <v>1063</v>
       </c>
       <c r="D1195" s="0" t="s">
-        <v>597</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1196">
       <c r="A1196" s="0" t="s">
-        <v>2482</v>
+        <v>2480</v>
       </c>
       <c r="B1196" s="0" t="s">
-        <v>2483</v>
+        <v>2481</v>
       </c>
       <c r="C1196" s="0" t="s">
-        <v>336</v>
+        <v>111</v>
       </c>
       <c r="D1196" s="0" t="s">
-        <v>337</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1197">
       <c r="A1197" s="0" t="s">
-        <v>2484</v>
+        <v>2482</v>
       </c>
       <c r="B1197" s="0" t="s">
-        <v>2485</v>
+        <v>2483</v>
       </c>
       <c r="C1197" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
       <c r="D1197" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1198">
       <c r="A1198" s="0" t="s">
-        <v>2486</v>
+        <v>2484</v>
       </c>
       <c r="B1198" s="0" t="s">
-        <v>2487</v>
+        <v>2485</v>
       </c>
       <c r="C1198" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
       <c r="D1198" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1199">
       <c r="A1199" s="0" t="s">
-        <v>2488</v>
+        <v>2486</v>
       </c>
       <c r="B1199" s="0" t="s">
-        <v>2489</v>
+        <v>2487</v>
       </c>
       <c r="C1199" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
       <c r="D1199" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1200">
       <c r="A1200" s="0" t="s">
-        <v>2490</v>
+        <v>2488</v>
       </c>
       <c r="B1200" s="0" t="s">
-        <v>2491</v>
+        <v>2489</v>
       </c>
       <c r="C1200" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
       <c r="D1200" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1201">
       <c r="A1201" s="0" t="s">
-        <v>2492</v>
+        <v>2490</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>2493</v>
+        <v>2491</v>
       </c>
       <c r="C1201" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
       <c r="D1201" s="0" t="s">
-        <v>169</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1202">
       <c r="A1202" s="0" t="s">
-        <v>2494</v>
+        <v>2492</v>
       </c>
       <c r="B1202" s="0" t="s">
-        <v>2495</v>
+        <v>2493</v>
       </c>
       <c r="C1202" s="0" t="s">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="D1202" s="0" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1203">
       <c r="A1203" s="0" t="s">
-        <v>2496</v>
+        <v>2494</v>
       </c>
       <c r="B1203" s="0" t="s">
-        <v>2497</v>
+        <v>2495</v>
       </c>
       <c r="C1203" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D1203" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1204">
       <c r="A1204" s="0" t="s">
-        <v>2498</v>
+        <v>2496</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>2499</v>
+        <v>2497</v>
       </c>
       <c r="C1204" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1204" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1205">
       <c r="A1205" s="0" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B1205" s="0" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C1205" s="0" t="s">
         <v>2500</v>
       </c>
-      <c r="B1205" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1205" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1206">
       <c r="A1206" s="0" t="s">
+        <v>2501</v>
+      </c>
+      <c r="B1206" s="0" t="s">
         <v>2502</v>
       </c>
-      <c r="B1206" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1206" s="0" t="s">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="D1206" s="0" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1207">
       <c r="A1207" s="0" t="s">
+        <v>2503</v>
+      </c>
+      <c r="B1207" s="0" t="s">
         <v>2504</v>
       </c>
-      <c r="B1207" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1207" s="0" t="s">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="D1207" s="0" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1208">
       <c r="A1208" s="0" t="s">
+        <v>2505</v>
+      </c>
+      <c r="B1208" s="0" t="s">
         <v>2506</v>
       </c>
-      <c r="B1208" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1208" s="0" t="s">
-        <v>169</v>
+        <v>12</v>
       </c>
       <c r="D1208" s="0" t="s">
-        <v>169</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1209">
       <c r="A1209" s="0" t="s">
+        <v>2507</v>
+      </c>
+      <c r="B1209" s="0" t="s">
         <v>2508</v>
       </c>
-      <c r="B1209" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1209" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D1209" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1210">
       <c r="A1210" s="0" t="s">
+        <v>2509</v>
+      </c>
+      <c r="B1210" s="0" t="s">
         <v>2510</v>
       </c>
-      <c r="B1210" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1210" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D1210" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1211">
       <c r="A1211" s="0" t="s">
+        <v>2511</v>
+      </c>
+      <c r="B1211" s="0" t="s">
         <v>2512</v>
       </c>
-      <c r="B1211" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1211" s="0" t="s">
-        <v>157</v>
+        <v>12</v>
       </c>
       <c r="D1211" s="0" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1212">
       <c r="A1212" s="0" t="s">
+        <v>2513</v>
+      </c>
+      <c r="B1212" s="0" t="s">
         <v>2514</v>
       </c>
-      <c r="B1212" s="0" t="s">
+      <c r="C1212" s="0"/>
+      <c r="D1212" s="0" t="s">
         <v>2515</v>
-      </c>
-[...4 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1213">
       <c r="A1213" s="0" t="s">
         <v>2516</v>
       </c>
       <c r="B1213" s="0" t="s">
         <v>2517</v>
       </c>
-      <c r="C1213" s="0" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C1213" s="0"/>
       <c r="D1213" s="0" t="s">
-        <v>692</v>
+        <v>2515</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1214">
       <c r="A1214" s="0" t="s">
         <v>2518</v>
       </c>
       <c r="B1214" s="0" t="s">
         <v>2519</v>
       </c>
       <c r="C1214" s="0" t="s">
-        <v>692</v>
+        <v>97</v>
       </c>
       <c r="D1214" s="0" t="s">
-        <v>692</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1215">
       <c r="A1215" s="0" t="s">
         <v>2520</v>
       </c>
       <c r="B1215" s="0" t="s">
         <v>2521</v>
       </c>
       <c r="C1215" s="0" t="s">
-        <v>692</v>
+        <v>97</v>
       </c>
       <c r="D1215" s="0" t="s">
-        <v>692</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1216">
       <c r="A1216" s="0" t="s">
         <v>2522</v>
       </c>
       <c r="B1216" s="0" t="s">
         <v>2523</v>
       </c>
       <c r="C1216" s="0" t="s">
-        <v>583</v>
+        <v>97</v>
       </c>
       <c r="D1216" s="0" t="s">
-        <v>584</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1217">
       <c r="A1217" s="0" t="s">
         <v>2524</v>
       </c>
       <c r="B1217" s="0" t="s">
         <v>2525</v>
       </c>
       <c r="C1217" s="0" t="s">
-        <v>573</v>
+        <v>97</v>
       </c>
       <c r="D1217" s="0" t="s">
-        <v>882</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1218">
       <c r="A1218" s="0" t="s">
         <v>2526</v>
       </c>
       <c r="B1218" s="0" t="s">
         <v>2527</v>
       </c>
       <c r="C1218" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D1218" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1219">
       <c r="A1219" s="0" t="s">
         <v>2528</v>
       </c>
       <c r="B1219" s="0" t="s">
         <v>2529</v>
       </c>
       <c r="C1219" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D1219" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1220">
       <c r="A1220" s="0" t="s">
         <v>2530</v>
       </c>
       <c r="B1220" s="0" t="s">
         <v>2531</v>
       </c>
       <c r="C1220" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D1220" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1221">
       <c r="A1221" s="0" t="s">
         <v>2532</v>
       </c>
       <c r="B1221" s="0" t="s">
         <v>2533</v>
       </c>
       <c r="C1221" s="0" t="s">
-        <v>409</v>
+        <v>97</v>
       </c>
       <c r="D1221" s="0" t="s">
-        <v>410</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1222">
       <c r="A1222" s="0" t="s">
         <v>2534</v>
       </c>
       <c r="B1222" s="0" t="s">
         <v>2535</v>
       </c>
       <c r="C1222" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1222" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1223">
       <c r="A1223" s="0" t="s">
         <v>2536</v>
       </c>
       <c r="B1223" s="0" t="s">
         <v>2537</v>
       </c>
       <c r="C1223" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1223" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1224">
       <c r="A1224" s="0" t="s">
         <v>2538</v>
       </c>
       <c r="B1224" s="0" t="s">
         <v>2539</v>
       </c>
       <c r="C1224" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1224" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1225">
       <c r="A1225" s="0" t="s">
         <v>2540</v>
       </c>
       <c r="B1225" s="0" t="s">
         <v>2541</v>
       </c>
       <c r="C1225" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1225" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1226">
       <c r="A1226" s="0" t="s">
         <v>2542</v>
       </c>
       <c r="B1226" s="0" t="s">
         <v>2543</v>
       </c>
       <c r="C1226" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1226" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1227">
       <c r="A1227" s="0" t="s">
         <v>2544</v>
       </c>
       <c r="B1227" s="0" t="s">
         <v>2545</v>
       </c>
       <c r="C1227" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1227" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1228">
       <c r="A1228" s="0" t="s">
         <v>2546</v>
       </c>
       <c r="B1228" s="0" t="s">
         <v>2547</v>
       </c>
       <c r="C1228" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1228" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1229">
       <c r="A1229" s="0" t="s">
         <v>2548</v>
       </c>
       <c r="B1229" s="0" t="s">
         <v>2549</v>
       </c>
       <c r="C1229" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1229" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1230">
       <c r="A1230" s="0" t="s">
         <v>2550</v>
       </c>
       <c r="B1230" s="0" t="s">
         <v>2551</v>
       </c>
       <c r="C1230" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1230" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1231">
       <c r="A1231" s="0" t="s">
         <v>2552</v>
       </c>
       <c r="B1231" s="0" t="s">
         <v>2553</v>
       </c>
       <c r="C1231" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1231" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1232">
       <c r="A1232" s="0" t="s">
         <v>2554</v>
       </c>
       <c r="B1232" s="0" t="s">
         <v>2555</v>
       </c>
       <c r="C1232" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1232" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1233">
       <c r="A1233" s="0" t="s">
         <v>2556</v>
       </c>
       <c r="B1233" s="0" t="s">
         <v>2557</v>
       </c>
       <c r="C1233" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1233" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1234">
       <c r="A1234" s="0" t="s">
         <v>2558</v>
       </c>
       <c r="B1234" s="0" t="s">
         <v>2559</v>
       </c>
       <c r="C1234" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1234" s="0" t="s">
-        <v>1868</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1235">
       <c r="A1235" s="0" t="s">
         <v>2560</v>
       </c>
       <c r="B1235" s="0" t="s">
         <v>2561</v>
       </c>
       <c r="C1235" s="0" t="s">
-        <v>169</v>
+        <v>520</v>
       </c>
       <c r="D1235" s="0" t="s">
-        <v>169</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1236">
       <c r="A1236" s="0" t="s">
         <v>2562</v>
       </c>
       <c r="B1236" s="0" t="s">
         <v>2563</v>
       </c>
       <c r="C1236" s="0" t="s">
-        <v>169</v>
+        <v>520</v>
       </c>
       <c r="D1236" s="0" t="s">
-        <v>169</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1237">
       <c r="A1237" s="0" t="s">
         <v>2564</v>
       </c>
       <c r="B1237" s="0" t="s">
         <v>2565</v>
       </c>
       <c r="C1237" s="0" t="s">
-        <v>34</v>
+        <v>2566</v>
       </c>
       <c r="D1237" s="0" t="s">
-        <v>35</v>
+        <v>2566</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1238">
       <c r="A1238" s="0" t="s">
-        <v>2566</v>
+        <v>2567</v>
       </c>
       <c r="B1238" s="0" t="s">
-        <v>2567</v>
+        <v>2568</v>
       </c>
       <c r="C1238" s="0" t="s">
-        <v>34</v>
+        <v>511</v>
       </c>
       <c r="D1238" s="0" t="s">
-        <v>35</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1239">
       <c r="A1239" s="0" t="s">
-        <v>2568</v>
+        <v>2569</v>
       </c>
       <c r="B1239" s="0" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="C1239" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1239" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1240">
       <c r="A1240" s="0" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="B1240" s="0" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="C1240" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1240" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1241">
       <c r="A1241" s="0" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="B1241" s="0" t="s">
-        <v>2573</v>
+        <v>2574</v>
       </c>
       <c r="C1241" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1241" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1242">
       <c r="A1242" s="0" t="s">
-        <v>2574</v>
+        <v>2575</v>
       </c>
       <c r="B1242" s="0" t="s">
-        <v>2575</v>
+        <v>2576</v>
       </c>
       <c r="C1242" s="0" t="s">
-        <v>26</v>
+        <v>97</v>
       </c>
       <c r="D1242" s="0" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1243">
       <c r="A1243" s="0" t="s">
-        <v>2576</v>
+        <v>2577</v>
       </c>
       <c r="B1243" s="0" t="s">
-        <v>2577</v>
+        <v>2578</v>
       </c>
       <c r="C1243" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D1243" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1244">
       <c r="A1244" s="0" t="s">
-        <v>2578</v>
+        <v>2579</v>
       </c>
       <c r="B1244" s="0" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="C1244" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1244" s="0" t="s">
-        <v>453</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1245">
       <c r="A1245" s="0" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="B1245" s="0" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="C1245" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D1245" s="0" t="s">
-        <v>453</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1246">
       <c r="A1246" s="0" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="B1246" s="0" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="C1246" s="0" t="s">
-        <v>185</v>
+        <v>318</v>
       </c>
       <c r="D1246" s="0" t="s">
-        <v>453</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1247">
       <c r="A1247" s="0" t="s">
-        <v>2584</v>
+        <v>2585</v>
       </c>
       <c r="B1247" s="0" t="s">
-        <v>2585</v>
+        <v>2586</v>
       </c>
       <c r="C1247" s="0" t="s">
-        <v>157</v>
+        <v>318</v>
       </c>
       <c r="D1247" s="0" t="s">
-        <v>157</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1248">
       <c r="A1248" s="0" t="s">
-        <v>2586</v>
+        <v>2587</v>
       </c>
       <c r="B1248" s="0" t="s">
-        <v>2587</v>
+        <v>2588</v>
       </c>
       <c r="C1248" s="0" t="s">
-        <v>157</v>
+        <v>318</v>
       </c>
       <c r="D1248" s="0" t="s">
-        <v>157</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1249">
       <c r="A1249" s="0" t="s">
-        <v>2588</v>
+        <v>2589</v>
       </c>
       <c r="B1249" s="0" t="s">
-        <v>2589</v>
+        <v>2590</v>
       </c>
       <c r="C1249" s="0" t="s">
-        <v>157</v>
+        <v>218</v>
       </c>
       <c r="D1249" s="0" t="s">
-        <v>157</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1250">
       <c r="A1250" s="0" t="s">
-        <v>2590</v>
+        <v>2591</v>
       </c>
       <c r="B1250" s="0" t="s">
-        <v>2591</v>
+        <v>2592</v>
       </c>
       <c r="C1250" s="0" t="s">
-        <v>573</v>
+        <v>218</v>
       </c>
       <c r="D1250" s="0" t="s">
-        <v>882</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1251">
       <c r="A1251" s="0" t="s">
-        <v>2592</v>
+        <v>2593</v>
       </c>
       <c r="B1251" s="0" t="s">
-        <v>2593</v>
+        <v>2594</v>
       </c>
       <c r="C1251" s="0" t="s">
-        <v>573</v>
+        <v>218</v>
       </c>
       <c r="D1251" s="0" t="s">
-        <v>882</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1252">
       <c r="A1252" s="0" t="s">
-        <v>2594</v>
+        <v>2595</v>
       </c>
       <c r="B1252" s="0" t="s">
-        <v>2595</v>
+        <v>2596</v>
       </c>
       <c r="C1252" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1252" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1253">
       <c r="A1253" s="0" t="s">
-        <v>2596</v>
+        <v>2597</v>
       </c>
       <c r="B1253" s="0" t="s">
-        <v>2597</v>
+        <v>2598</v>
       </c>
       <c r="C1253" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1253" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1254">
       <c r="A1254" s="0" t="s">
-        <v>2598</v>
+        <v>2599</v>
       </c>
       <c r="B1254" s="0" t="s">
-        <v>2599</v>
+        <v>2600</v>
       </c>
       <c r="C1254" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1254" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1255">
       <c r="A1255" s="0" t="s">
-        <v>2600</v>
+        <v>2601</v>
       </c>
       <c r="B1255" s="0" t="s">
-        <v>2601</v>
+        <v>2602</v>
       </c>
       <c r="C1255" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1255" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1256">
       <c r="A1256" s="0" t="s">
-        <v>2602</v>
+        <v>2603</v>
       </c>
       <c r="B1256" s="0" t="s">
-        <v>2603</v>
+        <v>2604</v>
       </c>
       <c r="C1256" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1256" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1257">
       <c r="A1257" s="0" t="s">
-        <v>2604</v>
+        <v>2605</v>
       </c>
       <c r="B1257" s="0" t="s">
-        <v>2605</v>
+        <v>2606</v>
       </c>
       <c r="C1257" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1257" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1258">
       <c r="A1258" s="0" t="s">
-        <v>2606</v>
+        <v>2607</v>
       </c>
       <c r="B1258" s="0" t="s">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="C1258" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1258" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1259">
       <c r="A1259" s="0" t="s">
-        <v>2608</v>
+        <v>2609</v>
       </c>
       <c r="B1259" s="0" t="s">
-        <v>2609</v>
+        <v>2610</v>
       </c>
       <c r="C1259" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1259" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1260">
       <c r="A1260" s="0" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="B1260" s="0" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
       <c r="C1260" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1260" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1261">
       <c r="A1261" s="0" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="B1261" s="0" t="s">
-        <v>2613</v>
+        <v>2614</v>
       </c>
       <c r="C1261" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1261" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1262">
       <c r="A1262" s="0" t="s">
-        <v>2614</v>
+        <v>2615</v>
       </c>
       <c r="B1262" s="0" t="s">
-        <v>2615</v>
+        <v>2616</v>
       </c>
       <c r="C1262" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1262" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1263">
       <c r="A1263" s="0" t="s">
-        <v>2616</v>
+        <v>2617</v>
       </c>
       <c r="B1263" s="0" t="s">
-        <v>2617</v>
+        <v>2618</v>
       </c>
       <c r="C1263" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1263" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1264">
       <c r="A1264" s="0" t="s">
-        <v>2618</v>
+        <v>2619</v>
       </c>
       <c r="B1264" s="0" t="s">
-        <v>2619</v>
+        <v>2620</v>
       </c>
       <c r="C1264" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1264" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1265">
       <c r="A1265" s="0" t="s">
-        <v>2620</v>
+        <v>2621</v>
       </c>
       <c r="B1265" s="0" t="s">
-        <v>2621</v>
+        <v>2622</v>
       </c>
       <c r="C1265" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1265" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1266">
       <c r="A1266" s="0" t="s">
-        <v>2622</v>
+        <v>2623</v>
       </c>
       <c r="B1266" s="0" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
       <c r="C1266" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1266" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1267">
       <c r="A1267" s="0" t="s">
-        <v>2624</v>
+        <v>2625</v>
       </c>
       <c r="B1267" s="0" t="s">
-        <v>2625</v>
+        <v>2626</v>
       </c>
       <c r="C1267" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1267" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1268">
       <c r="A1268" s="0" t="s">
-        <v>2626</v>
+        <v>2627</v>
       </c>
       <c r="B1268" s="0" t="s">
-        <v>2627</v>
+        <v>2628</v>
       </c>
       <c r="C1268" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1268" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1269">
       <c r="A1269" s="0" t="s">
-        <v>2628</v>
+        <v>2629</v>
       </c>
       <c r="B1269" s="0" t="s">
-        <v>2629</v>
+        <v>2630</v>
       </c>
       <c r="C1269" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1269" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1270">
       <c r="A1270" s="0" t="s">
-        <v>2630</v>
+        <v>2631</v>
       </c>
       <c r="B1270" s="0" t="s">
-        <v>2631</v>
+        <v>2632</v>
       </c>
       <c r="C1270" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1270" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1271">
       <c r="A1271" s="0" t="s">
-        <v>2632</v>
+        <v>2633</v>
       </c>
       <c r="B1271" s="0" t="s">
-        <v>2633</v>
+        <v>2634</v>
       </c>
       <c r="C1271" s="0" t="s">
-        <v>409</v>
+        <v>218</v>
       </c>
       <c r="D1271" s="0" t="s">
-        <v>410</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1272">
       <c r="A1272" s="0" t="s">
-        <v>2634</v>
+        <v>2635</v>
       </c>
       <c r="B1272" s="0" t="s">
-        <v>2635</v>
+        <v>2636</v>
       </c>
       <c r="C1272" s="0" t="s">
-        <v>583</v>
+        <v>218</v>
       </c>
       <c r="D1272" s="0" t="s">
-        <v>584</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1273">
       <c r="A1273" s="0" t="s">
-        <v>2636</v>
+        <v>2637</v>
       </c>
       <c r="B1273" s="0" t="s">
-        <v>2637</v>
+        <v>2638</v>
       </c>
       <c r="C1273" s="0" t="s">
-        <v>583</v>
+        <v>218</v>
       </c>
       <c r="D1273" s="0" t="s">
-        <v>584</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1274">
       <c r="A1274" s="0" t="s">
-        <v>2638</v>
+        <v>2639</v>
       </c>
       <c r="B1274" s="0" t="s">
-        <v>2639</v>
+        <v>2640</v>
       </c>
       <c r="C1274" s="0" t="s">
-        <v>34</v>
+        <v>218</v>
       </c>
       <c r="D1274" s="0" t="s">
-        <v>35</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1275">
       <c r="A1275" s="0" t="s">
-        <v>2640</v>
+        <v>2641</v>
       </c>
       <c r="B1275" s="0" t="s">
-        <v>2641</v>
+        <v>2642</v>
       </c>
       <c r="C1275" s="0" t="s">
-        <v>34</v>
+        <v>218</v>
       </c>
       <c r="D1275" s="0" t="s">
-        <v>35</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1276">
       <c r="A1276" s="0" t="s">
-        <v>2642</v>
+        <v>2643</v>
       </c>
       <c r="B1276" s="0" t="s">
-        <v>2643</v>
+        <v>2644</v>
       </c>
       <c r="C1276" s="0" t="s">
-        <v>42</v>
+        <v>12</v>
       </c>
       <c r="D1276" s="0" t="s">
-        <v>42</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1277">
       <c r="A1277" s="0" t="s">
-        <v>2644</v>
+        <v>2645</v>
       </c>
       <c r="B1277" s="0" t="s">
-        <v>2645</v>
+        <v>2646</v>
       </c>
       <c r="C1277" s="0" t="s">
-        <v>336</v>
+        <v>12</v>
       </c>
       <c r="D1277" s="0" t="s">
-        <v>337</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1278">
       <c r="A1278" s="0" t="s">
-        <v>2646</v>
+        <v>2647</v>
       </c>
       <c r="B1278" s="0" t="s">
-        <v>2647</v>
+        <v>2648</v>
       </c>
       <c r="C1278" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D1278" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1279">
       <c r="A1279" s="0" t="s">
-        <v>2648</v>
+        <v>2649</v>
       </c>
       <c r="B1279" s="0" t="s">
-        <v>2649</v>
+        <v>2650</v>
       </c>
       <c r="C1279" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D1279" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1280">
       <c r="A1280" s="0" t="s">
-        <v>2650</v>
+        <v>2651</v>
       </c>
       <c r="B1280" s="0" t="s">
-        <v>2651</v>
+        <v>2652</v>
       </c>
       <c r="C1280" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D1280" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1281">
       <c r="A1281" s="0" t="s">
-        <v>2652</v>
+        <v>2653</v>
       </c>
       <c r="B1281" s="0" t="s">
-        <v>2653</v>
+        <v>2654</v>
       </c>
       <c r="C1281" s="0" t="s">
-        <v>185</v>
+        <v>352</v>
       </c>
       <c r="D1281" s="0" t="s">
-        <v>186</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1282">
       <c r="A1282" s="0" t="s">
-        <v>2654</v>
+        <v>2655</v>
       </c>
       <c r="B1282" s="0" t="s">
-        <v>2655</v>
+        <v>2656</v>
       </c>
       <c r="C1282" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
       <c r="D1282" s="0" t="s">
-        <v>169</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1283">
       <c r="A1283" s="0" t="s">
-        <v>2656</v>
+        <v>2657</v>
       </c>
       <c r="B1283" s="0" t="s">
-        <v>2657</v>
+        <v>2658</v>
       </c>
       <c r="C1283" s="0" t="s">
-        <v>169</v>
+        <v>318</v>
       </c>
       <c r="D1283" s="0" t="s">
-        <v>169</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1284">
       <c r="A1284" s="0" t="s">
-        <v>2658</v>
+        <v>2659</v>
       </c>
       <c r="B1284" s="0" t="s">
-        <v>2659</v>
+        <v>2660</v>
       </c>
       <c r="C1284" s="0" t="s">
-        <v>169</v>
+        <v>318</v>
       </c>
       <c r="D1284" s="0" t="s">
-        <v>169</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1285">
       <c r="A1285" s="0" t="s">
-        <v>2660</v>
+        <v>2661</v>
       </c>
       <c r="B1285" s="0" t="s">
-        <v>2661</v>
+        <v>2662</v>
       </c>
       <c r="C1285" s="0" t="s">
-        <v>130</v>
+        <v>286</v>
       </c>
       <c r="D1285" s="0" t="s">
-        <v>122</v>
+        <v>2663</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1286">
       <c r="A1286" s="0" t="s">
-        <v>2662</v>
+        <v>2664</v>
       </c>
       <c r="B1286" s="0" t="s">
-        <v>2663</v>
+        <v>2665</v>
       </c>
       <c r="C1286" s="0" t="s">
-        <v>130</v>
+        <v>352</v>
       </c>
       <c r="D1286" s="0" t="s">
-        <v>122</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1287">
       <c r="A1287" s="0" t="s">
-        <v>2664</v>
+        <v>2666</v>
       </c>
       <c r="B1287" s="0" t="s">
-        <v>2665</v>
+        <v>2667</v>
       </c>
       <c r="C1287" s="0" t="s">
-        <v>130</v>
+        <v>222</v>
       </c>
       <c r="D1287" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1288">
       <c r="A1288" s="0" t="s">
-        <v>2666</v>
+        <v>2668</v>
       </c>
       <c r="B1288" s="0" t="s">
-        <v>2667</v>
+        <v>2669</v>
       </c>
       <c r="C1288" s="0" t="s">
-        <v>683</v>
+        <v>222</v>
       </c>
       <c r="D1288" s="0" t="s">
-        <v>597</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1289">
       <c r="A1289" s="0" t="s">
-        <v>2668</v>
+        <v>2670</v>
       </c>
       <c r="B1289" s="0" t="s">
-        <v>2669</v>
+        <v>2671</v>
       </c>
       <c r="C1289" s="0" t="s">
-        <v>683</v>
+        <v>222</v>
       </c>
       <c r="D1289" s="0" t="s">
-        <v>597</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1290">
       <c r="A1290" s="0" t="s">
-        <v>2670</v>
+        <v>2672</v>
       </c>
       <c r="B1290" s="0" t="s">
-        <v>2671</v>
+        <v>2673</v>
       </c>
       <c r="C1290" s="0" t="s">
-        <v>683</v>
+        <v>222</v>
       </c>
       <c r="D1290" s="0" t="s">
-        <v>597</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1291">
       <c r="A1291" s="0" t="s">
-        <v>2672</v>
+        <v>2674</v>
       </c>
       <c r="B1291" s="0" t="s">
-        <v>2673</v>
+        <v>2675</v>
       </c>
       <c r="C1291" s="0" t="s">
-        <v>683</v>
+        <v>181</v>
       </c>
       <c r="D1291" s="0" t="s">
-        <v>597</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1292">
       <c r="A1292" s="0" t="s">
-        <v>2674</v>
+        <v>2676</v>
       </c>
       <c r="B1292" s="0" t="s">
-        <v>2675</v>
+        <v>2677</v>
       </c>
       <c r="C1292" s="0" t="s">
-        <v>683</v>
+        <v>352</v>
       </c>
       <c r="D1292" s="0" t="s">
-        <v>597</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1293">
       <c r="A1293" s="0" t="s">
-        <v>2676</v>
+        <v>2678</v>
       </c>
       <c r="B1293" s="0" t="s">
-        <v>2677</v>
+        <v>2679</v>
       </c>
       <c r="C1293" s="0" t="s">
-        <v>683</v>
+        <v>19</v>
       </c>
       <c r="D1293" s="0" t="s">
-        <v>597</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1294">
       <c r="A1294" s="0" t="s">
-        <v>2678</v>
+        <v>2680</v>
       </c>
       <c r="B1294" s="0" t="s">
-        <v>2679</v>
+        <v>2681</v>
       </c>
       <c r="C1294" s="0" t="s">
-        <v>683</v>
+        <v>19</v>
       </c>
       <c r="D1294" s="0" t="s">
-        <v>597</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1295">
       <c r="A1295" s="0" t="s">
-        <v>2680</v>
+        <v>2682</v>
       </c>
       <c r="B1295" s="0" t="s">
-        <v>2681</v>
+        <v>2683</v>
       </c>
       <c r="C1295" s="0" t="s">
-        <v>683</v>
+        <v>30</v>
       </c>
       <c r="D1295" s="0" t="s">
-        <v>597</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1296">
       <c r="A1296" s="0" t="s">
-        <v>2682</v>
+        <v>2684</v>
       </c>
       <c r="B1296" s="0" t="s">
-        <v>2683</v>
+        <v>2685</v>
       </c>
       <c r="C1296" s="0" t="s">
-        <v>573</v>
+        <v>30</v>
       </c>
       <c r="D1296" s="0" t="s">
-        <v>574</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1297">
       <c r="A1297" s="0" t="s">
-        <v>2684</v>
+        <v>2686</v>
       </c>
       <c r="B1297" s="0" t="s">
-        <v>2685</v>
+        <v>2687</v>
       </c>
       <c r="C1297" s="0" t="s">
-        <v>573</v>
+        <v>30</v>
       </c>
       <c r="D1297" s="0" t="s">
-        <v>574</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1298">
       <c r="A1298" s="0" t="s">
-        <v>2686</v>
+        <v>2688</v>
       </c>
       <c r="B1298" s="0" t="s">
-        <v>2687</v>
+        <v>2689</v>
       </c>
       <c r="C1298" s="0" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D1298" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1299">
       <c r="A1299" s="0" t="s">
-        <v>2688</v>
+        <v>2690</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>2689</v>
+        <v>2691</v>
       </c>
       <c r="C1299" s="0" t="s">
-        <v>8</v>
+        <v>30</v>
       </c>
       <c r="D1299" s="0" t="s">
-        <v>16</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1300">
       <c r="A1300" s="0" t="s">
-        <v>2690</v>
+        <v>2692</v>
       </c>
       <c r="B1300" s="0" t="s">
-        <v>2691</v>
+        <v>2693</v>
       </c>
       <c r="C1300" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1300" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1301">
       <c r="A1301" s="0" t="s">
-        <v>2692</v>
+        <v>2694</v>
       </c>
       <c r="B1301" s="0" t="s">
-        <v>2693</v>
+        <v>2695</v>
       </c>
       <c r="C1301" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1301" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1302">
       <c r="A1302" s="0" t="s">
-        <v>2694</v>
+        <v>2696</v>
       </c>
       <c r="B1302" s="0" t="s">
-        <v>2695</v>
+        <v>2697</v>
       </c>
       <c r="C1302" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1302" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1303">
       <c r="A1303" s="0" t="s">
-        <v>2696</v>
+        <v>2698</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>2697</v>
+        <v>2699</v>
       </c>
       <c r="C1303" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1303" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1304">
       <c r="A1304" s="0" t="s">
-        <v>2698</v>
+        <v>2700</v>
       </c>
       <c r="B1304" s="0" t="s">
-        <v>2699</v>
+        <v>2701</v>
       </c>
       <c r="C1304" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1304" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1305">
       <c r="A1305" s="0" t="s">
-        <v>2700</v>
+        <v>2702</v>
       </c>
       <c r="B1305" s="0" t="s">
-        <v>2701</v>
+        <v>2703</v>
       </c>
       <c r="C1305" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1305" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1306">
       <c r="A1306" s="0" t="s">
-        <v>2702</v>
+        <v>2704</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>2703</v>
+        <v>2705</v>
       </c>
       <c r="C1306" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1306" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1307">
       <c r="A1307" s="0" t="s">
-        <v>2704</v>
+        <v>2706</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>2705</v>
+        <v>2707</v>
       </c>
       <c r="C1307" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1307" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1308">
       <c r="A1308" s="0" t="s">
-        <v>2706</v>
+        <v>2708</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>2707</v>
+        <v>2709</v>
       </c>
       <c r="C1308" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1308" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1309">
       <c r="A1309" s="0" t="s">
-        <v>2708</v>
+        <v>2710</v>
       </c>
       <c r="B1309" s="0" t="s">
-        <v>2709</v>
+        <v>2711</v>
       </c>
       <c r="C1309" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1309" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1310">
       <c r="A1310" s="0" t="s">
-        <v>2710</v>
+        <v>2712</v>
       </c>
       <c r="B1310" s="0" t="s">
-        <v>2711</v>
+        <v>2713</v>
       </c>
       <c r="C1310" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1310" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1311">
       <c r="A1311" s="0" t="s">
-        <v>2712</v>
+        <v>2714</v>
       </c>
       <c r="B1311" s="0" t="s">
-        <v>2713</v>
+        <v>2715</v>
       </c>
       <c r="C1311" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1311" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1312">
       <c r="A1312" s="0" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
       <c r="B1312" s="0" t="s">
-        <v>2715</v>
+        <v>2717</v>
       </c>
       <c r="C1312" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1312" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1313">
       <c r="A1313" s="0" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="B1313" s="0" t="s">
-        <v>2717</v>
+        <v>2719</v>
       </c>
       <c r="C1313" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1313" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1314">
       <c r="A1314" s="0" t="s">
-        <v>2718</v>
+        <v>2720</v>
       </c>
       <c r="B1314" s="0" t="s">
-        <v>2719</v>
+        <v>2721</v>
       </c>
       <c r="C1314" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1314" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1315">
       <c r="A1315" s="0" t="s">
-        <v>2720</v>
+        <v>2722</v>
       </c>
       <c r="B1315" s="0" t="s">
-        <v>2721</v>
+        <v>2723</v>
       </c>
       <c r="C1315" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1315" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1316">
       <c r="A1316" s="0" t="s">
-        <v>2722</v>
+        <v>2724</v>
       </c>
       <c r="B1316" s="0" t="s">
-        <v>2723</v>
+        <v>2725</v>
       </c>
       <c r="C1316" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1316" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1317">
       <c r="A1317" s="0" t="s">
-        <v>2724</v>
+        <v>2726</v>
       </c>
       <c r="B1317" s="0" t="s">
-        <v>2725</v>
+        <v>2727</v>
       </c>
       <c r="C1317" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1317" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1318">
       <c r="A1318" s="0" t="s">
-        <v>2726</v>
+        <v>2728</v>
       </c>
       <c r="B1318" s="0" t="s">
-        <v>2727</v>
+        <v>2729</v>
       </c>
       <c r="C1318" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D1318" s="0" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1319">
       <c r="A1319" s="0" t="s">
-        <v>2728</v>
+        <v>2730</v>
       </c>
       <c r="B1319" s="0" t="s">
-        <v>2729</v>
+        <v>2731</v>
       </c>
       <c r="C1319" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D1319" s="0" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1320">
       <c r="A1320" s="0" t="s">
-        <v>2730</v>
+        <v>2732</v>
       </c>
       <c r="B1320" s="0" t="s">
-        <v>2731</v>
+        <v>2733</v>
       </c>
       <c r="C1320" s="0" t="s">
-        <v>157</v>
+        <v>831</v>
       </c>
       <c r="D1320" s="0" t="s">
-        <v>157</v>
+        <v>832</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1321">
       <c r="A1321" s="0" t="s">
-        <v>2732</v>
+        <v>2734</v>
       </c>
       <c r="B1321" s="0" t="s">
-        <v>2733</v>
+        <v>2735</v>
       </c>
       <c r="C1321" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1321" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1322">
       <c r="A1322" s="0" t="s">
-        <v>2734</v>
+        <v>2736</v>
       </c>
       <c r="B1322" s="0" t="s">
-        <v>2735</v>
+        <v>2737</v>
       </c>
       <c r="C1322" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1322" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1323">
       <c r="A1323" s="0" t="s">
-        <v>2736</v>
+        <v>2738</v>
       </c>
       <c r="B1323" s="0" t="s">
-        <v>2737</v>
+        <v>2739</v>
       </c>
       <c r="C1323" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1323" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1324">
       <c r="A1324" s="0" t="s">
-        <v>2738</v>
+        <v>2740</v>
       </c>
       <c r="B1324" s="0" t="s">
-        <v>2739</v>
+        <v>2741</v>
       </c>
       <c r="C1324" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1324" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1325">
       <c r="A1325" s="0" t="s">
-        <v>2740</v>
+        <v>2742</v>
       </c>
       <c r="B1325" s="0" t="s">
-        <v>2741</v>
+        <v>2743</v>
       </c>
       <c r="C1325" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1325" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1326">
       <c r="A1326" s="0" t="s">
-        <v>2742</v>
+        <v>2744</v>
       </c>
       <c r="B1326" s="0" t="s">
-        <v>2743</v>
+        <v>2745</v>
       </c>
       <c r="C1326" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1326" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1327">
       <c r="A1327" s="0" t="s">
-        <v>2744</v>
+        <v>2746</v>
       </c>
       <c r="B1327" s="0" t="s">
-        <v>2745</v>
+        <v>2747</v>
       </c>
       <c r="C1327" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1327" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1328">
       <c r="A1328" s="0" t="s">
-        <v>2746</v>
+        <v>2748</v>
       </c>
       <c r="B1328" s="0" t="s">
-        <v>2747</v>
+        <v>2749</v>
       </c>
       <c r="C1328" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1328" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1329">
       <c r="A1329" s="0" t="s">
-        <v>2748</v>
+        <v>2750</v>
       </c>
       <c r="B1329" s="0" t="s">
-        <v>2749</v>
+        <v>2751</v>
       </c>
       <c r="C1329" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1329" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1330">
       <c r="A1330" s="0" t="s">
-        <v>2750</v>
+        <v>2752</v>
       </c>
       <c r="B1330" s="0" t="s">
-        <v>2751</v>
+        <v>2753</v>
       </c>
       <c r="C1330" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1330" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1331">
       <c r="A1331" s="0" t="s">
-        <v>2752</v>
+        <v>2754</v>
       </c>
       <c r="B1331" s="0" t="s">
-        <v>2753</v>
+        <v>2755</v>
       </c>
       <c r="C1331" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1331" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1332">
       <c r="A1332" s="0" t="s">
-        <v>2754</v>
+        <v>2756</v>
       </c>
       <c r="B1332" s="0" t="s">
-        <v>2755</v>
+        <v>2757</v>
       </c>
       <c r="C1332" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1332" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1333">
       <c r="A1333" s="0" t="s">
-        <v>2756</v>
+        <v>2758</v>
       </c>
       <c r="B1333" s="0" t="s">
-        <v>2757</v>
+        <v>2759</v>
       </c>
       <c r="C1333" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1333" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1334">
       <c r="A1334" s="0" t="s">
-        <v>2758</v>
+        <v>2760</v>
       </c>
       <c r="B1334" s="0" t="s">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="C1334" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1334" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1335">
       <c r="A1335" s="0" t="s">
-        <v>2760</v>
+        <v>2762</v>
       </c>
       <c r="B1335" s="0" t="s">
-        <v>2761</v>
+        <v>2763</v>
       </c>
       <c r="C1335" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1335" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1336">
       <c r="A1336" s="0" t="s">
-        <v>2762</v>
+        <v>2764</v>
       </c>
       <c r="B1336" s="0" t="s">
-        <v>2763</v>
+        <v>2765</v>
       </c>
       <c r="C1336" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
       <c r="D1336" s="0" t="s">
-        <v>157</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1337">
       <c r="A1337" s="0" t="s">
-        <v>2764</v>
+        <v>2766</v>
       </c>
       <c r="B1337" s="0" t="s">
-        <v>2765</v>
+        <v>2767</v>
       </c>
       <c r="C1337" s="0" t="s">
-        <v>157</v>
+        <v>286</v>
       </c>
       <c r="D1337" s="0" t="s">
-        <v>157</v>
+        <v>2768</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1338">
       <c r="A1338" s="0" t="s">
-        <v>2766</v>
+        <v>2769</v>
       </c>
       <c r="B1338" s="0" t="s">
-        <v>2767</v>
+        <v>2770</v>
       </c>
       <c r="C1338" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D1338" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1339">
       <c r="A1339" s="0" t="s">
-        <v>2768</v>
+        <v>2771</v>
       </c>
       <c r="B1339" s="0" t="s">
-        <v>2769</v>
+        <v>2772</v>
       </c>
       <c r="C1339" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D1339" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1340">
       <c r="A1340" s="0" t="s">
-        <v>2770</v>
+        <v>2773</v>
       </c>
       <c r="B1340" s="0" t="s">
-        <v>2771</v>
+        <v>2774</v>
       </c>
       <c r="C1340" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D1340" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1341">
       <c r="A1341" s="0" t="s">
-        <v>2772</v>
+        <v>2775</v>
       </c>
       <c r="B1341" s="0" t="s">
-        <v>2773</v>
+        <v>2776</v>
       </c>
       <c r="C1341" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D1341" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1342">
       <c r="A1342" s="0" t="s">
-        <v>2774</v>
+        <v>2777</v>
       </c>
       <c r="B1342" s="0" t="s">
-        <v>2775</v>
+        <v>2778</v>
       </c>
       <c r="C1342" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1342" s="0" t="s">
-        <v>157</v>
+        <v>2779</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1343">
       <c r="A1343" s="0" t="s">
-        <v>2776</v>
+        <v>2780</v>
       </c>
       <c r="B1343" s="0" t="s">
-        <v>2777</v>
+        <v>2781</v>
       </c>
       <c r="C1343" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1343" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1344">
       <c r="A1344" s="0" t="s">
-        <v>2778</v>
+        <v>2782</v>
       </c>
       <c r="B1344" s="0" t="s">
-        <v>2779</v>
+        <v>2783</v>
       </c>
       <c r="C1344" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D1344" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1345">
       <c r="A1345" s="0" t="s">
-        <v>2780</v>
+        <v>2784</v>
       </c>
       <c r="B1345" s="0" t="s">
-        <v>2781</v>
+        <v>2785</v>
       </c>
       <c r="C1345" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1345" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1346">
       <c r="A1346" s="0" t="s">
-        <v>2782</v>
+        <v>2786</v>
       </c>
       <c r="B1346" s="0" t="s">
-        <v>2783</v>
+        <v>2787</v>
       </c>
       <c r="C1346" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1346" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1347">
       <c r="A1347" s="0" t="s">
-        <v>2784</v>
+        <v>2788</v>
       </c>
       <c r="B1347" s="0" t="s">
-        <v>2785</v>
+        <v>2789</v>
       </c>
       <c r="C1347" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1347" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1348">
       <c r="A1348" s="0" t="s">
-        <v>2786</v>
+        <v>2790</v>
       </c>
       <c r="B1348" s="0" t="s">
-        <v>2787</v>
+        <v>2791</v>
       </c>
       <c r="C1348" s="0" t="s">
-        <v>1280</v>
+        <v>97</v>
       </c>
       <c r="D1348" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1349">
       <c r="A1349" s="0" t="s">
-        <v>2788</v>
+        <v>2792</v>
       </c>
       <c r="B1349" s="0" t="s">
-        <v>2789</v>
+        <v>2793</v>
       </c>
       <c r="C1349" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1349" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1350">
       <c r="A1350" s="0" t="s">
-        <v>2790</v>
+        <v>2794</v>
       </c>
       <c r="B1350" s="0" t="s">
-        <v>2791</v>
+        <v>2795</v>
       </c>
       <c r="C1350" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1350" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1351">
       <c r="A1351" s="0" t="s">
-        <v>2792</v>
+        <v>2796</v>
       </c>
       <c r="B1351" s="0" t="s">
-        <v>2793</v>
+        <v>2797</v>
       </c>
       <c r="C1351" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1351" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1352">
       <c r="A1352" s="0" t="s">
-        <v>2794</v>
+        <v>2798</v>
       </c>
       <c r="B1352" s="0" t="s">
-        <v>2795</v>
+        <v>2799</v>
       </c>
       <c r="C1352" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1352" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1353">
       <c r="A1353" s="0" t="s">
-        <v>2796</v>
+        <v>2800</v>
       </c>
       <c r="B1353" s="0" t="s">
-        <v>2797</v>
+        <v>2801</v>
       </c>
       <c r="C1353" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1353" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1354">
       <c r="A1354" s="0" t="s">
-        <v>2798</v>
+        <v>2802</v>
       </c>
       <c r="B1354" s="0" t="s">
-        <v>2799</v>
+        <v>2803</v>
       </c>
       <c r="C1354" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1354" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1355">
       <c r="A1355" s="0" t="s">
-        <v>2800</v>
+        <v>2804</v>
       </c>
       <c r="B1355" s="0" t="s">
-        <v>2801</v>
+        <v>2805</v>
       </c>
       <c r="C1355" s="0" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="D1355" s="0" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1356">
       <c r="A1356" s="0" t="s">
-        <v>2802</v>
+        <v>2806</v>
       </c>
       <c r="B1356" s="0" t="s">
-        <v>2803</v>
+        <v>2807</v>
       </c>
       <c r="C1356" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="D1356" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1357">
       <c r="A1357" s="0" t="s">
-        <v>2804</v>
+        <v>2808</v>
       </c>
       <c r="B1357" s="0" t="s">
-        <v>2805</v>
+        <v>2809</v>
       </c>
       <c r="C1357" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="D1357" s="0" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1358">
       <c r="A1358" s="0" t="s">
-        <v>2806</v>
+        <v>2810</v>
       </c>
       <c r="B1358" s="0" t="s">
-        <v>2807</v>
+        <v>2811</v>
       </c>
       <c r="C1358" s="0" t="s">
-        <v>102</v>
+        <v>1755</v>
       </c>
       <c r="D1358" s="0" t="s">
-        <v>102</v>
+        <v>1756</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1359">
       <c r="A1359" s="0" t="s">
-        <v>2808</v>
+        <v>2812</v>
       </c>
       <c r="B1359" s="0" t="s">
-        <v>2809</v>
+        <v>2813</v>
       </c>
       <c r="C1359" s="0" t="s">
-        <v>2810</v>
+        <v>130</v>
       </c>
       <c r="D1359" s="0" t="s">
-        <v>13</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1360">
       <c r="A1360" s="0" t="s">
-        <v>2811</v>
+        <v>2814</v>
       </c>
       <c r="B1360" s="0" t="s">
-        <v>2812</v>
+        <v>2815</v>
       </c>
       <c r="C1360" s="0" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="D1360" s="0" t="s">
-        <v>13</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1361">
       <c r="A1361" s="0" t="s">
-        <v>2813</v>
+        <v>2816</v>
       </c>
       <c r="B1361" s="0" t="s">
-        <v>2814</v>
+        <v>2817</v>
       </c>
       <c r="C1361" s="0" t="s">
-        <v>12</v>
+        <v>130</v>
       </c>
       <c r="D1361" s="0" t="s">
-        <v>13</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1362">
       <c r="A1362" s="0" t="s">
-        <v>2815</v>
+        <v>2818</v>
       </c>
       <c r="B1362" s="0" t="s">
-        <v>2816</v>
+        <v>2819</v>
       </c>
       <c r="C1362" s="0" t="s">
-        <v>12</v>
+        <v>352</v>
       </c>
       <c r="D1362" s="0" t="s">
-        <v>13</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1363">
       <c r="A1363" s="0" t="s">
-        <v>2817</v>
+        <v>2820</v>
       </c>
       <c r="B1363" s="0" t="s">
-        <v>2818</v>
+        <v>2821</v>
       </c>
       <c r="C1363" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D1363" s="0" t="s">
         <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1364">
       <c r="A1364" s="0" t="s">
-        <v>2819</v>
+        <v>2820</v>
       </c>
       <c r="B1364" s="0" t="s">
-        <v>2820</v>
+        <v>2822</v>
       </c>
       <c r="C1364" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D1364" s="0" t="s">
-        <v>13</v>
+        <v>817</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1365">
       <c r="A1365" s="0" t="s">
-        <v>2821</v>
+        <v>2823</v>
       </c>
       <c r="B1365" s="0" t="s">
-        <v>2822</v>
+        <v>2824</v>
       </c>
       <c r="C1365" s="0" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D1365" s="0" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1366">
       <c r="A1366" s="0" t="s">
-        <v>2823</v>
+        <v>2825</v>
       </c>
       <c r="B1366" s="0" t="s">
-        <v>2824</v>
-[...1 lines deleted...]
-      <c r="C1366" s="0"/>
+        <v>2826</v>
+      </c>
+      <c r="C1366" s="0" t="s">
+        <v>181</v>
+      </c>
       <c r="D1366" s="0" t="s">
-        <v>2825</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1367">
       <c r="A1367" s="0" t="s">
-        <v>2826</v>
+        <v>2827</v>
       </c>
       <c r="B1367" s="0" t="s">
-        <v>2827</v>
-[...1 lines deleted...]
-      <c r="C1367" s="0"/>
+        <v>2828</v>
+      </c>
+      <c r="C1367" s="0" t="s">
+        <v>181</v>
+      </c>
       <c r="D1367" s="0" t="s">
-        <v>2825</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1368">
       <c r="A1368" s="0" t="s">
-        <v>2828</v>
+        <v>2829</v>
       </c>
       <c r="B1368" s="0" t="s">
-        <v>2829</v>
+        <v>2830</v>
       </c>
       <c r="C1368" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1368" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1369">
       <c r="A1369" s="0" t="s">
-        <v>2830</v>
+        <v>2831</v>
       </c>
       <c r="B1369" s="0" t="s">
-        <v>2831</v>
+        <v>2832</v>
       </c>
       <c r="C1369" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1369" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1370">
       <c r="A1370" s="0" t="s">
-        <v>2832</v>
+        <v>2833</v>
       </c>
       <c r="B1370" s="0" t="s">
-        <v>2833</v>
+        <v>2834</v>
       </c>
       <c r="C1370" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1370" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1371">
       <c r="A1371" s="0" t="s">
-        <v>2834</v>
+        <v>2835</v>
       </c>
       <c r="B1371" s="0" t="s">
-        <v>2835</v>
+        <v>2836</v>
       </c>
       <c r="C1371" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1371" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1372">
       <c r="A1372" s="0" t="s">
-        <v>2836</v>
+        <v>2837</v>
       </c>
       <c r="B1372" s="0" t="s">
-        <v>2837</v>
+        <v>2838</v>
       </c>
       <c r="C1372" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1372" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1373">
       <c r="A1373" s="0" t="s">
-        <v>2838</v>
+        <v>2839</v>
       </c>
       <c r="B1373" s="0" t="s">
-        <v>2839</v>
+        <v>2840</v>
       </c>
       <c r="C1373" s="0" t="s">
-        <v>121</v>
+        <v>1815</v>
       </c>
       <c r="D1373" s="0" t="s">
-        <v>122</v>
+        <v>1815</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1374">
       <c r="A1374" s="0" t="s">
-        <v>2840</v>
+        <v>2841</v>
       </c>
       <c r="B1374" s="0" t="s">
-        <v>2841</v>
+        <v>2842</v>
       </c>
       <c r="C1374" s="0" t="s">
-        <v>121</v>
+        <v>19</v>
       </c>
       <c r="D1374" s="0" t="s">
-        <v>122</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1375">
       <c r="A1375" s="0" t="s">
-        <v>2842</v>
+        <v>2843</v>
       </c>
       <c r="B1375" s="0" t="s">
-        <v>2843</v>
+        <v>2844</v>
       </c>
       <c r="C1375" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1375" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1376">
       <c r="A1376" s="0" t="s">
-        <v>2844</v>
+        <v>2845</v>
       </c>
       <c r="B1376" s="0" t="s">
-        <v>2845</v>
+        <v>2846</v>
       </c>
       <c r="C1376" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1376" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1377">
       <c r="A1377" s="0" t="s">
-        <v>2846</v>
+        <v>2847</v>
       </c>
       <c r="B1377" s="0" t="s">
-        <v>2847</v>
+        <v>2848</v>
       </c>
       <c r="C1377" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1377" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1378">
       <c r="A1378" s="0" t="s">
-        <v>2848</v>
+        <v>2849</v>
       </c>
       <c r="B1378" s="0" t="s">
-        <v>2849</v>
+        <v>2850</v>
       </c>
       <c r="C1378" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1378" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1379">
       <c r="A1379" s="0" t="s">
-        <v>2850</v>
+        <v>2851</v>
       </c>
       <c r="B1379" s="0" t="s">
-        <v>2851</v>
+        <v>2852</v>
       </c>
       <c r="C1379" s="0" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="D1379" s="0" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1380">
       <c r="A1380" s="0" t="s">
-        <v>2852</v>
+        <v>2853</v>
       </c>
       <c r="B1380" s="0" t="s">
-        <v>2853</v>
+        <v>2854</v>
       </c>
       <c r="C1380" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D1380" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1381">
       <c r="A1381" s="0" t="s">
-        <v>2854</v>
+        <v>2855</v>
       </c>
       <c r="B1381" s="0" t="s">
-        <v>2855</v>
+        <v>2856</v>
       </c>
       <c r="C1381" s="0" t="s">
-        <v>121</v>
+        <v>318</v>
       </c>
       <c r="D1381" s="0" t="s">
-        <v>122</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1382">
       <c r="A1382" s="0" t="s">
-        <v>2856</v>
+        <v>2857</v>
       </c>
       <c r="B1382" s="0" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
       <c r="C1382" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D1382" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1383">
       <c r="A1383" s="0" t="s">
-        <v>2858</v>
+        <v>2859</v>
       </c>
       <c r="B1383" s="0" t="s">
-        <v>2859</v>
+        <v>2860</v>
       </c>
       <c r="C1383" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D1383" s="0" t="s">
-        <v>122</v>
+        <v>287</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1384">
       <c r="A1384" s="0" t="s">
-        <v>2860</v>
+        <v>2861</v>
       </c>
       <c r="B1384" s="0" t="s">
-        <v>2861</v>
+        <v>2862</v>
       </c>
       <c r="C1384" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1384" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1385">
       <c r="A1385" s="0" t="s">
-        <v>2862</v>
+        <v>2863</v>
       </c>
       <c r="B1385" s="0" t="s">
-        <v>2863</v>
+        <v>2864</v>
       </c>
       <c r="C1385" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1385" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1386">
       <c r="A1386" s="0" t="s">
-        <v>2864</v>
+        <v>2865</v>
       </c>
       <c r="B1386" s="0" t="s">
-        <v>2865</v>
+        <v>2866</v>
       </c>
       <c r="C1386" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1386" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1387">
       <c r="A1387" s="0" t="s">
-        <v>2866</v>
+        <v>2867</v>
       </c>
       <c r="B1387" s="0" t="s">
-        <v>2867</v>
+        <v>2868</v>
       </c>
       <c r="C1387" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1387" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1388">
       <c r="A1388" s="0" t="s">
-        <v>2868</v>
+        <v>2869</v>
       </c>
       <c r="B1388" s="0" t="s">
-        <v>2869</v>
+        <v>2870</v>
       </c>
       <c r="C1388" s="0" t="s">
-        <v>121</v>
+        <v>218</v>
       </c>
       <c r="D1388" s="0" t="s">
-        <v>122</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1389">
       <c r="A1389" s="0" t="s">
-        <v>2870</v>
+        <v>2871</v>
       </c>
       <c r="B1389" s="0" t="s">
-        <v>2871</v>
+        <v>2872</v>
       </c>
       <c r="C1389" s="0" t="s">
-        <v>692</v>
+        <v>218</v>
       </c>
       <c r="D1389" s="0" t="s">
-        <v>692</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1390">
       <c r="A1390" s="0" t="s">
-        <v>2872</v>
+        <v>2873</v>
       </c>
       <c r="B1390" s="0" t="s">
-        <v>2873</v>
+        <v>2874</v>
       </c>
       <c r="C1390" s="0" t="s">
-        <v>692</v>
+        <v>218</v>
       </c>
       <c r="D1390" s="0" t="s">
-        <v>692</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1391">
       <c r="A1391" s="0" t="s">
-        <v>2874</v>
+        <v>2875</v>
       </c>
       <c r="B1391" s="0" t="s">
-        <v>2875</v>
+        <v>2876</v>
       </c>
       <c r="C1391" s="0" t="s">
-        <v>2876</v>
+        <v>218</v>
       </c>
       <c r="D1391" s="0" t="s">
-        <v>2876</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1392">
       <c r="A1392" s="0" t="s">
         <v>2877</v>
       </c>
       <c r="B1392" s="0" t="s">
         <v>2878</v>
       </c>
       <c r="C1392" s="0" t="s">
-        <v>683</v>
+        <v>218</v>
       </c>
       <c r="D1392" s="0" t="s">
-        <v>597</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1393">
       <c r="A1393" s="0" t="s">
         <v>2879</v>
       </c>
       <c r="B1393" s="0" t="s">
         <v>2880</v>
       </c>
       <c r="C1393" s="0" t="s">
-        <v>121</v>
+        <v>218</v>
       </c>
       <c r="D1393" s="0" t="s">
-        <v>122</v>
+        <v>219</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1394">
       <c r="A1394" s="0" t="s">
         <v>2881</v>
       </c>
       <c r="B1394" s="0" t="s">
         <v>2882</v>
       </c>
       <c r="C1394" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D1394" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1395">
       <c r="A1395" s="0" t="s">
         <v>2883</v>
       </c>
       <c r="B1395" s="0" t="s">
         <v>2884</v>
       </c>
       <c r="C1395" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D1395" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1396">
       <c r="A1396" s="0" t="s">
         <v>2885</v>
       </c>
       <c r="B1396" s="0" t="s">
         <v>2886</v>
       </c>
       <c r="C1396" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D1396" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1397">
       <c r="A1397" s="0" t="s">
         <v>2887</v>
       </c>
       <c r="B1397" s="0" t="s">
         <v>2888</v>
       </c>
       <c r="C1397" s="0" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D1397" s="0" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1398">
       <c r="A1398" s="0" t="s">
         <v>2889</v>
       </c>
       <c r="B1398" s="0" t="s">
         <v>2890</v>
       </c>
       <c r="C1398" s="0" t="s">
-        <v>121</v>
+        <v>286</v>
       </c>
       <c r="D1398" s="0" t="s">
-        <v>122</v>
+        <v>2663</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1399">
       <c r="A1399" s="0" t="s">
         <v>2891</v>
       </c>
       <c r="B1399" s="0" t="s">
         <v>2892</v>
       </c>
       <c r="C1399" s="0" t="s">
-        <v>191</v>
+        <v>286</v>
       </c>
       <c r="D1399" s="0" t="s">
-        <v>192</v>
+        <v>2663</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1400">
       <c r="A1400" s="0" t="s">
         <v>2893</v>
       </c>
       <c r="B1400" s="0" t="s">
         <v>2894</v>
       </c>
       <c r="C1400" s="0" t="s">
-        <v>191</v>
+        <v>12</v>
       </c>
       <c r="D1400" s="0" t="s">
-        <v>192</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1401">
       <c r="A1401" s="0" t="s">
         <v>2895</v>
       </c>
       <c r="B1401" s="0" t="s">
         <v>2896</v>
       </c>
       <c r="C1401" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D1401" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1402">
       <c r="A1402" s="0" t="s">
         <v>2897</v>
       </c>
       <c r="B1402" s="0" t="s">
         <v>2898</v>
       </c>
       <c r="C1402" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D1402" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1403">
       <c r="A1403" s="0" t="s">
         <v>2899</v>
       </c>
       <c r="B1403" s="0" t="s">
         <v>2900</v>
       </c>
       <c r="C1403" s="0" t="s">
-        <v>376</v>
+        <v>222</v>
       </c>
       <c r="D1403" s="0" t="s">
-        <v>377</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1404">
       <c r="A1404" s="0" t="s">
         <v>2901</v>
       </c>
       <c r="B1404" s="0" t="s">
         <v>2902</v>
       </c>
       <c r="C1404" s="0" t="s">
-        <v>376</v>
+        <v>222</v>
       </c>
       <c r="D1404" s="0" t="s">
-        <v>377</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1405">
       <c r="A1405" s="0" t="s">
         <v>2903</v>
       </c>
       <c r="B1405" s="0" t="s">
         <v>2904</v>
       </c>
       <c r="C1405" s="0" t="s">
-        <v>376</v>
+        <v>222</v>
       </c>
       <c r="D1405" s="0" t="s">
-        <v>377</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1406">
       <c r="A1406" s="0" t="s">
         <v>2905</v>
       </c>
       <c r="B1406" s="0" t="s">
         <v>2906</v>
       </c>
       <c r="C1406" s="0" t="s">
-        <v>376</v>
+        <v>222</v>
       </c>
       <c r="D1406" s="0" t="s">
-        <v>377</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1407">
       <c r="A1407" s="0" t="s">
         <v>2907</v>
       </c>
       <c r="B1407" s="0" t="s">
         <v>2908</v>
       </c>
       <c r="C1407" s="0" t="s">
-        <v>376</v>
+        <v>222</v>
       </c>
       <c r="D1407" s="0" t="s">
-        <v>377</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1408">
       <c r="A1408" s="0" t="s">
         <v>2909</v>
       </c>
       <c r="B1408" s="0" t="s">
         <v>2910</v>
       </c>
       <c r="C1408" s="0" t="s">
-        <v>376</v>
+        <v>130</v>
       </c>
       <c r="D1408" s="0" t="s">
-        <v>377</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1409">
       <c r="A1409" s="0" t="s">
         <v>2911</v>
       </c>
       <c r="B1409" s="0" t="s">
         <v>2912</v>
       </c>
       <c r="C1409" s="0" t="s">
-        <v>376</v>
+        <v>130</v>
       </c>
       <c r="D1409" s="0" t="s">
-        <v>377</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1410">
       <c r="A1410" s="0" t="s">
         <v>2913</v>
       </c>
       <c r="B1410" s="0" t="s">
         <v>2914</v>
       </c>
       <c r="C1410" s="0" t="s">
-        <v>376</v>
+        <v>130</v>
       </c>
       <c r="D1410" s="0" t="s">
-        <v>377</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1411">
       <c r="A1411" s="0" t="s">
         <v>2915</v>
       </c>
       <c r="B1411" s="0" t="s">
         <v>2916</v>
       </c>
       <c r="C1411" s="0" t="s">
-        <v>376</v>
+        <v>130</v>
       </c>
       <c r="D1411" s="0" t="s">
-        <v>377</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1412">
       <c r="A1412" s="0" t="s">
         <v>2917</v>
       </c>
       <c r="B1412" s="0" t="s">
         <v>2918</v>
       </c>
       <c r="C1412" s="0" t="s">
-        <v>376</v>
+        <v>1755</v>
       </c>
       <c r="D1412" s="0" t="s">
-        <v>377</v>
+        <v>1756</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1413">
       <c r="A1413" s="0" t="s">
         <v>2919</v>
       </c>
       <c r="B1413" s="0" t="s">
         <v>2920</v>
       </c>
       <c r="C1413" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1413" s="0" t="s">
-        <v>377</v>
+        <v>2779</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1414">
       <c r="A1414" s="0" t="s">
         <v>2921</v>
       </c>
       <c r="B1414" s="0" t="s">
         <v>2922</v>
       </c>
       <c r="C1414" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1414" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1415">
       <c r="A1415" s="0" t="s">
         <v>2923</v>
       </c>
       <c r="B1415" s="0" t="s">
         <v>2924</v>
       </c>
       <c r="C1415" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1415" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1416">
       <c r="A1416" s="0" t="s">
         <v>2925</v>
       </c>
       <c r="B1416" s="0" t="s">
         <v>2926</v>
       </c>
       <c r="C1416" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1416" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1417">
       <c r="A1417" s="0" t="s">
         <v>2927</v>
       </c>
       <c r="B1417" s="0" t="s">
         <v>2928</v>
       </c>
       <c r="C1417" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1417" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1418">
       <c r="A1418" s="0" t="s">
         <v>2929</v>
       </c>
       <c r="B1418" s="0" t="s">
         <v>2930</v>
       </c>
       <c r="C1418" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1418" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1419">
       <c r="A1419" s="0" t="s">
         <v>2931</v>
       </c>
       <c r="B1419" s="0" t="s">
         <v>2932</v>
       </c>
       <c r="C1419" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1419" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1420">
       <c r="A1420" s="0" t="s">
         <v>2933</v>
       </c>
       <c r="B1420" s="0" t="s">
         <v>2934</v>
       </c>
       <c r="C1420" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1420" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1421">
       <c r="A1421" s="0" t="s">
         <v>2935</v>
       </c>
       <c r="B1421" s="0" t="s">
         <v>2936</v>
       </c>
       <c r="C1421" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1421" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1422">
       <c r="A1422" s="0" t="s">
         <v>2937</v>
       </c>
       <c r="B1422" s="0" t="s">
         <v>2938</v>
       </c>
       <c r="C1422" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1422" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1423">
       <c r="A1423" s="0" t="s">
         <v>2939</v>
       </c>
       <c r="B1423" s="0" t="s">
         <v>2940</v>
       </c>
       <c r="C1423" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1423" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1424">
       <c r="A1424" s="0" t="s">
         <v>2941</v>
       </c>
       <c r="B1424" s="0" t="s">
         <v>2942</v>
       </c>
       <c r="C1424" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1424" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1425">
       <c r="A1425" s="0" t="s">
         <v>2943</v>
       </c>
       <c r="B1425" s="0" t="s">
         <v>2944</v>
       </c>
       <c r="C1425" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1425" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1426">
       <c r="A1426" s="0" t="s">
         <v>2945</v>
       </c>
       <c r="B1426" s="0" t="s">
         <v>2946</v>
       </c>
       <c r="C1426" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1426" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1427">
       <c r="A1427" s="0" t="s">
         <v>2947</v>
       </c>
       <c r="B1427" s="0" t="s">
         <v>2948</v>
       </c>
       <c r="C1427" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1427" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1428">
       <c r="A1428" s="0" t="s">
         <v>2949</v>
       </c>
       <c r="B1428" s="0" t="s">
         <v>2950</v>
       </c>
       <c r="C1428" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1428" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1429">
       <c r="A1429" s="0" t="s">
         <v>2951</v>
       </c>
       <c r="B1429" s="0" t="s">
         <v>2952</v>
       </c>
       <c r="C1429" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1429" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1430">
       <c r="A1430" s="0" t="s">
         <v>2953</v>
       </c>
       <c r="B1430" s="0" t="s">
         <v>2954</v>
       </c>
       <c r="C1430" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="D1430" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1431">
       <c r="A1431" s="0" t="s">
         <v>2955</v>
       </c>
       <c r="B1431" s="0" t="s">
         <v>2956</v>
       </c>
       <c r="C1431" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="D1431" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1432">
       <c r="A1432" s="0" t="s">
         <v>2957</v>
       </c>
       <c r="B1432" s="0" t="s">
         <v>2958</v>
       </c>
       <c r="C1432" s="0" t="s">
-        <v>197</v>
+        <v>12</v>
       </c>
       <c r="D1432" s="0" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1433">
       <c r="A1433" s="0" t="s">
         <v>2959</v>
       </c>
       <c r="B1433" s="0" t="s">
         <v>2960</v>
       </c>
       <c r="C1433" s="0" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="D1433" s="0" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1434">
       <c r="A1434" s="0" t="s">
         <v>2961</v>
       </c>
       <c r="B1434" s="0" t="s">
         <v>2962</v>
       </c>
       <c r="C1434" s="0" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
       <c r="D1434" s="0" t="s">
-        <v>197</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1435">
       <c r="A1435" s="0" t="s">
         <v>2963</v>
       </c>
       <c r="B1435" s="0" t="s">
         <v>2964</v>
       </c>
       <c r="C1435" s="0" t="s">
-        <v>197</v>
+        <v>2965</v>
       </c>
       <c r="D1435" s="0" t="s">
-        <v>197</v>
+        <v>2966</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1436">
       <c r="A1436" s="0" t="s">
-        <v>2965</v>
+        <v>2967</v>
       </c>
       <c r="B1436" s="0" t="s">
-        <v>2966</v>
+        <v>2968</v>
       </c>
       <c r="C1436" s="0" t="s">
-        <v>157</v>
+        <v>181</v>
       </c>
       <c r="D1436" s="0" t="s">
-        <v>157</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1437">
       <c r="A1437" s="0" t="s">
-        <v>2967</v>
+        <v>2969</v>
       </c>
       <c r="B1437" s="0" t="s">
-        <v>2968</v>
+        <v>2970</v>
       </c>
       <c r="C1437" s="0" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D1437" s="0" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1438">
       <c r="A1438" s="0" t="s">
-        <v>2969</v>
+        <v>2971</v>
       </c>
       <c r="B1438" s="0" t="s">
-        <v>2970</v>
+        <v>2972</v>
       </c>
       <c r="C1438" s="0" t="s">
-        <v>191</v>
+        <v>181</v>
       </c>
       <c r="D1438" s="0" t="s">
-        <v>192</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1439">
       <c r="A1439" s="0" t="s">
-        <v>2971</v>
+        <v>2973</v>
       </c>
       <c r="B1439" s="0" t="s">
-        <v>2972</v>
+        <v>2974</v>
       </c>
       <c r="C1439" s="0" t="s">
-        <v>185</v>
+        <v>2965</v>
       </c>
       <c r="D1439" s="0" t="s">
-        <v>2973</v>
+        <v>2966</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1440">
       <c r="A1440" s="0" t="s">
-        <v>2974</v>
+        <v>2975</v>
       </c>
       <c r="B1440" s="0" t="s">
-        <v>2975</v>
+        <v>2976</v>
       </c>
       <c r="C1440" s="0" t="s">
-        <v>197</v>
+        <v>2965</v>
       </c>
       <c r="D1440" s="0" t="s">
-        <v>197</v>
+        <v>2966</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1441">
       <c r="A1441" s="0" t="s">
-        <v>2976</v>
+        <v>2977</v>
       </c>
       <c r="B1441" s="0" t="s">
-        <v>2977</v>
+        <v>2978</v>
       </c>
       <c r="C1441" s="0" t="s">
-        <v>157</v>
+        <v>2965</v>
       </c>
       <c r="D1441" s="0" t="s">
-        <v>157</v>
+        <v>2966</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1442">
       <c r="A1442" s="0" t="s">
-        <v>2978</v>
+        <v>2979</v>
       </c>
       <c r="B1442" s="0" t="s">
-        <v>2979</v>
+        <v>2980</v>
       </c>
       <c r="C1442" s="0" t="s">
-        <v>157</v>
+        <v>2965</v>
       </c>
       <c r="D1442" s="0" t="s">
-        <v>157</v>
+        <v>2966</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1443">
       <c r="A1443" s="0" t="s">
-        <v>2980</v>
+        <v>2981</v>
       </c>
       <c r="B1443" s="0" t="s">
-        <v>2981</v>
+        <v>2982</v>
       </c>
       <c r="C1443" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1443" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1444">
       <c r="A1444" s="0" t="s">
-        <v>2982</v>
+        <v>2983</v>
       </c>
       <c r="B1444" s="0" t="s">
-        <v>2983</v>
+        <v>2984</v>
       </c>
       <c r="C1444" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1444" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1445">
       <c r="A1445" s="0" t="s">
-        <v>2984</v>
+        <v>2985</v>
       </c>
       <c r="B1445" s="0" t="s">
-        <v>2985</v>
+        <v>2986</v>
       </c>
       <c r="C1445" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1445" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1446">
       <c r="A1446" s="0" t="s">
-        <v>2986</v>
+        <v>2987</v>
       </c>
       <c r="B1446" s="0" t="s">
-        <v>2987</v>
+        <v>2988</v>
       </c>
       <c r="C1446" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
       <c r="D1446" s="0" t="s">
-        <v>197</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1447">
       <c r="A1447" s="0" t="s">
-        <v>2988</v>
+        <v>2989</v>
       </c>
       <c r="B1447" s="0" t="s">
-        <v>2989</v>
+        <v>2990</v>
       </c>
       <c r="C1447" s="0" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="D1447" s="0" t="s">
-        <v>23</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1448">
       <c r="A1448" s="0" t="s">
-        <v>2990</v>
+        <v>2991</v>
       </c>
       <c r="B1448" s="0" t="s">
-        <v>2991</v>
+        <v>2992</v>
       </c>
       <c r="C1448" s="0" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="D1448" s="0" t="s">
-        <v>23</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1449">
       <c r="A1449" s="0" t="s">
-        <v>2992</v>
+        <v>2993</v>
       </c>
       <c r="B1449" s="0" t="s">
-        <v>2993</v>
+        <v>2994</v>
       </c>
       <c r="C1449" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1449" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1450">
       <c r="A1450" s="0" t="s">
-        <v>2994</v>
+        <v>2995</v>
       </c>
       <c r="B1450" s="0" t="s">
-        <v>2995</v>
+        <v>2996</v>
       </c>
       <c r="C1450" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1450" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1451">
       <c r="A1451" s="0" t="s">
-        <v>2996</v>
+        <v>2997</v>
       </c>
       <c r="B1451" s="0" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
       <c r="C1451" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1451" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1452">
       <c r="A1452" s="0" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
       <c r="B1452" s="0" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
       <c r="C1452" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1452" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1453">
       <c r="A1453" s="0" t="s">
-        <v>3000</v>
+        <v>3001</v>
       </c>
       <c r="B1453" s="0" t="s">
-        <v>3001</v>
+        <v>3002</v>
       </c>
       <c r="C1453" s="0" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D1453" s="0" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1454">
       <c r="A1454" s="0" t="s">
-        <v>3002</v>
+        <v>3003</v>
       </c>
       <c r="B1454" s="0" t="s">
-        <v>3003</v>
+        <v>3004</v>
       </c>
       <c r="C1454" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1454" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1455">
       <c r="A1455" s="0" t="s">
-        <v>3004</v>
+        <v>3005</v>
       </c>
       <c r="B1455" s="0" t="s">
-        <v>3005</v>
+        <v>3006</v>
       </c>
       <c r="C1455" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1455" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1456">
       <c r="A1456" s="0" t="s">
-        <v>3006</v>
+        <v>3007</v>
       </c>
       <c r="B1456" s="0" t="s">
-        <v>3007</v>
+        <v>3008</v>
       </c>
       <c r="C1456" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1456" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1457">
       <c r="A1457" s="0" t="s">
-        <v>3008</v>
+        <v>3009</v>
       </c>
       <c r="B1457" s="0" t="s">
-        <v>3009</v>
+        <v>3010</v>
       </c>
       <c r="C1457" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1457" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1458">
       <c r="A1458" s="0" t="s">
-        <v>3010</v>
+        <v>3011</v>
       </c>
       <c r="B1458" s="0" t="s">
-        <v>3011</v>
+        <v>3012</v>
       </c>
       <c r="C1458" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1458" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1459">
       <c r="A1459" s="0" t="s">
-        <v>3012</v>
+        <v>3013</v>
       </c>
       <c r="B1459" s="0" t="s">
-        <v>3013</v>
+        <v>3014</v>
       </c>
       <c r="C1459" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1459" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1460">
       <c r="A1460" s="0" t="s">
-        <v>3014</v>
+        <v>3015</v>
       </c>
       <c r="B1460" s="0" t="s">
-        <v>3015</v>
+        <v>3016</v>
       </c>
       <c r="C1460" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1460" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1461">
       <c r="A1461" s="0" t="s">
-        <v>3016</v>
+        <v>3017</v>
       </c>
       <c r="B1461" s="0" t="s">
-        <v>3017</v>
+        <v>3018</v>
       </c>
       <c r="C1461" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1461" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1462">
       <c r="A1462" s="0" t="s">
-        <v>3018</v>
+        <v>3019</v>
       </c>
       <c r="B1462" s="0" t="s">
-        <v>3019</v>
+        <v>3020</v>
       </c>
       <c r="C1462" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1462" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1463">
       <c r="A1463" s="0" t="s">
-        <v>3020</v>
+        <v>3021</v>
       </c>
       <c r="B1463" s="0" t="s">
-        <v>3021</v>
+        <v>3022</v>
       </c>
       <c r="C1463" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1463" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1464">
       <c r="A1464" s="0" t="s">
-        <v>3022</v>
+        <v>3023</v>
       </c>
       <c r="B1464" s="0" t="s">
-        <v>3023</v>
+        <v>3024</v>
       </c>
       <c r="C1464" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1464" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1465">
       <c r="A1465" s="0" t="s">
-        <v>3024</v>
+        <v>3025</v>
       </c>
       <c r="B1465" s="0" t="s">
-        <v>3025</v>
+        <v>3026</v>
       </c>
       <c r="C1465" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1465" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1466">
       <c r="A1466" s="0" t="s">
-        <v>3026</v>
+        <v>3027</v>
       </c>
       <c r="B1466" s="0" t="s">
-        <v>3027</v>
+        <v>3028</v>
       </c>
       <c r="C1466" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1466" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1467">
       <c r="A1467" s="0" t="s">
-        <v>3028</v>
+        <v>3029</v>
       </c>
       <c r="B1467" s="0" t="s">
-        <v>3029</v>
+        <v>3030</v>
       </c>
       <c r="C1467" s="0" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="D1467" s="0" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1468">
       <c r="A1468" s="0" t="s">
-        <v>3030</v>
+        <v>3031</v>
       </c>
       <c r="B1468" s="0" t="s">
-        <v>3031</v>
+        <v>3032</v>
       </c>
       <c r="C1468" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1468" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1469">
       <c r="A1469" s="0" t="s">
-        <v>3032</v>
+        <v>3033</v>
       </c>
       <c r="B1469" s="0" t="s">
-        <v>3033</v>
+        <v>3034</v>
       </c>
       <c r="C1469" s="0" t="s">
-        <v>121</v>
+        <v>248</v>
       </c>
       <c r="D1469" s="0" t="s">
-        <v>122</v>
+        <v>249</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1470">
       <c r="A1470" s="0" t="s">
-        <v>3034</v>
+        <v>3035</v>
       </c>
       <c r="B1470" s="0" t="s">
-        <v>3035</v>
+        <v>3036</v>
       </c>
       <c r="C1470" s="0" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="D1470" s="0" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1471">
       <c r="A1471" s="0" t="s">
-        <v>3036</v>
+        <v>3037</v>
       </c>
       <c r="B1471" s="0" t="s">
-        <v>3037</v>
+        <v>3038</v>
       </c>
       <c r="C1471" s="0" t="s">
-        <v>121</v>
+        <v>318</v>
       </c>
       <c r="D1471" s="0" t="s">
-        <v>122</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1472">
       <c r="A1472" s="0" t="s">
-        <v>3038</v>
+        <v>3039</v>
       </c>
       <c r="B1472" s="0" t="s">
-        <v>3039</v>
+        <v>3040</v>
       </c>
       <c r="C1472" s="0" t="s">
-        <v>121</v>
+        <v>318</v>
       </c>
       <c r="D1472" s="0" t="s">
-        <v>122</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1473">
       <c r="A1473" s="0" t="s">
-        <v>3040</v>
+        <v>3041</v>
       </c>
       <c r="B1473" s="0" t="s">
-        <v>3041</v>
+        <v>3042</v>
       </c>
       <c r="C1473" s="0" t="s">
-        <v>336</v>
+        <v>318</v>
       </c>
       <c r="D1473" s="0" t="s">
-        <v>337</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1474">
       <c r="A1474" s="0" t="s">
-        <v>3042</v>
+        <v>3043</v>
       </c>
       <c r="B1474" s="0" t="s">
-        <v>3043</v>
+        <v>3044</v>
       </c>
       <c r="C1474" s="0" t="s">
-        <v>336</v>
+        <v>30</v>
       </c>
       <c r="D1474" s="0" t="s">
-        <v>337</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1475">
       <c r="A1475" s="0" t="s">
-        <v>3044</v>
+        <v>3045</v>
       </c>
       <c r="B1475" s="0" t="s">
-        <v>3045</v>
+        <v>3046</v>
       </c>
       <c r="C1475" s="0" t="s">
-        <v>1014</v>
+        <v>30</v>
       </c>
       <c r="D1475" s="0" t="s">
-        <v>1015</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1476">
       <c r="A1476" s="0" t="s">
-        <v>3046</v>
+        <v>3047</v>
       </c>
       <c r="B1476" s="0" t="s">
-        <v>3047</v>
+        <v>3048</v>
       </c>
       <c r="C1476" s="0" t="s">
-        <v>197</v>
+        <v>30</v>
       </c>
       <c r="D1476" s="0" t="s">
-        <v>197</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1477">
       <c r="A1477" s="0" t="s">
-        <v>3048</v>
+        <v>3049</v>
       </c>
       <c r="B1477" s="0" t="s">
-        <v>3049</v>
+        <v>3050</v>
       </c>
       <c r="C1477" s="0" t="s">
-        <v>197</v>
+        <v>417</v>
       </c>
       <c r="D1477" s="0" t="s">
-        <v>197</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1478">
       <c r="A1478" s="0" t="s">
-        <v>3050</v>
+        <v>3051</v>
       </c>
       <c r="B1478" s="0" t="s">
-        <v>3051</v>
+        <v>3052</v>
       </c>
       <c r="C1478" s="0" t="s">
-        <v>157</v>
+        <v>417</v>
       </c>
       <c r="D1478" s="0" t="s">
-        <v>157</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1479">
       <c r="A1479" s="0" t="s">
-        <v>3052</v>
+        <v>3053</v>
       </c>
       <c r="B1479" s="0" t="s">
-        <v>3053</v>
+        <v>3054</v>
       </c>
       <c r="C1479" s="0" t="s">
-        <v>157</v>
+        <v>417</v>
       </c>
       <c r="D1479" s="0" t="s">
-        <v>157</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1480">
       <c r="A1480" s="0" t="s">
-        <v>3054</v>
+        <v>3055</v>
       </c>
       <c r="B1480" s="0" t="s">
-        <v>3055</v>
+        <v>3056</v>
       </c>
       <c r="C1480" s="0" t="s">
-        <v>157</v>
+        <v>417</v>
       </c>
       <c r="D1480" s="0" t="s">
-        <v>157</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1481">
       <c r="A1481" s="0" t="s">
-        <v>3056</v>
+        <v>3057</v>
       </c>
       <c r="B1481" s="0" t="s">
-        <v>3057</v>
+        <v>3058</v>
       </c>
       <c r="C1481" s="0" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="D1481" s="0" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1482">
       <c r="A1482" s="0" t="s">
-        <v>3058</v>
+        <v>3059</v>
       </c>
       <c r="B1482" s="0" t="s">
-        <v>3059</v>
+        <v>3060</v>
       </c>
       <c r="C1482" s="0" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="D1482" s="0" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1483">
       <c r="A1483" s="0" t="s">
-        <v>3060</v>
+        <v>3061</v>
       </c>
       <c r="B1483" s="0" t="s">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="C1483" s="0" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
       <c r="D1483" s="0" t="s">
-        <v>157</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1484">
       <c r="A1484" s="0" t="s">
-        <v>3062</v>
+        <v>3063</v>
       </c>
       <c r="B1484" s="0" t="s">
-        <v>3063</v>
+        <v>3064</v>
       </c>
       <c r="C1484" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1484" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1485">
       <c r="A1485" s="0" t="s">
-        <v>3064</v>
+        <v>3065</v>
       </c>
       <c r="B1485" s="0" t="s">
-        <v>3065</v>
+        <v>3066</v>
       </c>
       <c r="C1485" s="0" t="s">
-        <v>157</v>
+        <v>30</v>
       </c>
       <c r="D1485" s="0" t="s">
-        <v>157</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1486">
       <c r="A1486" s="0" t="s">
-        <v>3066</v>
+        <v>3067</v>
       </c>
       <c r="B1486" s="0" t="s">
-        <v>3067</v>
+        <v>3068</v>
       </c>
       <c r="C1486" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1486" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1487">
       <c r="A1487" s="0" t="s">
-        <v>3068</v>
+        <v>3069</v>
       </c>
       <c r="B1487" s="0" t="s">
-        <v>3069</v>
+        <v>3070</v>
       </c>
       <c r="C1487" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1487" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1488">
       <c r="A1488" s="0" t="s">
-        <v>3070</v>
+        <v>3071</v>
       </c>
       <c r="B1488" s="0" t="s">
-        <v>3071</v>
+        <v>3072</v>
       </c>
       <c r="C1488" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1488" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1489">
       <c r="A1489" s="0" t="s">
-        <v>3072</v>
+        <v>3073</v>
       </c>
       <c r="B1489" s="0" t="s">
-        <v>3073</v>
+        <v>3074</v>
       </c>
       <c r="C1489" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1489" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1490">
       <c r="A1490" s="0" t="s">
-        <v>3074</v>
+        <v>3075</v>
       </c>
       <c r="B1490" s="0" t="s">
-        <v>3075</v>
+        <v>3076</v>
       </c>
       <c r="C1490" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1490" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1491">
       <c r="A1491" s="0" t="s">
-        <v>3076</v>
+        <v>3077</v>
       </c>
       <c r="B1491" s="0" t="s">
-        <v>3077</v>
+        <v>3078</v>
       </c>
       <c r="C1491" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1491" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1492">
       <c r="A1492" s="0" t="s">
-        <v>3078</v>
+        <v>3079</v>
       </c>
       <c r="B1492" s="0" t="s">
-        <v>3079</v>
+        <v>3080</v>
       </c>
       <c r="C1492" s="0" t="s">
-        <v>185</v>
+        <v>22</v>
       </c>
       <c r="D1492" s="0" t="s">
-        <v>3080</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1493">
       <c r="A1493" s="0" t="s">
         <v>3081</v>
       </c>
       <c r="B1493" s="0" t="s">
         <v>3082</v>
       </c>
       <c r="C1493" s="0" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D1493" s="0" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1494">
       <c r="A1494" s="0" t="s">
         <v>3083</v>
       </c>
       <c r="B1494" s="0" t="s">
         <v>3084</v>
       </c>
       <c r="C1494" s="0" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D1494" s="0" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1495">
       <c r="A1495" s="0" t="s">
         <v>3085</v>
       </c>
       <c r="B1495" s="0" t="s">
         <v>3086</v>
       </c>
       <c r="C1495" s="0" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D1495" s="0" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1496">
       <c r="A1496" s="0" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B1496" s="0" t="s">
         <v>3087</v>
       </c>
-      <c r="B1496" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1496" s="0" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="D1496" s="0" t="s">
-        <v>42</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1497">
       <c r="A1497" s="0" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B1497" s="0" t="s">
         <v>3089</v>
       </c>
-      <c r="B1497" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1497" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D1497" s="0" t="s">
-        <v>3091</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1498">
       <c r="A1498" s="0" t="s">
-        <v>3092</v>
+        <v>3090</v>
       </c>
       <c r="B1498" s="0" t="s">
-        <v>3093</v>
+        <v>3091</v>
       </c>
       <c r="C1498" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D1498" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1499">
       <c r="A1499" s="0" t="s">
-        <v>3094</v>
+        <v>3092</v>
       </c>
       <c r="B1499" s="0" t="s">
-        <v>3095</v>
+        <v>3093</v>
       </c>
       <c r="C1499" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D1499" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1500">
       <c r="A1500" s="0" t="s">
-        <v>3096</v>
+        <v>3092</v>
       </c>
       <c r="B1500" s="0" t="s">
-        <v>3097</v>
+        <v>3094</v>
       </c>
       <c r="C1500" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D1500" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1501">
       <c r="A1501" s="0" t="s">
-        <v>3098</v>
+        <v>3095</v>
       </c>
       <c r="B1501" s="0" t="s">
-        <v>3099</v>
+        <v>3096</v>
       </c>
       <c r="C1501" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D1501" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1502">
       <c r="A1502" s="0" t="s">
-        <v>3100</v>
+        <v>3097</v>
       </c>
       <c r="B1502" s="0" t="s">
-        <v>3101</v>
+        <v>3098</v>
       </c>
       <c r="C1502" s="0" t="s">
-        <v>121</v>
+        <v>12</v>
       </c>
       <c r="D1502" s="0" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1503">
       <c r="A1503" s="0" t="s">
-        <v>3102</v>
+        <v>3099</v>
       </c>
       <c r="B1503" s="0" t="s">
-        <v>3103</v>
+        <v>3100</v>
       </c>
       <c r="C1503" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1503" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1504">
       <c r="A1504" s="0" t="s">
-        <v>3104</v>
+        <v>3101</v>
       </c>
       <c r="B1504" s="0" t="s">
-        <v>3105</v>
+        <v>3102</v>
       </c>
       <c r="C1504" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1504" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1505">
       <c r="A1505" s="0" t="s">
-        <v>3106</v>
+        <v>3103</v>
       </c>
       <c r="B1505" s="0" t="s">
-        <v>3107</v>
+        <v>3104</v>
       </c>
       <c r="C1505" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1505" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1506">
       <c r="A1506" s="0" t="s">
-        <v>3108</v>
+        <v>3105</v>
       </c>
       <c r="B1506" s="0" t="s">
-        <v>3109</v>
+        <v>3106</v>
       </c>
       <c r="C1506" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1506" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1507">
       <c r="A1507" s="0" t="s">
-        <v>3110</v>
+        <v>3107</v>
       </c>
       <c r="B1507" s="0" t="s">
-        <v>3111</v>
+        <v>3108</v>
       </c>
       <c r="C1507" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1507" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1508">
       <c r="A1508" s="0" t="s">
-        <v>3112</v>
+        <v>3109</v>
       </c>
       <c r="B1508" s="0" t="s">
-        <v>3113</v>
+        <v>3110</v>
       </c>
       <c r="C1508" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1508" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1509">
       <c r="A1509" s="0" t="s">
-        <v>3114</v>
+        <v>3111</v>
       </c>
       <c r="B1509" s="0" t="s">
-        <v>3115</v>
+        <v>3112</v>
       </c>
       <c r="C1509" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1509" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1510">
       <c r="A1510" s="0" t="s">
-        <v>3116</v>
+        <v>3113</v>
       </c>
       <c r="B1510" s="0" t="s">
-        <v>3117</v>
+        <v>3114</v>
       </c>
       <c r="C1510" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D1510" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1511">
       <c r="A1511" s="0" t="s">
-        <v>3118</v>
+        <v>3115</v>
       </c>
       <c r="B1511" s="0" t="s">
-        <v>3119</v>
+        <v>3116</v>
       </c>
       <c r="C1511" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D1511" s="0" t="s">
-        <v>122</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1512">
       <c r="A1512" s="0" t="s">
-        <v>3120</v>
+        <v>3117</v>
       </c>
       <c r="B1512" s="0" t="s">
-        <v>3121</v>
+        <v>3118</v>
       </c>
       <c r="C1512" s="0" t="s">
-        <v>26</v>
+        <v>417</v>
       </c>
       <c r="D1512" s="0" t="s">
-        <v>27</v>
+        <v>418</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1513">
       <c r="A1513" s="0" t="s">
-        <v>3122</v>
+        <v>3119</v>
       </c>
       <c r="B1513" s="0" t="s">
-        <v>3123</v>
+        <v>3120</v>
       </c>
       <c r="C1513" s="0" t="s">
-        <v>26</v>
+        <v>828</v>
       </c>
       <c r="D1513" s="0" t="s">
-        <v>27</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1514">
       <c r="A1514" s="0" t="s">
-        <v>3124</v>
+        <v>3121</v>
       </c>
       <c r="B1514" s="0" t="s">
-        <v>3125</v>
+        <v>3122</v>
       </c>
       <c r="C1514" s="0" t="s">
-        <v>2009</v>
+        <v>828</v>
       </c>
       <c r="D1514" s="0" t="s">
-        <v>2010</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1515">
       <c r="A1515" s="0" t="s">
-        <v>3126</v>
+        <v>3123</v>
       </c>
       <c r="B1515" s="0" t="s">
-        <v>3127</v>
+        <v>3124</v>
       </c>
       <c r="C1515" s="0" t="s">
-        <v>19</v>
+        <v>828</v>
       </c>
       <c r="D1515" s="0" t="s">
-        <v>20</v>
+        <v>812</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1516">
       <c r="A1516" s="0" t="s">
-        <v>3128</v>
+        <v>3125</v>
       </c>
       <c r="B1516" s="0" t="s">
-        <v>3129</v>
+        <v>3126</v>
       </c>
       <c r="C1516" s="0" t="s">
-        <v>19</v>
+        <v>181</v>
       </c>
       <c r="D1516" s="0" t="s">
-        <v>20</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1517">
       <c r="A1517" s="0" t="s">
-        <v>3130</v>
+        <v>3127</v>
       </c>
       <c r="B1517" s="0" t="s">
-        <v>3131</v>
+        <v>3128</v>
       </c>
       <c r="C1517" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D1517" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1518">
       <c r="A1518" s="0" t="s">
-        <v>3132</v>
+        <v>3129</v>
       </c>
       <c r="B1518" s="0" t="s">
-        <v>3133</v>
+        <v>3130</v>
       </c>
       <c r="C1518" s="0" t="s">
-        <v>608</v>
+        <v>97</v>
       </c>
       <c r="D1518" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1519">
       <c r="A1519" s="0" t="s">
-        <v>3134</v>
+        <v>3131</v>
       </c>
       <c r="B1519" s="0" t="s">
-        <v>3135</v>
+        <v>3132</v>
       </c>
       <c r="C1519" s="0" t="s">
-        <v>197</v>
+        <v>3133</v>
       </c>
       <c r="D1519" s="0" t="s">
-        <v>197</v>
+        <v>97</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1520">
       <c r="A1520" s="0" t="s">
-        <v>3136</v>
+        <v>3134</v>
       </c>
       <c r="B1520" s="0" t="s">
-        <v>3137</v>
+        <v>3135</v>
       </c>
       <c r="C1520" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="D1520" s="0" t="s">
-        <v>204</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1521">
       <c r="A1521" s="0" t="s">
         <v>3136</v>
       </c>
       <c r="B1521" s="0" t="s">
-        <v>3138</v>
+        <v>3137</v>
       </c>
       <c r="C1521" s="0" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="D1521" s="0" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1522">
       <c r="A1522" s="0" t="s">
+        <v>3138</v>
+      </c>
+      <c r="B1522" s="0" t="s">
         <v>3139</v>
       </c>
-      <c r="B1522" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1522" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1522" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1523">
       <c r="A1523" s="0" t="s">
+        <v>3140</v>
+      </c>
+      <c r="B1523" s="0" t="s">
         <v>3141</v>
       </c>
-      <c r="B1523" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1523" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1523" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1524">
       <c r="A1524" s="0" t="s">
+        <v>3142</v>
+      </c>
+      <c r="B1524" s="0" t="s">
         <v>3143</v>
       </c>
-      <c r="B1524" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1524" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1524" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1525">
       <c r="A1525" s="0" t="s">
+        <v>3144</v>
+      </c>
+      <c r="B1525" s="0" t="s">
         <v>3145</v>
       </c>
-      <c r="B1525" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1525" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1525" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1526">
       <c r="A1526" s="0" t="s">
+        <v>3146</v>
+      </c>
+      <c r="B1526" s="0" t="s">
         <v>3147</v>
       </c>
-      <c r="B1526" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1526" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1526" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1527">
       <c r="A1527" s="0" t="s">
+        <v>3148</v>
+      </c>
+      <c r="B1527" s="0" t="s">
         <v>3149</v>
       </c>
-      <c r="B1527" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1527" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1527" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1528">
       <c r="A1528" s="0" t="s">
+        <v>3150</v>
+      </c>
+      <c r="B1528" s="0" t="s">
         <v>3151</v>
       </c>
-      <c r="B1528" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1528" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1528" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1529">
       <c r="A1529" s="0" t="s">
+        <v>3152</v>
+      </c>
+      <c r="B1529" s="0" t="s">
         <v>3153</v>
       </c>
-      <c r="B1529" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1529" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1529" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1530">
       <c r="A1530" s="0" t="s">
+        <v>3154</v>
+      </c>
+      <c r="B1530" s="0" t="s">
         <v>3155</v>
       </c>
-      <c r="B1530" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1530" s="0" t="s">
-        <v>2073</v>
+        <v>185</v>
       </c>
       <c r="D1530" s="0" t="s">
-        <v>2073</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1531">
       <c r="A1531" s="0" t="s">
+        <v>3156</v>
+      </c>
+      <c r="B1531" s="0" t="s">
         <v>3157</v>
       </c>
-      <c r="B1531" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1531" s="0" t="s">
-        <v>23</v>
+        <v>869</v>
       </c>
       <c r="D1531" s="0" t="s">
-        <v>23</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1532">
       <c r="A1532" s="0" t="s">
+        <v>3158</v>
+      </c>
+      <c r="B1532" s="0" t="s">
         <v>3159</v>
       </c>
-      <c r="B1532" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1532" s="0" t="s">
-        <v>121</v>
+        <v>869</v>
       </c>
       <c r="D1532" s="0" t="s">
-        <v>122</v>
+        <v>869</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1533">
       <c r="A1533" s="0" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B1533" s="0" t="s">
         <v>3161</v>
       </c>
-      <c r="B1533" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1533" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1533" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1534">
       <c r="A1534" s="0" t="s">
+        <v>3162</v>
+      </c>
+      <c r="B1534" s="0" t="s">
         <v>3163</v>
       </c>
-      <c r="B1534" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1534" s="0" t="s">
-        <v>121</v>
+        <v>1285</v>
       </c>
       <c r="D1534" s="0" t="s">
-        <v>122</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1535">
       <c r="A1535" s="0" t="s">
+        <v>3164</v>
+      </c>
+      <c r="B1535" s="0" t="s">
         <v>3165</v>
       </c>
-      <c r="B1535" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1535" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D1535" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1536">
       <c r="A1536" s="0" t="s">
+        <v>3166</v>
+      </c>
+      <c r="B1536" s="0" t="s">
         <v>3167</v>
       </c>
-      <c r="B1536" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1536" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D1536" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1537">
       <c r="A1537" s="0" t="s">
+        <v>3168</v>
+      </c>
+      <c r="B1537" s="0" t="s">
         <v>3169</v>
       </c>
-      <c r="B1537" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1537" s="0" t="s">
-        <v>121</v>
+        <v>511</v>
       </c>
       <c r="D1537" s="0" t="s">
-        <v>122</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1538">
       <c r="A1538" s="0" t="s">
+        <v>3170</v>
+      </c>
+      <c r="B1538" s="0" t="s">
         <v>3171</v>
       </c>
-      <c r="B1538" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1538" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D1538" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1539">
       <c r="A1539" s="0" t="s">
+        <v>3172</v>
+      </c>
+      <c r="B1539" s="0" t="s">
         <v>3173</v>
       </c>
-      <c r="B1539" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1539" s="0" t="s">
-        <v>127</v>
+        <v>97</v>
       </c>
       <c r="D1539" s="0" t="s">
-        <v>127</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1540">
       <c r="A1540" s="0" t="s">
+        <v>3174</v>
+      </c>
+      <c r="B1540" s="0" t="s">
         <v>3175</v>
       </c>
-      <c r="B1540" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1540" s="0" t="s">
-        <v>191</v>
+        <v>97</v>
       </c>
       <c r="D1540" s="0" t="s">
-        <v>192</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1541">
       <c r="A1541" s="0" t="s">
+        <v>3176</v>
+      </c>
+      <c r="B1541" s="0" t="s">
         <v>3177</v>
       </c>
-      <c r="B1541" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1541" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1541" s="0" t="s">
-        <v>186</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1542">
       <c r="A1542" s="0" t="s">
+        <v>3178</v>
+      </c>
+      <c r="B1542" s="0" t="s">
         <v>3179</v>
       </c>
-      <c r="B1542" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1542" s="0" t="s">
-        <v>185</v>
+        <v>97</v>
       </c>
       <c r="D1542" s="0" t="s">
-        <v>186</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1543">
       <c r="A1543" s="0" t="s">
+        <v>3180</v>
+      </c>
+      <c r="B1543" s="0" t="s">
         <v>3181</v>
       </c>
-      <c r="B1543" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1543" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1543" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1544">
       <c r="A1544" s="0" t="s">
+        <v>3182</v>
+      </c>
+      <c r="B1544" s="0" t="s">
         <v>3183</v>
       </c>
-      <c r="B1544" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1544" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1544" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1545">
       <c r="A1545" s="0" t="s">
+        <v>3184</v>
+      </c>
+      <c r="B1545" s="0" t="s">
         <v>3185</v>
       </c>
-      <c r="B1545" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1545" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1545" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1546">
       <c r="A1546" s="0" t="s">
+        <v>3186</v>
+      </c>
+      <c r="B1546" s="0" t="s">
         <v>3187</v>
       </c>
-      <c r="B1546" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1546" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1546" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1547">
       <c r="A1547" s="0" t="s">
+        <v>3188</v>
+      </c>
+      <c r="B1547" s="0" t="s">
         <v>3189</v>
       </c>
-      <c r="B1547" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1547" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1547" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1548">
       <c r="A1548" s="0" t="s">
+        <v>3190</v>
+      </c>
+      <c r="B1548" s="0" t="s">
         <v>3191</v>
       </c>
-      <c r="B1548" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1548" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1548" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1549">
       <c r="A1549" s="0" t="s">
+        <v>3192</v>
+      </c>
+      <c r="B1549" s="0" t="s">
         <v>3193</v>
       </c>
-      <c r="B1549" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1549" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1549" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1550">
       <c r="A1550" s="0" t="s">
+        <v>3194</v>
+      </c>
+      <c r="B1550" s="0" t="s">
         <v>3195</v>
       </c>
-      <c r="B1550" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1550" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1550" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1551">
       <c r="A1551" s="0" t="s">
+        <v>3196</v>
+      </c>
+      <c r="B1551" s="0" t="s">
         <v>3197</v>
       </c>
-      <c r="B1551" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1551" s="0" t="s">
-        <v>376</v>
+        <v>97</v>
       </c>
       <c r="D1551" s="0" t="s">
-        <v>377</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1552">
       <c r="A1552" s="0" t="s">
+        <v>3198</v>
+      </c>
+      <c r="B1552" s="0" t="s">
         <v>3199</v>
       </c>
-      <c r="B1552" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1552" s="0" t="s">
-        <v>376</v>
+        <v>318</v>
       </c>
       <c r="D1552" s="0" t="s">
-        <v>377</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1553">
       <c r="A1553" s="0" t="s">
+        <v>3200</v>
+      </c>
+      <c r="B1553" s="0" t="s">
         <v>3201</v>
       </c>
-      <c r="B1553" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1553" s="0" t="s">
-        <v>42</v>
+        <v>318</v>
       </c>
       <c r="D1553" s="0" t="s">
-        <v>42</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1554">
       <c r="A1554" s="0" t="s">
+        <v>3202</v>
+      </c>
+      <c r="B1554" s="0" t="s">
         <v>3203</v>
       </c>
-      <c r="B1554" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1554" s="0" t="s">
-        <v>42</v>
+        <v>318</v>
       </c>
       <c r="D1554" s="0" t="s">
-        <v>42</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1555">
       <c r="A1555" s="0" t="s">
+        <v>3204</v>
+      </c>
+      <c r="B1555" s="0" t="s">
         <v>3205</v>
       </c>
-      <c r="B1555" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1555" s="0" t="s">
-        <v>42</v>
+        <v>511</v>
       </c>
       <c r="D1555" s="0" t="s">
-        <v>42</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1556">
       <c r="A1556" s="0" t="s">
+        <v>3206</v>
+      </c>
+      <c r="B1556" s="0" t="s">
         <v>3207</v>
       </c>
-      <c r="B1556" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1556" s="0" t="s">
-        <v>42</v>
+        <v>511</v>
       </c>
       <c r="D1556" s="0" t="s">
-        <v>42</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1557">
       <c r="A1557" s="0" t="s">
+        <v>3208</v>
+      </c>
+      <c r="B1557" s="0" t="s">
         <v>3209</v>
       </c>
-      <c r="B1557" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1557" s="0" t="s">
-        <v>185</v>
+        <v>22</v>
       </c>
       <c r="D1557" s="0" t="s">
-        <v>2973</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1558">
       <c r="A1558" s="0" t="s">
+        <v>3210</v>
+      </c>
+      <c r="B1558" s="0" t="s">
         <v>3211</v>
-      </c>
-[...1 lines deleted...]
-        <v>3212</v>
       </c>
       <c r="C1558" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D1558" s="0" t="s">
-        <v>2973</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1559">
       <c r="A1559" s="0" t="s">
+        <v>3212</v>
+      </c>
+      <c r="B1559" s="0" t="s">
         <v>3213</v>
       </c>
-      <c r="B1559" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1559" s="0" t="s">
-        <v>12</v>
+        <v>185</v>
       </c>
       <c r="D1559" s="0" t="s">
-        <v>13</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1560">
       <c r="A1560" s="0" t="s">
+        <v>3214</v>
+      </c>
+      <c r="B1560" s="0" t="s">
         <v>3215</v>
       </c>
-      <c r="B1560" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1560" s="0" t="s">
-        <v>157</v>
+        <v>1956</v>
       </c>
       <c r="D1560" s="0" t="s">
-        <v>157</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1561">
       <c r="A1561" s="0" t="s">
+        <v>3216</v>
+      </c>
+      <c r="B1561" s="0" t="s">
         <v>3217</v>
       </c>
-      <c r="B1561" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1561" s="0" t="s">
-        <v>157</v>
+        <v>1956</v>
       </c>
       <c r="D1561" s="0" t="s">
-        <v>157</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1562">
       <c r="A1562" s="0" t="s">
+        <v>3218</v>
+      </c>
+      <c r="B1562" s="0" t="s">
         <v>3219</v>
       </c>
-      <c r="B1562" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1562" s="0" t="s">
-        <v>157</v>
+        <v>1956</v>
       </c>
       <c r="D1562" s="0" t="s">
-        <v>157</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1563">
       <c r="A1563" s="0" t="s">
+        <v>3220</v>
+      </c>
+      <c r="B1563" s="0" t="s">
         <v>3221</v>
       </c>
-      <c r="B1563" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1563" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1563" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1564">
       <c r="A1564" s="0" t="s">
+        <v>3222</v>
+      </c>
+      <c r="B1564" s="0" t="s">
         <v>3223</v>
       </c>
-      <c r="B1564" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1564" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1564" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1565">
       <c r="A1565" s="0" t="s">
+        <v>3224</v>
+      </c>
+      <c r="B1565" s="0" t="s">
         <v>3225</v>
       </c>
-      <c r="B1565" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1565" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1565" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1566">
       <c r="A1566" s="0" t="s">
+        <v>3226</v>
+      </c>
+      <c r="B1566" s="0" t="s">
         <v>3227</v>
       </c>
-      <c r="B1566" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1566" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1566" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1567">
       <c r="A1567" s="0" t="s">
+        <v>3228</v>
+      </c>
+      <c r="B1567" s="0" t="s">
         <v>3229</v>
       </c>
-      <c r="B1567" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1567" s="0" t="s">
-        <v>19</v>
+        <v>1956</v>
       </c>
       <c r="D1567" s="0" t="s">
-        <v>20</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1568">
       <c r="A1568" s="0" t="s">
+        <v>3230</v>
+      </c>
+      <c r="B1568" s="0" t="s">
         <v>3231</v>
       </c>
-      <c r="B1568" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1568" s="0" t="s">
-        <v>19</v>
+        <v>1956</v>
       </c>
       <c r="D1568" s="0" t="s">
-        <v>20</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1569">
       <c r="A1569" s="0" t="s">
+        <v>3232</v>
+      </c>
+      <c r="B1569" s="0" t="s">
         <v>3233</v>
       </c>
-      <c r="B1569" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1569" s="0" t="s">
-        <v>19</v>
+        <v>1956</v>
       </c>
       <c r="D1569" s="0" t="s">
-        <v>20</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1570">
       <c r="A1570" s="0" t="s">
+        <v>3234</v>
+      </c>
+      <c r="B1570" s="0" t="s">
         <v>3235</v>
       </c>
-      <c r="B1570" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1570" s="0" t="s">
-        <v>19</v>
+        <v>1956</v>
       </c>
       <c r="D1570" s="0" t="s">
-        <v>20</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1571">
       <c r="A1571" s="0" t="s">
+        <v>3236</v>
+      </c>
+      <c r="B1571" s="0" t="s">
         <v>3237</v>
       </c>
-      <c r="B1571" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1571" s="0" t="s">
-        <v>2009</v>
+        <v>1956</v>
       </c>
       <c r="D1571" s="0" t="s">
-        <v>2010</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1572">
       <c r="A1572" s="0" t="s">
+        <v>3238</v>
+      </c>
+      <c r="B1572" s="0" t="s">
         <v>3239</v>
       </c>
-      <c r="B1572" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1572" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1572" s="0" t="s">
-        <v>3091</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1573">
       <c r="A1573" s="0" t="s">
+        <v>3240</v>
+      </c>
+      <c r="B1573" s="0" t="s">
         <v>3241</v>
       </c>
-      <c r="B1573" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1573" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1573" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1574">
       <c r="A1574" s="0" t="s">
+        <v>3242</v>
+      </c>
+      <c r="B1574" s="0" t="s">
         <v>3243</v>
       </c>
-      <c r="B1574" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1574" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1574" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1575">
       <c r="A1575" s="0" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B1575" s="0" t="s">
         <v>3245</v>
       </c>
-      <c r="B1575" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1575" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1575" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1576">
       <c r="A1576" s="0" t="s">
+        <v>3246</v>
+      </c>
+      <c r="B1576" s="0" t="s">
         <v>3247</v>
       </c>
-      <c r="B1576" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1576" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1576" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1577">
       <c r="A1577" s="0" t="s">
+        <v>3248</v>
+      </c>
+      <c r="B1577" s="0" t="s">
         <v>3249</v>
       </c>
-      <c r="B1577" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1577" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1577" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1578">
       <c r="A1578" s="0" t="s">
+        <v>3250</v>
+      </c>
+      <c r="B1578" s="0" t="s">
         <v>3251</v>
       </c>
-      <c r="B1578" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1578" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1578" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1579">
       <c r="A1579" s="0" t="s">
+        <v>3252</v>
+      </c>
+      <c r="B1579" s="0" t="s">
         <v>3253</v>
       </c>
-      <c r="B1579" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1579" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1579" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1580">
       <c r="A1580" s="0" t="s">
+        <v>3254</v>
+      </c>
+      <c r="B1580" s="0" t="s">
         <v>3255</v>
       </c>
-      <c r="B1580" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1580" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1580" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1581">
       <c r="A1581" s="0" t="s">
+        <v>3256</v>
+      </c>
+      <c r="B1581" s="0" t="s">
         <v>3257</v>
       </c>
-      <c r="B1581" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1581" s="0" t="s">
-        <v>121</v>
+        <v>1956</v>
       </c>
       <c r="D1581" s="0" t="s">
-        <v>122</v>
+        <v>1957</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1582">
       <c r="A1582" s="0" t="s">
+        <v>3258</v>
+      </c>
+      <c r="B1582" s="0" t="s">
         <v>3259</v>
       </c>
-      <c r="B1582" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1582" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1582" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1583">
       <c r="A1583" s="0" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B1583" s="0" t="s">
         <v>3261</v>
       </c>
-      <c r="B1583" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1583" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1583" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1584">
       <c r="A1584" s="0" t="s">
+        <v>3262</v>
+      </c>
+      <c r="B1584" s="0" t="s">
         <v>3263</v>
       </c>
-      <c r="B1584" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1584" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1584" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1585">
       <c r="A1585" s="0" t="s">
+        <v>3264</v>
+      </c>
+      <c r="B1585" s="0" t="s">
         <v>3265</v>
       </c>
-      <c r="B1585" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1585" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1585" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1586">
       <c r="A1586" s="0" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B1586" s="0" t="s">
         <v>3267</v>
       </c>
-      <c r="B1586" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1586" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1586" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1587">
       <c r="A1587" s="0" t="s">
+        <v>3268</v>
+      </c>
+      <c r="B1587" s="0" t="s">
         <v>3269</v>
       </c>
-      <c r="B1587" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1587" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1587" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1588">
       <c r="A1588" s="0" t="s">
+        <v>3270</v>
+      </c>
+      <c r="B1588" s="0" t="s">
         <v>3271</v>
       </c>
-      <c r="B1588" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1588" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1588" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1589">
       <c r="A1589" s="0" t="s">
+        <v>3272</v>
+      </c>
+      <c r="B1589" s="0" t="s">
         <v>3273</v>
       </c>
-      <c r="B1589" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1589" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1589" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1590">
       <c r="A1590" s="0" t="s">
+        <v>3274</v>
+      </c>
+      <c r="B1590" s="0" t="s">
         <v>3275</v>
       </c>
-      <c r="B1590" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1590" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1590" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1591">
       <c r="A1591" s="0" t="s">
+        <v>3276</v>
+      </c>
+      <c r="B1591" s="0" t="s">
         <v>3277</v>
       </c>
-      <c r="B1591" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1591" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D1591" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1592">
       <c r="A1592" s="0" t="s">
+        <v>3278</v>
+      </c>
+      <c r="B1592" s="0" t="s">
         <v>3279</v>
       </c>
-      <c r="B1592" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1592" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D1592" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1593">
       <c r="A1593" s="0" t="s">
+        <v>3280</v>
+      </c>
+      <c r="B1593" s="0" t="s">
         <v>3281</v>
       </c>
-      <c r="B1593" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1593" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D1593" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1594">
       <c r="A1594" s="0" t="s">
+        <v>3282</v>
+      </c>
+      <c r="B1594" s="0" t="s">
         <v>3283</v>
       </c>
-      <c r="B1594" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1594" s="0" t="s">
-        <v>12</v>
+        <v>97</v>
       </c>
       <c r="D1594" s="0" t="s">
-        <v>13</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1595">
       <c r="A1595" s="0" t="s">
+        <v>3284</v>
+      </c>
+      <c r="B1595" s="0" t="s">
         <v>3285</v>
       </c>
-      <c r="B1595" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1595" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D1595" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1596">
       <c r="A1596" s="0" t="s">
+        <v>3286</v>
+      </c>
+      <c r="B1596" s="0" t="s">
         <v>3287</v>
       </c>
-      <c r="B1596" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1596" s="0" t="s">
-        <v>169</v>
+        <v>97</v>
       </c>
       <c r="D1596" s="0" t="s">
-        <v>169</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1597">
       <c r="A1597" s="0" t="s">
+        <v>3288</v>
+      </c>
+      <c r="B1597" s="0" t="s">
         <v>3289</v>
       </c>
-      <c r="B1597" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1597" s="0" t="s">
-        <v>3291</v>
+        <v>97</v>
       </c>
       <c r="D1597" s="0" t="s">
-        <v>3292</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1598">
       <c r="A1598" s="0" t="s">
-        <v>3293</v>
+        <v>3290</v>
       </c>
       <c r="B1598" s="0" t="s">
-        <v>3294</v>
+        <v>3291</v>
       </c>
       <c r="C1598" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1598" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1599">
       <c r="A1599" s="0" t="s">
-        <v>3295</v>
+        <v>3292</v>
       </c>
       <c r="B1599" s="0" t="s">
-        <v>3296</v>
+        <v>3293</v>
       </c>
       <c r="C1599" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1599" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1600">
       <c r="A1600" s="0" t="s">
-        <v>3297</v>
+        <v>3294</v>
       </c>
       <c r="B1600" s="0" t="s">
-        <v>3298</v>
+        <v>3295</v>
       </c>
       <c r="C1600" s="0" t="s">
-        <v>336</v>
+        <v>30</v>
       </c>
       <c r="D1600" s="0" t="s">
-        <v>337</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1601">
       <c r="A1601" s="0" t="s">
-        <v>3299</v>
+        <v>3296</v>
       </c>
       <c r="B1601" s="0" t="s">
-        <v>3300</v>
+        <v>3297</v>
       </c>
       <c r="C1601" s="0" t="s">
-        <v>3291</v>
+        <v>3298</v>
       </c>
       <c r="D1601" s="0" t="s">
-        <v>3292</v>
+        <v>3298</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1602">
       <c r="A1602" s="0" t="s">
-        <v>3301</v>
+        <v>3299</v>
       </c>
       <c r="B1602" s="0" t="s">
-        <v>3302</v>
+        <v>3300</v>
       </c>
       <c r="C1602" s="0" t="s">
-        <v>3291</v>
+        <v>233</v>
       </c>
       <c r="D1602" s="0" t="s">
-        <v>3292</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1603">
       <c r="A1603" s="0" t="s">
-        <v>3303</v>
+        <v>3301</v>
       </c>
       <c r="B1603" s="0" t="s">
-        <v>3304</v>
+        <v>3302</v>
       </c>
       <c r="C1603" s="0" t="s">
-        <v>3291</v>
+        <v>233</v>
       </c>
       <c r="D1603" s="0" t="s">
-        <v>3292</v>
+        <v>233</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1604">
       <c r="A1604" s="0" t="s">
+        <v>3303</v>
+      </c>
+      <c r="B1604" s="0" t="s">
+        <v>3304</v>
+      </c>
+      <c r="C1604" s="0" t="s">
         <v>3305</v>
       </c>
-      <c r="B1604" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1604" s="0" t="s">
-        <v>3292</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1605">
       <c r="A1605" s="0" t="s">
+        <v>3306</v>
+      </c>
+      <c r="B1605" s="0" t="s">
         <v>3307</v>
       </c>
-      <c r="B1605" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1605" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1605" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1606">
       <c r="A1606" s="0" t="s">
+        <v>3308</v>
+      </c>
+      <c r="B1606" s="0" t="s">
         <v>3309</v>
       </c>
-      <c r="B1606" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1606" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1606" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1607">
       <c r="A1607" s="0" t="s">
+        <v>3310</v>
+      </c>
+      <c r="B1607" s="0" t="s">
         <v>3311</v>
       </c>
-      <c r="B1607" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1607" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1607" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1608">
       <c r="A1608" s="0" t="s">
+        <v>3312</v>
+      </c>
+      <c r="B1608" s="0" t="s">
         <v>3313</v>
       </c>
-      <c r="B1608" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1608" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1608" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1609">
       <c r="A1609" s="0" t="s">
+        <v>3314</v>
+      </c>
+      <c r="B1609" s="0" t="s">
         <v>3315</v>
       </c>
-      <c r="B1609" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1609" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1609" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1610">
       <c r="A1610" s="0" t="s">
+        <v>3316</v>
+      </c>
+      <c r="B1610" s="0" t="s">
         <v>3317</v>
       </c>
-      <c r="B1610" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1610" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1610" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1611">
       <c r="A1611" s="0" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B1611" s="0" t="s">
         <v>3319</v>
       </c>
-      <c r="B1611" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1611" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1611" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1612">
       <c r="A1612" s="0" t="s">
+        <v>3320</v>
+      </c>
+      <c r="B1612" s="0" t="s">
         <v>3321</v>
       </c>
-      <c r="B1612" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1612" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1612" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1613">
       <c r="A1613" s="0" t="s">
+        <v>3322</v>
+      </c>
+      <c r="B1613" s="0" t="s">
         <v>3323</v>
       </c>
-      <c r="B1613" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1613" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1613" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1614">
       <c r="A1614" s="0" t="s">
+        <v>3324</v>
+      </c>
+      <c r="B1614" s="0" t="s">
         <v>3325</v>
       </c>
-      <c r="B1614" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1614" s="0" t="s">
-        <v>121</v>
+        <v>185</v>
       </c>
       <c r="D1614" s="0" t="s">
-        <v>122</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1615">
       <c r="A1615" s="0" t="s">
+        <v>3326</v>
+      </c>
+      <c r="B1615" s="0" t="s">
         <v>3327</v>
       </c>
-      <c r="B1615" s="0" t="s">
+      <c r="C1615" s="0" t="s">
         <v>3328</v>
       </c>
-      <c r="C1615" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1615" s="0" t="s">
-        <v>122</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1616">
       <c r="A1616" s="0" t="s">
         <v>3329</v>
       </c>
       <c r="B1616" s="0" t="s">
         <v>3330</v>
       </c>
       <c r="C1616" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1616" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1617">
       <c r="A1617" s="0" t="s">
         <v>3331</v>
       </c>
       <c r="B1617" s="0" t="s">
         <v>3332</v>
       </c>
       <c r="C1617" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1617" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1618">
       <c r="A1618" s="0" t="s">
         <v>3333</v>
       </c>
       <c r="B1618" s="0" t="s">
         <v>3334</v>
       </c>
       <c r="C1618" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1618" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1619">
       <c r="A1619" s="0" t="s">
         <v>3335</v>
       </c>
       <c r="B1619" s="0" t="s">
         <v>3336</v>
       </c>
       <c r="C1619" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1619" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1620">
       <c r="A1620" s="0" t="s">
         <v>3337</v>
       </c>
       <c r="B1620" s="0" t="s">
         <v>3338</v>
       </c>
       <c r="C1620" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1620" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1621">
       <c r="A1621" s="0" t="s">
         <v>3339</v>
       </c>
       <c r="B1621" s="0" t="s">
         <v>3340</v>
       </c>
       <c r="C1621" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1621" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1622">
       <c r="A1622" s="0" t="s">
         <v>3341</v>
       </c>
       <c r="B1622" s="0" t="s">
         <v>3342</v>
       </c>
       <c r="C1622" s="0" t="s">
-        <v>121</v>
+        <v>3328</v>
       </c>
       <c r="D1622" s="0" t="s">
-        <v>122</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1623">
       <c r="A1623" s="0" t="s">
         <v>3343</v>
       </c>
       <c r="B1623" s="0" t="s">
         <v>3344</v>
       </c>
       <c r="C1623" s="0" t="s">
-        <v>121</v>
+        <v>3328</v>
       </c>
       <c r="D1623" s="0" t="s">
-        <v>122</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1624">
       <c r="A1624" s="0" t="s">
         <v>3345</v>
       </c>
       <c r="B1624" s="0" t="s">
         <v>3346</v>
       </c>
       <c r="C1624" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1624" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1625">
       <c r="A1625" s="0" t="s">
         <v>3347</v>
       </c>
       <c r="B1625" s="0" t="s">
         <v>3348</v>
       </c>
       <c r="C1625" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1625" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1626">
       <c r="A1626" s="0" t="s">
         <v>3349</v>
       </c>
       <c r="B1626" s="0" t="s">
         <v>3350</v>
       </c>
       <c r="C1626" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1626" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1627">
       <c r="A1627" s="0" t="s">
         <v>3351</v>
       </c>
       <c r="B1627" s="0" t="s">
         <v>3352</v>
       </c>
       <c r="C1627" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1627" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1628">
       <c r="A1628" s="0" t="s">
         <v>3353</v>
       </c>
       <c r="B1628" s="0" t="s">
         <v>3354</v>
       </c>
       <c r="C1628" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="D1628" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1629">
       <c r="A1629" s="0" t="s">
         <v>3355</v>
       </c>
       <c r="B1629" s="0" t="s">
         <v>3356</v>
       </c>
       <c r="C1629" s="0" t="s">
-        <v>169</v>
+        <v>30</v>
       </c>
       <c r="D1629" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1630">
       <c r="A1630" s="0" t="s">
         <v>3357</v>
       </c>
       <c r="B1630" s="0" t="s">
         <v>3358</v>
       </c>
       <c r="C1630" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D1630" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1631">
       <c r="A1631" s="0" t="s">
         <v>3359</v>
       </c>
       <c r="B1631" s="0" t="s">
         <v>3360</v>
       </c>
       <c r="C1631" s="0" t="s">
-        <v>409</v>
+        <v>222</v>
       </c>
       <c r="D1631" s="0" t="s">
-        <v>410</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1632">
       <c r="A1632" s="0" t="s">
         <v>3361</v>
       </c>
       <c r="B1632" s="0" t="s">
         <v>3362</v>
       </c>
       <c r="C1632" s="0" t="s">
-        <v>169</v>
+        <v>130</v>
       </c>
       <c r="D1632" s="0" t="s">
-        <v>169</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1633">
       <c r="A1633" s="0" t="s">
         <v>3363</v>
       </c>
       <c r="B1633" s="0" t="s">
         <v>3364</v>
       </c>
       <c r="C1633" s="0" t="s">
-        <v>191</v>
+        <v>130</v>
       </c>
       <c r="D1633" s="0" t="s">
-        <v>192</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1634">
       <c r="A1634" s="0" t="s">
         <v>3365</v>
       </c>
       <c r="B1634" s="0" t="s">
         <v>3366</v>
       </c>
       <c r="C1634" s="0" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="D1634" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1635">
       <c r="A1635" s="0" t="s">
         <v>3367</v>
       </c>
       <c r="B1635" s="0" t="s">
         <v>3368</v>
       </c>
       <c r="C1635" s="0" t="s">
-        <v>191</v>
+        <v>130</v>
       </c>
       <c r="D1635" s="0" t="s">
-        <v>192</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1636">
       <c r="A1636" s="0" t="s">
         <v>3369</v>
       </c>
       <c r="B1636" s="0" t="s">
         <v>3370</v>
       </c>
       <c r="C1636" s="0" t="s">
-        <v>34</v>
+        <v>130</v>
       </c>
       <c r="D1636" s="0" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1637">
       <c r="A1637" s="0" t="s">
         <v>3371</v>
       </c>
       <c r="B1637" s="0" t="s">
         <v>3372</v>
       </c>
       <c r="C1637" s="0" t="s">
-        <v>34</v>
+        <v>130</v>
       </c>
       <c r="D1637" s="0" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1638">
       <c r="A1638" s="0" t="s">
         <v>3373</v>
       </c>
       <c r="B1638" s="0" t="s">
         <v>3374</v>
       </c>
       <c r="C1638" s="0" t="s">
-        <v>34</v>
+        <v>130</v>
       </c>
       <c r="D1638" s="0" t="s">
-        <v>35</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1639">
       <c r="A1639" s="0" t="s">
         <v>3375</v>
       </c>
       <c r="B1639" s="0" t="s">
         <v>3376</v>
       </c>
       <c r="C1639" s="0" t="s">
-        <v>583</v>
+        <v>222</v>
       </c>
       <c r="D1639" s="0" t="s">
-        <v>584</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1640">
       <c r="A1640" s="0" t="s">
         <v>3377</v>
       </c>
       <c r="B1640" s="0" t="s">
         <v>3378</v>
       </c>
       <c r="C1640" s="0" t="s">
-        <v>583</v>
+        <v>130</v>
       </c>
       <c r="D1640" s="0" t="s">
-        <v>584</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1641">
       <c r="A1641" s="0" t="s">
         <v>3379</v>
       </c>
       <c r="B1641" s="0" t="s">
         <v>3380</v>
       </c>
       <c r="C1641" s="0" t="s">
-        <v>583</v>
+        <v>130</v>
       </c>
       <c r="D1641" s="0" t="s">
-        <v>584</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1642">
       <c r="A1642" s="0" t="s">
         <v>3381</v>
       </c>
       <c r="B1642" s="0" t="s">
         <v>3382</v>
       </c>
       <c r="C1642" s="0" t="s">
-        <v>583</v>
+        <v>222</v>
       </c>
       <c r="D1642" s="0" t="s">
-        <v>584</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1643">
       <c r="A1643" s="0" t="s">
         <v>3383</v>
       </c>
       <c r="B1643" s="0" t="s">
         <v>3384</v>
       </c>
       <c r="C1643" s="0" t="s">
-        <v>583</v>
+        <v>181</v>
       </c>
       <c r="D1643" s="0" t="s">
-        <v>584</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1644">
       <c r="A1644" s="0" t="s">
         <v>3385</v>
       </c>
       <c r="B1644" s="0" t="s">
         <v>3386</v>
       </c>
       <c r="C1644" s="0" t="s">
-        <v>692</v>
+        <v>222</v>
       </c>
       <c r="D1644" s="0" t="s">
-        <v>692</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1645">
       <c r="A1645" s="0" t="s">
         <v>3387</v>
       </c>
       <c r="B1645" s="0" t="s">
         <v>3388</v>
       </c>
       <c r="C1645" s="0" t="s">
-        <v>692</v>
+        <v>181</v>
       </c>
       <c r="D1645" s="0" t="s">
-        <v>692</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1646">
       <c r="A1646" s="0" t="s">
         <v>3389</v>
       </c>
       <c r="B1646" s="0" t="s">
         <v>3390</v>
       </c>
       <c r="C1646" s="0" t="s">
-        <v>692</v>
+        <v>181</v>
       </c>
       <c r="D1646" s="0" t="s">
-        <v>692</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1647">
       <c r="A1647" s="0" t="s">
         <v>3391</v>
       </c>
       <c r="B1647" s="0" t="s">
         <v>3392</v>
       </c>
       <c r="C1647" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1647" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1648">
       <c r="A1648" s="0" t="s">
         <v>3393</v>
       </c>
       <c r="B1648" s="0" t="s">
         <v>3394</v>
       </c>
       <c r="C1648" s="0" t="s">
-        <v>34</v>
+        <v>181</v>
       </c>
       <c r="D1648" s="0" t="s">
-        <v>35</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1649">
       <c r="A1649" s="0" t="s">
         <v>3395</v>
       </c>
       <c r="B1649" s="0" t="s">
         <v>3396</v>
       </c>
       <c r="C1649" s="0" t="s">
-        <v>197</v>
+        <v>181</v>
       </c>
       <c r="D1649" s="0" t="s">
-        <v>197</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1650">
       <c r="A1650" s="0" t="s">
         <v>3397</v>
       </c>
       <c r="B1650" s="0" t="s">
         <v>3398</v>
       </c>
       <c r="C1650" s="0" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D1650" s="0" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1651">
       <c r="A1651" s="0" t="s">
         <v>3399</v>
       </c>
       <c r="B1651" s="0" t="s">
         <v>3400</v>
       </c>
       <c r="C1651" s="0" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D1651" s="0" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1652">
       <c r="A1652" s="0" t="s">
         <v>3401</v>
       </c>
       <c r="B1652" s="0" t="s">
         <v>3402</v>
       </c>
       <c r="C1652" s="0" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D1652" s="0" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1653">
       <c r="A1653" s="0" t="s">
         <v>3403</v>
       </c>
       <c r="B1653" s="0" t="s">
         <v>3404</v>
       </c>
       <c r="C1653" s="0" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D1653" s="0" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1654">
       <c r="A1654" s="0" t="s">
         <v>3405</v>
       </c>
       <c r="B1654" s="0" t="s">
         <v>3406</v>
       </c>
       <c r="C1654" s="0" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="D1654" s="0" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1655">
       <c r="A1655" s="0" t="s">
         <v>3407</v>
       </c>
       <c r="B1655" s="0" t="s">
         <v>3408</v>
       </c>
       <c r="C1655" s="0" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="D1655" s="0" t="s">
-        <v>27</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1656">
       <c r="A1656" s="0" t="s">
         <v>3409</v>
       </c>
       <c r="B1656" s="0" t="s">
         <v>3410</v>
       </c>
       <c r="C1656" s="0" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="D1656" s="0" t="s">
-        <v>27</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1657">
       <c r="A1657" s="0" t="s">
         <v>3411</v>
       </c>
       <c r="B1657" s="0" t="s">
         <v>3412</v>
       </c>
       <c r="C1657" s="0" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="D1657" s="0" t="s">
-        <v>27</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1658">
       <c r="A1658" s="0" t="s">
         <v>3413</v>
       </c>
       <c r="B1658" s="0" t="s">
         <v>3414</v>
       </c>
       <c r="C1658" s="0" t="s">
-        <v>26</v>
+        <v>181</v>
       </c>
       <c r="D1658" s="0" t="s">
-        <v>27</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1659">
       <c r="A1659" s="0" t="s">
-        <v>3413</v>
+        <v>3415</v>
       </c>
       <c r="B1659" s="0" t="s">
-        <v>3415</v>
+        <v>3416</v>
       </c>
       <c r="C1659" s="0" t="s">
-        <v>26</v>
+        <v>222</v>
       </c>
       <c r="D1659" s="0" t="s">
-        <v>27</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1660">
       <c r="A1660" s="0" t="s">
-        <v>3416</v>
+        <v>3417</v>
       </c>
       <c r="B1660" s="0" t="s">
-        <v>3417</v>
+        <v>3418</v>
       </c>
       <c r="C1660" s="0" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D1660" s="0" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1661">
       <c r="A1661" s="0" t="s">
-        <v>3418</v>
+        <v>3419</v>
       </c>
       <c r="B1661" s="0" t="s">
-        <v>3419</v>
+        <v>3420</v>
       </c>
       <c r="C1661" s="0" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D1661" s="0" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1662">
       <c r="A1662" s="0" t="s">
-        <v>3420</v>
+        <v>3421</v>
       </c>
       <c r="B1662" s="0" t="s">
-        <v>3421</v>
+        <v>3422</v>
       </c>
       <c r="C1662" s="0" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D1662" s="0" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1663">
       <c r="A1663" s="0" t="s">
-        <v>3420</v>
+        <v>3423</v>
       </c>
       <c r="B1663" s="0" t="s">
-        <v>3422</v>
+        <v>3424</v>
       </c>
       <c r="C1663" s="0" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D1663" s="0" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1664">
       <c r="A1664" s="0" t="s">
-        <v>3423</v>
+        <v>3425</v>
       </c>
       <c r="B1664" s="0" t="s">
-        <v>3424</v>
+        <v>3426</v>
       </c>
       <c r="C1664" s="0" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D1664" s="0" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1665">
       <c r="A1665" s="0" t="s">
-        <v>3425</v>
+        <v>3427</v>
       </c>
       <c r="B1665" s="0" t="s">
-        <v>3426</v>
+        <v>3428</v>
       </c>
       <c r="C1665" s="0" t="s">
-        <v>12</v>
+        <v>181</v>
       </c>
       <c r="D1665" s="0" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1666">
       <c r="A1666" s="0" t="s">
-        <v>3427</v>
+        <v>3429</v>
       </c>
       <c r="B1666" s="0" t="s">
-        <v>3428</v>
+        <v>3430</v>
       </c>
       <c r="C1666" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1666" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1667">
       <c r="A1667" s="0" t="s">
-        <v>3429</v>
+        <v>3431</v>
       </c>
       <c r="B1667" s="0" t="s">
-        <v>3430</v>
+        <v>3432</v>
       </c>
       <c r="C1667" s="0" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D1667" s="0" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1668">
       <c r="A1668" s="0" t="s">
-        <v>3431</v>
+        <v>3433</v>
       </c>
       <c r="B1668" s="0" t="s">
-        <v>3432</v>
+        <v>3434</v>
       </c>
       <c r="C1668" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1668" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1669">
       <c r="A1669" s="0" t="s">
-        <v>3433</v>
+        <v>3435</v>
       </c>
       <c r="B1669" s="0" t="s">
-        <v>3434</v>
+        <v>3436</v>
       </c>
       <c r="C1669" s="0" t="s">
-        <v>121</v>
+        <v>3437</v>
       </c>
       <c r="D1669" s="0" t="s">
-        <v>122</v>
+        <v>3437</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1670">
       <c r="A1670" s="0" t="s">
-        <v>3435</v>
+        <v>3438</v>
       </c>
       <c r="B1670" s="0" t="s">
-        <v>3436</v>
+        <v>3439</v>
       </c>
       <c r="C1670" s="0" t="s">
-        <v>336</v>
+        <v>181</v>
       </c>
       <c r="D1670" s="0" t="s">
-        <v>337</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1671">
       <c r="A1671" s="0" t="s">
-        <v>3437</v>
+        <v>3440</v>
       </c>
       <c r="B1671" s="0" t="s">
-        <v>3438</v>
+        <v>3441</v>
       </c>
       <c r="C1671" s="0" t="s">
-        <v>336</v>
+        <v>181</v>
       </c>
       <c r="D1671" s="0" t="s">
-        <v>337</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1672">
       <c r="A1672" s="0" t="s">
-        <v>3439</v>
+        <v>3442</v>
       </c>
       <c r="B1672" s="0" t="s">
-        <v>3440</v>
+        <v>3443</v>
       </c>
       <c r="C1672" s="0" t="s">
-        <v>336</v>
+        <v>181</v>
       </c>
       <c r="D1672" s="0" t="s">
-        <v>337</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1673">
       <c r="A1673" s="0" t="s">
-        <v>3441</v>
+        <v>3444</v>
       </c>
       <c r="B1673" s="0" t="s">
-        <v>3442</v>
+        <v>3445</v>
       </c>
       <c r="C1673" s="0" t="s">
-        <v>336</v>
+        <v>222</v>
       </c>
       <c r="D1673" s="0" t="s">
-        <v>337</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1674">
       <c r="A1674" s="0" t="s">
-        <v>3443</v>
+        <v>3446</v>
       </c>
       <c r="B1674" s="0" t="s">
-        <v>3444</v>
+        <v>3447</v>
       </c>
       <c r="C1674" s="0" t="s">
-        <v>583</v>
+        <v>222</v>
       </c>
       <c r="D1674" s="0" t="s">
-        <v>584</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1675">
       <c r="A1675" s="0" t="s">
-        <v>3445</v>
+        <v>3448</v>
       </c>
       <c r="B1675" s="0" t="s">
-        <v>3446</v>
+        <v>3449</v>
       </c>
       <c r="C1675" s="0" t="s">
-        <v>583</v>
+        <v>181</v>
       </c>
       <c r="D1675" s="0" t="s">
-        <v>584</v>
+        <v>182</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1676">
       <c r="A1676" s="0" t="s">
-        <v>3447</v>
+        <v>3450</v>
       </c>
       <c r="B1676" s="0" t="s">
-        <v>3448</v>
+        <v>3451</v>
       </c>
       <c r="C1676" s="0" t="s">
-        <v>583</v>
+        <v>222</v>
       </c>
       <c r="D1676" s="0" t="s">
-        <v>584</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1677">
       <c r="A1677" s="0" t="s">
-        <v>3449</v>
+        <v>3452</v>
       </c>
       <c r="B1677" s="0" t="s">
-        <v>3450</v>
+        <v>3453</v>
       </c>
       <c r="C1677" s="0" t="s">
-        <v>1011</v>
+        <v>222</v>
       </c>
       <c r="D1677" s="0" t="s">
-        <v>996</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1678">
       <c r="A1678" s="0" t="s">
-        <v>3451</v>
+        <v>3454</v>
       </c>
       <c r="B1678" s="0" t="s">
-        <v>3452</v>
+        <v>3455</v>
       </c>
       <c r="C1678" s="0" t="s">
-        <v>1011</v>
+        <v>222</v>
       </c>
       <c r="D1678" s="0" t="s">
-        <v>996</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1679">
       <c r="A1679" s="0" t="s">
-        <v>3453</v>
+        <v>3456</v>
       </c>
       <c r="B1679" s="0" t="s">
-        <v>3454</v>
+        <v>3457</v>
       </c>
       <c r="C1679" s="0" t="s">
-        <v>1011</v>
+        <v>222</v>
       </c>
       <c r="D1679" s="0" t="s">
-        <v>996</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1680">
       <c r="A1680" s="0" t="s">
-        <v>3455</v>
+        <v>3458</v>
       </c>
       <c r="B1680" s="0" t="s">
-        <v>3456</v>
+        <v>3459</v>
       </c>
       <c r="C1680" s="0" t="s">
-        <v>336</v>
+        <v>222</v>
       </c>
       <c r="D1680" s="0" t="s">
-        <v>337</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1681">
       <c r="A1681" s="0" t="s">
-        <v>3457</v>
+        <v>3460</v>
       </c>
       <c r="B1681" s="0" t="s">
-        <v>3458</v>
+        <v>3461</v>
       </c>
       <c r="C1681" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1681" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1682">
       <c r="A1682" s="0" t="s">
-        <v>3459</v>
+        <v>3462</v>
       </c>
       <c r="B1682" s="0" t="s">
-        <v>3460</v>
+        <v>3463</v>
       </c>
       <c r="C1682" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1682" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1683">
       <c r="A1683" s="0" t="s">
-        <v>3461</v>
+        <v>3464</v>
       </c>
       <c r="B1683" s="0" t="s">
-        <v>3462</v>
+        <v>3465</v>
       </c>
       <c r="C1683" s="0" t="s">
-        <v>3463</v>
+        <v>222</v>
       </c>
       <c r="D1683" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1684">
       <c r="A1684" s="0" t="s">
-        <v>3464</v>
+        <v>3466</v>
       </c>
       <c r="B1684" s="0" t="s">
-        <v>3465</v>
+        <v>3467</v>
       </c>
       <c r="C1684" s="0" t="s">
-        <v>121</v>
+        <v>222</v>
       </c>
       <c r="D1684" s="0" t="s">
-        <v>122</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1685">
       <c r="A1685" s="0" t="s">
-        <v>3466</v>
+        <v>3468</v>
       </c>
       <c r="B1685" s="0" t="s">
-        <v>3467</v>
+        <v>3469</v>
       </c>
       <c r="C1685" s="0" t="s">
-        <v>74</v>
+        <v>3470</v>
       </c>
       <c r="D1685" s="0" t="s">
-        <v>75</v>
+        <v>3471</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1686">
       <c r="A1686" s="0" t="s">
-        <v>3468</v>
+        <v>3472</v>
       </c>
       <c r="B1686" s="0" t="s">
-        <v>3469</v>
+        <v>3473</v>
       </c>
       <c r="C1686" s="0" t="s">
-        <v>169</v>
+        <v>3474</v>
       </c>
       <c r="D1686" s="0" t="s">
-        <v>169</v>
+        <v>3474</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1687">
       <c r="A1687" s="0" t="s">
-        <v>3470</v>
+        <v>3475</v>
       </c>
       <c r="B1687" s="0" t="s">
-        <v>3471</v>
+        <v>3476</v>
       </c>
       <c r="C1687" s="0" t="s">
-        <v>169</v>
+        <v>3474</v>
       </c>
       <c r="D1687" s="0" t="s">
-        <v>169</v>
+        <v>3474</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1688">
       <c r="A1688" s="0" t="s">
-        <v>3472</v>
+        <v>3477</v>
       </c>
       <c r="B1688" s="0" t="s">
-        <v>3473</v>
+        <v>3478</v>
       </c>
       <c r="C1688" s="0" t="s">
-        <v>169</v>
+        <v>103</v>
       </c>
       <c r="D1688" s="0" t="s">
-        <v>169</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1689">
       <c r="A1689" s="0" t="s">
-        <v>3474</v>
+        <v>3479</v>
       </c>
       <c r="B1689" s="0" t="s">
-        <v>3475</v>
+        <v>3480</v>
       </c>
       <c r="C1689" s="0" t="s">
-        <v>169</v>
+        <v>3481</v>
       </c>
       <c r="D1689" s="0" t="s">
-        <v>169</v>
+        <v>3482</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1690">
       <c r="A1690" s="0" t="s">
-        <v>3476</v>
+        <v>3483</v>
       </c>
       <c r="B1690" s="0" t="s">
-        <v>3477</v>
+        <v>3484</v>
       </c>
       <c r="C1690" s="0" t="s">
-        <v>169</v>
+        <v>56</v>
       </c>
       <c r="D1690" s="0" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1691">
       <c r="A1691" s="0" t="s">
-        <v>3478</v>
+        <v>3485</v>
       </c>
       <c r="B1691" s="0" t="s">
-        <v>3479</v>
+        <v>3486</v>
       </c>
       <c r="C1691" s="0" t="s">
-        <v>169</v>
+        <v>56</v>
       </c>
       <c r="D1691" s="0" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1692">
       <c r="A1692" s="0" t="s">
-        <v>3480</v>
+        <v>3487</v>
       </c>
       <c r="B1692" s="0" t="s">
+        <v>3488</v>
+      </c>
+      <c r="C1692" s="0" t="s">
         <v>3481</v>
       </c>
-      <c r="C1692" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D1692" s="0" t="s">
-        <v>169</v>
+        <v>3482</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1693">
       <c r="A1693" s="0" t="s">
-        <v>3482</v>
+        <v>3489</v>
       </c>
       <c r="B1693" s="0" t="s">
-        <v>3483</v>
+        <v>3490</v>
       </c>
       <c r="C1693" s="0" t="s">
-        <v>169</v>
+        <v>520</v>
       </c>
       <c r="D1693" s="0" t="s">
-        <v>169</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1694">
       <c r="A1694" s="0" t="s">
-        <v>3484</v>
+        <v>3491</v>
       </c>
       <c r="B1694" s="0" t="s">
-        <v>3485</v>
+        <v>3492</v>
       </c>
       <c r="C1694" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="D1694" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1695">
       <c r="A1695" s="0" t="s">
-        <v>3486</v>
+        <v>3493</v>
       </c>
       <c r="B1695" s="0" t="s">
-        <v>3487</v>
+        <v>3494</v>
       </c>
       <c r="C1695" s="0" t="s">
-        <v>1054</v>
+        <v>352</v>
       </c>
       <c r="D1695" s="0" t="s">
-        <v>1054</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1696">
       <c r="A1696" s="0" t="s">
-        <v>3488</v>
+        <v>3495</v>
       </c>
       <c r="B1696" s="0" t="s">
-        <v>3489</v>
+        <v>3496</v>
       </c>
       <c r="C1696" s="0" t="s">
-        <v>1054</v>
+        <v>56</v>
       </c>
       <c r="D1696" s="0" t="s">
-        <v>1054</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1697">
       <c r="A1697" s="0" t="s">
-        <v>3490</v>
+        <v>3497</v>
       </c>
       <c r="B1697" s="0" t="s">
-        <v>3491</v>
+        <v>3498</v>
       </c>
       <c r="C1697" s="0" t="s">
-        <v>121</v>
+        <v>417</v>
       </c>
       <c r="D1697" s="0" t="s">
-        <v>122</v>
+        <v>3499</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1698">
       <c r="A1698" s="0" t="s">
-        <v>3492</v>
+        <v>3500</v>
       </c>
       <c r="B1698" s="0" t="s">
-        <v>3493</v>
+        <v>3501</v>
       </c>
       <c r="C1698" s="0" t="s">
-        <v>1510</v>
+        <v>12</v>
       </c>
       <c r="D1698" s="0" t="s">
-        <v>1511</v>
+        <v>13</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1699">
       <c r="A1699" s="0" t="s">
-        <v>3494</v>
+        <v>3502</v>
       </c>
       <c r="B1699" s="0" t="s">
-        <v>3495</v>
+        <v>3503</v>
       </c>
       <c r="C1699" s="0" t="s">
-        <v>683</v>
+        <v>520</v>
       </c>
       <c r="D1699" s="0" t="s">
-        <v>597</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1700">
       <c r="A1700" s="0" t="s">
-        <v>3496</v>
+        <v>3504</v>
       </c>
       <c r="B1700" s="0" t="s">
-        <v>3497</v>
+        <v>3505</v>
       </c>
       <c r="C1700" s="0" t="s">
-        <v>683</v>
+        <v>3481</v>
       </c>
       <c r="D1700" s="0" t="s">
-        <v>597</v>
+        <v>3482</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1701">
       <c r="A1701" s="0" t="s">
-        <v>3498</v>
+        <v>3506</v>
       </c>
       <c r="B1701" s="0" t="s">
+        <v>3507</v>
+      </c>
+      <c r="C1701" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="D1701" s="0" t="s">
         <v>3499</v>
-      </c>
-[...4 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1702">
       <c r="A1702" s="0" t="s">
-        <v>3500</v>
+        <v>3508</v>
       </c>
       <c r="B1702" s="0" t="s">
-        <v>3501</v>
+        <v>3509</v>
       </c>
       <c r="C1702" s="0" t="s">
-        <v>121</v>
+        <v>2117</v>
       </c>
       <c r="D1702" s="0" t="s">
-        <v>122</v>
+        <v>2117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1703">
       <c r="A1703" s="0" t="s">
-        <v>3502</v>
+        <v>3510</v>
       </c>
       <c r="B1703" s="0" t="s">
-        <v>3503</v>
+        <v>3511</v>
       </c>
       <c r="C1703" s="0" t="s">
-        <v>121</v>
+        <v>3512</v>
       </c>
       <c r="D1703" s="0" t="s">
-        <v>122</v>
+        <v>3512</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1704">
       <c r="A1704" s="0" t="s">
-        <v>3504</v>
+        <v>3513</v>
       </c>
       <c r="B1704" s="0" t="s">
-        <v>3505</v>
+        <v>3514</v>
       </c>
       <c r="C1704" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D1704" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1705">
       <c r="A1705" s="0" t="s">
-        <v>3506</v>
+        <v>3515</v>
       </c>
       <c r="B1705" s="0" t="s">
-        <v>3507</v>
+        <v>3516</v>
       </c>
       <c r="C1705" s="0" t="s">
-        <v>121</v>
+        <v>3512</v>
       </c>
       <c r="D1705" s="0" t="s">
-        <v>122</v>
+        <v>3512</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1706">
       <c r="A1706" s="0" t="s">
-        <v>3508</v>
+        <v>3517</v>
       </c>
       <c r="B1706" s="0" t="s">
-        <v>3509</v>
+        <v>3518</v>
       </c>
       <c r="C1706" s="0" t="s">
-        <v>121</v>
+        <v>2117</v>
       </c>
       <c r="D1706" s="0" t="s">
-        <v>122</v>
+        <v>2117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1707">
       <c r="A1707" s="0" t="s">
-        <v>3510</v>
+        <v>3519</v>
       </c>
       <c r="B1707" s="0" t="s">
-        <v>3511</v>
+        <v>3520</v>
       </c>
       <c r="C1707" s="0" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D1707" s="0" t="s">
-        <v>122</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1708">
       <c r="A1708" s="0" t="s">
-        <v>3512</v>
+        <v>3521</v>
       </c>
       <c r="B1708" s="0" t="s">
-        <v>3513</v>
+        <v>3522</v>
       </c>
       <c r="C1708" s="0" t="s">
-        <v>121</v>
+        <v>520</v>
       </c>
       <c r="D1708" s="0" t="s">
-        <v>122</v>
+        <v>520</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1709">
       <c r="A1709" s="0" t="s">
-        <v>3514</v>
+        <v>3523</v>
       </c>
       <c r="B1709" s="0" t="s">
-        <v>3515</v>
+        <v>3524</v>
       </c>
       <c r="C1709" s="0" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="D1709" s="0" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1710">
       <c r="A1710" s="0" t="s">
-        <v>3516</v>
+        <v>3525</v>
       </c>
       <c r="B1710" s="0" t="s">
-        <v>3517</v>
+        <v>3526</v>
       </c>
       <c r="C1710" s="0" t="s">
-        <v>121</v>
+        <v>3328</v>
       </c>
       <c r="D1710" s="0" t="s">
-        <v>122</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1711">
       <c r="A1711" s="0" t="s">
-        <v>3518</v>
+        <v>3527</v>
       </c>
       <c r="B1711" s="0" t="s">
-        <v>3519</v>
+        <v>3528</v>
       </c>
       <c r="C1711" s="0" t="s">
-        <v>121</v>
+        <v>3328</v>
       </c>
       <c r="D1711" s="0" t="s">
-        <v>122</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1712">
       <c r="A1712" s="0" t="s">
-        <v>3520</v>
+        <v>3529</v>
       </c>
       <c r="B1712" s="0" t="s">
-        <v>3521</v>
+        <v>3530</v>
       </c>
       <c r="C1712" s="0" t="s">
-        <v>121</v>
+        <v>3328</v>
       </c>
       <c r="D1712" s="0" t="s">
-        <v>122</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1713">
       <c r="A1713" s="0" t="s">
-        <v>3522</v>
+        <v>3531</v>
       </c>
       <c r="B1713" s="0" t="s">
-        <v>3523</v>
+        <v>3532</v>
       </c>
       <c r="C1713" s="0" t="s">
-        <v>121</v>
+        <v>890</v>
       </c>
       <c r="D1713" s="0" t="s">
-        <v>122</v>
+        <v>891</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1714">
       <c r="A1714" s="0" t="s">
-        <v>3524</v>
+        <v>3533</v>
       </c>
       <c r="B1714" s="0" t="s">
-        <v>3525</v>
+        <v>3534</v>
       </c>
       <c r="C1714" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1714" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1715">
       <c r="A1715" s="0" t="s">
-        <v>3526</v>
+        <v>3535</v>
       </c>
       <c r="B1715" s="0" t="s">
-        <v>3527</v>
+        <v>3536</v>
       </c>
       <c r="C1715" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1715" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1716">
       <c r="A1716" s="0" t="s">
-        <v>3528</v>
+        <v>3537</v>
       </c>
       <c r="B1716" s="0" t="s">
-        <v>3529</v>
+        <v>3538</v>
       </c>
       <c r="C1716" s="0" t="s">
-        <v>191</v>
+        <v>78</v>
       </c>
       <c r="D1716" s="0" t="s">
-        <v>192</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1717">
       <c r="A1717" s="0" t="s">
-        <v>3530</v>
+        <v>3539</v>
       </c>
       <c r="B1717" s="0" t="s">
-        <v>3531</v>
+        <v>3540</v>
       </c>
       <c r="C1717" s="0" t="s">
-        <v>191</v>
+        <v>78</v>
       </c>
       <c r="D1717" s="0" t="s">
-        <v>192</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1718">
       <c r="A1718" s="0" t="s">
-        <v>3532</v>
+        <v>3541</v>
       </c>
       <c r="B1718" s="0" t="s">
-        <v>3533</v>
+        <v>3542</v>
       </c>
       <c r="C1718" s="0" t="s">
-        <v>191</v>
+        <v>2117</v>
       </c>
       <c r="D1718" s="0" t="s">
-        <v>192</v>
+        <v>2117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1719">
       <c r="A1719" s="0" t="s">
-        <v>3534</v>
+        <v>3543</v>
       </c>
       <c r="B1719" s="0" t="s">
-        <v>3535</v>
+        <v>3544</v>
       </c>
       <c r="C1719" s="0" t="s">
-        <v>683</v>
+        <v>2117</v>
       </c>
       <c r="D1719" s="0" t="s">
-        <v>597</v>
+        <v>2117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1720">
       <c r="A1720" s="0" t="s">
-        <v>3536</v>
+        <v>3545</v>
       </c>
       <c r="B1720" s="0" t="s">
-        <v>3537</v>
+        <v>3546</v>
       </c>
       <c r="C1720" s="0" t="s">
-        <v>683</v>
+        <v>78</v>
       </c>
       <c r="D1720" s="0" t="s">
-        <v>597</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1721">
       <c r="A1721" s="0" t="s">
-        <v>3538</v>
+        <v>3547</v>
       </c>
       <c r="B1721" s="0" t="s">
-        <v>3539</v>
+        <v>3548</v>
       </c>
       <c r="C1721" s="0" t="s">
-        <v>683</v>
+        <v>78</v>
       </c>
       <c r="D1721" s="0" t="s">
-        <v>597</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1722">
       <c r="A1722" s="0" t="s">
-        <v>3540</v>
+        <v>3549</v>
       </c>
       <c r="B1722" s="0" t="s">
-        <v>3541</v>
+        <v>3550</v>
       </c>
       <c r="C1722" s="0" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="D1722" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1723">
       <c r="A1723" s="0" t="s">
-        <v>3542</v>
+        <v>3551</v>
       </c>
       <c r="B1723" s="0" t="s">
-        <v>3543</v>
+        <v>3552</v>
       </c>
       <c r="C1723" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="D1723" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1724">
       <c r="A1724" s="0" t="s">
-        <v>3544</v>
+        <v>3553</v>
       </c>
       <c r="B1724" s="0" t="s">
-        <v>3545</v>
+        <v>3554</v>
       </c>
       <c r="C1724" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="D1724" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1725">
       <c r="A1725" s="0" t="s">
-        <v>3546</v>
+        <v>3555</v>
       </c>
       <c r="B1725" s="0" t="s">
-        <v>3547</v>
+        <v>3556</v>
       </c>
       <c r="C1725" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1725" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1726">
       <c r="A1726" s="0" t="s">
-        <v>3548</v>
+        <v>3557</v>
       </c>
       <c r="B1726" s="0" t="s">
-        <v>3549</v>
+        <v>3558</v>
       </c>
       <c r="C1726" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1726" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1727">
       <c r="A1727" s="0" t="s">
-        <v>3550</v>
+        <v>3559</v>
       </c>
       <c r="B1727" s="0" t="s">
-        <v>3551</v>
+        <v>3560</v>
       </c>
       <c r="C1727" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1727" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1728">
       <c r="A1728" s="0" t="s">
-        <v>3552</v>
+        <v>3561</v>
       </c>
       <c r="B1728" s="0" t="s">
-        <v>3553</v>
+        <v>3562</v>
       </c>
       <c r="C1728" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
       <c r="D1728" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1729">
       <c r="A1729" s="0" t="s">
-        <v>3554</v>
+        <v>3563</v>
       </c>
       <c r="B1729" s="0" t="s">
-        <v>3555</v>
+        <v>3564</v>
       </c>
       <c r="C1729" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
       <c r="D1729" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1730">
       <c r="A1730" s="0" t="s">
-        <v>3556</v>
+        <v>3565</v>
       </c>
       <c r="B1730" s="0" t="s">
-        <v>3557</v>
+        <v>3566</v>
       </c>
       <c r="C1730" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
       <c r="D1730" s="0" t="s">
-        <v>197</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1731">
       <c r="A1731" s="0" t="s">
-        <v>3558</v>
+        <v>3567</v>
       </c>
       <c r="B1731" s="0" t="s">
-        <v>3559</v>
+        <v>3568</v>
       </c>
       <c r="C1731" s="0" t="s">
-        <v>197</v>
+        <v>3569</v>
       </c>
       <c r="D1731" s="0" t="s">
-        <v>197</v>
+        <v>3570</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1732">
       <c r="A1732" s="0" t="s">
-        <v>3560</v>
+        <v>3571</v>
       </c>
       <c r="B1732" s="0" t="s">
-        <v>3561</v>
+        <v>3572</v>
       </c>
       <c r="C1732" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1732" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1733">
       <c r="A1733" s="0" t="s">
-        <v>3562</v>
+        <v>3573</v>
       </c>
       <c r="B1733" s="0" t="s">
-        <v>3563</v>
+        <v>3574</v>
       </c>
       <c r="C1733" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1733" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1734">
       <c r="A1734" s="0" t="s">
-        <v>3564</v>
+        <v>3575</v>
       </c>
       <c r="B1734" s="0" t="s">
-        <v>3565</v>
+        <v>3576</v>
       </c>
       <c r="C1734" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1734" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1735">
       <c r="A1735" s="0" t="s">
-        <v>3566</v>
+        <v>3577</v>
       </c>
       <c r="B1735" s="0" t="s">
-        <v>3567</v>
+        <v>3578</v>
       </c>
       <c r="C1735" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1735" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1736">
       <c r="A1736" s="0" t="s">
-        <v>3568</v>
+        <v>3579</v>
       </c>
       <c r="B1736" s="0" t="s">
-        <v>3569</v>
+        <v>3580</v>
       </c>
       <c r="C1736" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1736" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1737">
       <c r="A1737" s="0" t="s">
-        <v>3570</v>
+        <v>3581</v>
       </c>
       <c r="B1737" s="0" t="s">
-        <v>3571</v>
+        <v>3582</v>
       </c>
       <c r="C1737" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1737" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1738">
       <c r="A1738" s="0" t="s">
-        <v>3572</v>
+        <v>3583</v>
       </c>
       <c r="B1738" s="0" t="s">
-        <v>3573</v>
+        <v>3584</v>
       </c>
       <c r="C1738" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1738" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1739">
       <c r="A1739" s="0" t="s">
-        <v>3574</v>
+        <v>3585</v>
       </c>
       <c r="B1739" s="0" t="s">
-        <v>3575</v>
+        <v>3586</v>
       </c>
       <c r="C1739" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1739" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1740">
       <c r="A1740" s="0" t="s">
-        <v>3576</v>
+        <v>3585</v>
       </c>
       <c r="B1740" s="0" t="s">
-        <v>3577</v>
+        <v>3587</v>
       </c>
       <c r="C1740" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1740" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1741">
       <c r="A1741" s="0" t="s">
-        <v>3578</v>
+        <v>3588</v>
       </c>
       <c r="B1741" s="0" t="s">
-        <v>3579</v>
+        <v>3589</v>
       </c>
       <c r="C1741" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1741" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1742">
       <c r="A1742" s="0" t="s">
-        <v>3580</v>
+        <v>3590</v>
       </c>
       <c r="B1742" s="0" t="s">
-        <v>3581</v>
+        <v>3591</v>
       </c>
       <c r="C1742" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1742" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1743">
       <c r="A1743" s="0" t="s">
-        <v>3582</v>
+        <v>3592</v>
       </c>
       <c r="B1743" s="0" t="s">
-        <v>3583</v>
+        <v>3593</v>
       </c>
       <c r="C1743" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1743" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1744">
       <c r="A1744" s="0" t="s">
-        <v>3584</v>
+        <v>3594</v>
       </c>
       <c r="B1744" s="0" t="s">
-        <v>3585</v>
+        <v>3595</v>
       </c>
       <c r="C1744" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1744" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1745">
       <c r="A1745" s="0" t="s">
-        <v>3586</v>
+        <v>3596</v>
       </c>
       <c r="B1745" s="0" t="s">
-        <v>3587</v>
+        <v>3597</v>
       </c>
       <c r="C1745" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1745" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1746">
       <c r="A1746" s="0" t="s">
-        <v>3588</v>
+        <v>3598</v>
       </c>
       <c r="B1746" s="0" t="s">
-        <v>3589</v>
+        <v>3599</v>
       </c>
       <c r="C1746" s="0" t="s">
-        <v>2214</v>
+        <v>78</v>
       </c>
       <c r="D1746" s="0" t="s">
-        <v>2215</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1747">
       <c r="A1747" s="0" t="s">
-        <v>3590</v>
+        <v>3600</v>
       </c>
       <c r="B1747" s="0" t="s">
-        <v>3591</v>
+        <v>3601</v>
       </c>
       <c r="C1747" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1747" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1748">
       <c r="A1748" s="0" t="s">
-        <v>3592</v>
+        <v>3602</v>
       </c>
       <c r="B1748" s="0" t="s">
-        <v>3593</v>
+        <v>3603</v>
       </c>
       <c r="C1748" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1748" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1749">
       <c r="A1749" s="0" t="s">
-        <v>3594</v>
+        <v>3604</v>
       </c>
       <c r="B1749" s="0" t="s">
-        <v>3595</v>
+        <v>3605</v>
       </c>
       <c r="C1749" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1749" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1750">
       <c r="A1750" s="0" t="s">
-        <v>3596</v>
+        <v>3606</v>
       </c>
       <c r="B1750" s="0" t="s">
-        <v>3597</v>
+        <v>3607</v>
       </c>
       <c r="C1750" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1750" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1751">
       <c r="A1751" s="0" t="s">
-        <v>3598</v>
+        <v>3606</v>
       </c>
       <c r="B1751" s="0" t="s">
-        <v>3599</v>
+        <v>3608</v>
       </c>
       <c r="C1751" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1751" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1752">
       <c r="A1752" s="0" t="s">
-        <v>3600</v>
+        <v>3609</v>
       </c>
       <c r="B1752" s="0" t="s">
-        <v>3601</v>
+        <v>3610</v>
       </c>
       <c r="C1752" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1752" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1753">
       <c r="A1753" s="0" t="s">
-        <v>3602</v>
+        <v>3609</v>
       </c>
       <c r="B1753" s="0" t="s">
-        <v>3603</v>
+        <v>3611</v>
       </c>
       <c r="C1753" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1753" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1754">
       <c r="A1754" s="0" t="s">
-        <v>3604</v>
+        <v>3612</v>
       </c>
       <c r="B1754" s="0" t="s">
-        <v>3605</v>
+        <v>3613</v>
       </c>
       <c r="C1754" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1754" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1755">
       <c r="A1755" s="0" t="s">
-        <v>3606</v>
+        <v>3614</v>
       </c>
       <c r="B1755" s="0" t="s">
-        <v>3607</v>
+        <v>3615</v>
       </c>
       <c r="C1755" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1755" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1756">
       <c r="A1756" s="0" t="s">
-        <v>3608</v>
+        <v>3616</v>
       </c>
       <c r="B1756" s="0" t="s">
-        <v>3609</v>
+        <v>3617</v>
       </c>
       <c r="C1756" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D1756" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1757">
       <c r="A1757" s="0" t="s">
-        <v>3610</v>
+        <v>3618</v>
       </c>
       <c r="B1757" s="0" t="s">
-        <v>3611</v>
+        <v>3619</v>
       </c>
       <c r="C1757" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D1757" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1758">
       <c r="A1758" s="0" t="s">
-        <v>3612</v>
+        <v>3620</v>
       </c>
       <c r="B1758" s="0" t="s">
-        <v>3613</v>
+        <v>3621</v>
       </c>
       <c r="C1758" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D1758" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1759">
       <c r="A1759" s="0" t="s">
-        <v>3614</v>
+        <v>3620</v>
       </c>
       <c r="B1759" s="0" t="s">
-        <v>3615</v>
+        <v>3622</v>
       </c>
       <c r="C1759" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1759" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1760">
       <c r="A1760" s="0" t="s">
-        <v>3616</v>
+        <v>3623</v>
       </c>
       <c r="B1760" s="0" t="s">
-        <v>3617</v>
+        <v>3624</v>
       </c>
       <c r="C1760" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1760" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1761">
       <c r="A1761" s="0" t="s">
-        <v>3618</v>
+        <v>3625</v>
       </c>
       <c r="B1761" s="0" t="s">
-        <v>3619</v>
+        <v>3626</v>
       </c>
       <c r="C1761" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1761" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1762">
       <c r="A1762" s="0" t="s">
-        <v>3620</v>
+        <v>3627</v>
       </c>
       <c r="B1762" s="0" t="s">
-        <v>3621</v>
+        <v>3628</v>
       </c>
       <c r="C1762" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1762" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1763">
       <c r="A1763" s="0" t="s">
-        <v>3622</v>
+        <v>3629</v>
       </c>
       <c r="B1763" s="0" t="s">
-        <v>3623</v>
+        <v>3630</v>
       </c>
       <c r="C1763" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1763" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1764">
       <c r="A1764" s="0" t="s">
-        <v>3624</v>
+        <v>3631</v>
       </c>
       <c r="B1764" s="0" t="s">
-        <v>3625</v>
+        <v>3632</v>
       </c>
       <c r="C1764" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1764" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1765">
       <c r="A1765" s="0" t="s">
-        <v>3626</v>
+        <v>3633</v>
       </c>
       <c r="B1765" s="0" t="s">
-        <v>3627</v>
+        <v>3634</v>
       </c>
       <c r="C1765" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1765" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1766">
       <c r="A1766" s="0" t="s">
-        <v>3628</v>
+        <v>3635</v>
       </c>
       <c r="B1766" s="0" t="s">
-        <v>3629</v>
+        <v>3636</v>
       </c>
       <c r="C1766" s="0" t="s">
-        <v>121</v>
+        <v>78</v>
       </c>
       <c r="D1766" s="0" t="s">
-        <v>122</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1767">
       <c r="A1767" s="0" t="s">
-        <v>3630</v>
+        <v>3637</v>
       </c>
       <c r="B1767" s="0" t="s">
-        <v>3631</v>
+        <v>3638</v>
       </c>
       <c r="C1767" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="D1767" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1768">
       <c r="A1768" s="0" t="s">
-        <v>3632</v>
+        <v>3639</v>
       </c>
       <c r="B1768" s="0" t="s">
-        <v>3633</v>
+        <v>3640</v>
       </c>
       <c r="C1768" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="D1768" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1769">
       <c r="A1769" s="0" t="s">
-        <v>3634</v>
+        <v>3641</v>
       </c>
       <c r="B1769" s="0" t="s">
-        <v>3635</v>
+        <v>3642</v>
       </c>
       <c r="C1769" s="0" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="D1769" s="0" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1770">
       <c r="A1770" s="0" t="s">
-        <v>3636</v>
+        <v>3643</v>
       </c>
       <c r="B1770" s="0" t="s">
-        <v>3637</v>
+        <v>3644</v>
       </c>
       <c r="C1770" s="0" t="s">
-        <v>3638</v>
+        <v>78</v>
       </c>
       <c r="D1770" s="0" t="s">
-        <v>3638</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1771">
       <c r="A1771" s="0" t="s">
-        <v>3639</v>
+        <v>3645</v>
       </c>
       <c r="B1771" s="0" t="s">
-        <v>3640</v>
+        <v>3646</v>
       </c>
       <c r="C1771" s="0" t="s">
-        <v>394</v>
+        <v>78</v>
       </c>
       <c r="D1771" s="0" t="s">
-        <v>394</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1772">
       <c r="A1772" s="0" t="s">
-        <v>3641</v>
+        <v>3647</v>
       </c>
       <c r="B1772" s="0" t="s">
-        <v>3642</v>
+        <v>3648</v>
       </c>
       <c r="C1772" s="0" t="s">
-        <v>394</v>
+        <v>78</v>
       </c>
       <c r="D1772" s="0" t="s">
-        <v>394</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1773">
       <c r="A1773" s="0" t="s">
-        <v>3643</v>
+        <v>3649</v>
       </c>
       <c r="B1773" s="0" t="s">
-        <v>3644</v>
+        <v>3650</v>
       </c>
       <c r="C1773" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1773" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1774">
       <c r="A1774" s="0" t="s">
-        <v>3646</v>
+        <v>3651</v>
       </c>
       <c r="B1774" s="0" t="s">
-        <v>3647</v>
+        <v>3652</v>
       </c>
       <c r="C1774" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1774" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1775">
       <c r="A1775" s="0" t="s">
-        <v>3648</v>
+        <v>3653</v>
       </c>
       <c r="B1775" s="0" t="s">
-        <v>3649</v>
+        <v>3654</v>
       </c>
       <c r="C1775" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1775" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1776">
       <c r="A1776" s="0" t="s">
-        <v>3650</v>
+        <v>3655</v>
       </c>
       <c r="B1776" s="0" t="s">
-        <v>3651</v>
+        <v>3656</v>
       </c>
       <c r="C1776" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1776" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1777">
       <c r="A1777" s="0" t="s">
-        <v>3652</v>
+        <v>3657</v>
       </c>
       <c r="B1777" s="0" t="s">
-        <v>3653</v>
+        <v>3658</v>
       </c>
       <c r="C1777" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1777" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1778">
       <c r="A1778" s="0" t="s">
-        <v>3654</v>
+        <v>3659</v>
       </c>
       <c r="B1778" s="0" t="s">
-        <v>3655</v>
+        <v>3660</v>
       </c>
       <c r="C1778" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1778" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1779">
       <c r="A1779" s="0" t="s">
-        <v>3656</v>
+        <v>3661</v>
       </c>
       <c r="B1779" s="0" t="s">
-        <v>3657</v>
+        <v>3662</v>
       </c>
       <c r="C1779" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1779" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1780">
       <c r="A1780" s="0" t="s">
-        <v>3658</v>
+        <v>3663</v>
       </c>
       <c r="B1780" s="0" t="s">
-        <v>3659</v>
+        <v>3664</v>
       </c>
       <c r="C1780" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1780" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1781">
       <c r="A1781" s="0" t="s">
-        <v>3660</v>
+        <v>3665</v>
       </c>
       <c r="B1781" s="0" t="s">
-        <v>3661</v>
+        <v>3666</v>
       </c>
       <c r="C1781" s="0" t="s">
-        <v>3645</v>
+        <v>8</v>
       </c>
       <c r="D1781" s="0" t="s">
-        <v>2218</v>
+        <v>9</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1782">
       <c r="A1782" s="0" t="s">
-        <v>3662</v>
+        <v>3667</v>
       </c>
       <c r="B1782" s="0" t="s">
-        <v>3663</v>
+        <v>3668</v>
       </c>
       <c r="C1782" s="0" t="s">
-        <v>3645</v>
+        <v>78</v>
       </c>
       <c r="D1782" s="0" t="s">
-        <v>2218</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1783">
       <c r="A1783" s="0" t="s">
-        <v>3664</v>
+        <v>3669</v>
       </c>
       <c r="B1783" s="0" t="s">
-        <v>3665</v>
+        <v>3670</v>
       </c>
       <c r="C1783" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
       <c r="D1783" s="0" t="s">
-        <v>169</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1784">
       <c r="A1784" s="0" t="s">
-        <v>3666</v>
+        <v>3671</v>
       </c>
       <c r="B1784" s="0" t="s">
-        <v>3667</v>
+        <v>3672</v>
       </c>
       <c r="C1784" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
       <c r="D1784" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1785">
       <c r="A1785" s="0" t="s">
-        <v>3668</v>
+        <v>3673</v>
       </c>
       <c r="B1785" s="0" t="s">
-        <v>3669</v>
+        <v>3674</v>
       </c>
       <c r="C1785" s="0" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="D1785" s="0" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1786">
       <c r="A1786" s="0" t="s">
-        <v>3670</v>
+        <v>3675</v>
       </c>
       <c r="B1786" s="0" t="s">
-        <v>3671</v>
+        <v>3676</v>
       </c>
       <c r="C1786" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1786" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1787">
       <c r="A1787" s="0" t="s">
-        <v>3672</v>
+        <v>3675</v>
       </c>
       <c r="B1787" s="0" t="s">
-        <v>3673</v>
+        <v>3677</v>
       </c>
       <c r="C1787" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1787" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1788">
       <c r="A1788" s="0" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="B1788" s="0" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="C1788" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
       <c r="D1788" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1789">
       <c r="A1789" s="0" t="s">
-        <v>3676</v>
+        <v>3680</v>
       </c>
       <c r="B1789" s="0" t="s">
-        <v>3677</v>
+        <v>3681</v>
       </c>
       <c r="C1789" s="0" t="s">
-        <v>157</v>
+        <v>3569</v>
       </c>
       <c r="D1789" s="0" t="s">
-        <v>157</v>
+        <v>3570</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1790">
       <c r="A1790" s="0" t="s">
-        <v>3678</v>
+        <v>3682</v>
       </c>
       <c r="B1790" s="0" t="s">
-        <v>3679</v>
+        <v>3683</v>
       </c>
       <c r="C1790" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
       <c r="D1790" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1791">
       <c r="A1791" s="0" t="s">
-        <v>3680</v>
+        <v>3684</v>
       </c>
       <c r="B1791" s="0" t="s">
-        <v>3681</v>
+        <v>3685</v>
       </c>
       <c r="C1791" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
       <c r="D1791" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1792">
       <c r="A1792" s="0" t="s">
-        <v>3682</v>
+        <v>3686</v>
       </c>
       <c r="B1792" s="0" t="s">
-        <v>3683</v>
+        <v>3687</v>
       </c>
       <c r="C1792" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
       <c r="D1792" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1793">
       <c r="A1793" s="0" t="s">
-        <v>3684</v>
+        <v>3688</v>
       </c>
       <c r="B1793" s="0" t="s">
-        <v>3685</v>
+        <v>3689</v>
       </c>
       <c r="C1793" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D1793" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1794">
       <c r="A1794" s="0" t="s">
-        <v>3686</v>
+        <v>3690</v>
       </c>
       <c r="B1794" s="0" t="s">
-        <v>3687</v>
+        <v>3691</v>
       </c>
       <c r="C1794" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D1794" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1795">
       <c r="A1795" s="0" t="s">
-        <v>3688</v>
+        <v>3692</v>
       </c>
       <c r="B1795" s="0" t="s">
-        <v>3689</v>
+        <v>3693</v>
       </c>
       <c r="C1795" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D1795" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1796">
       <c r="A1796" s="0" t="s">
-        <v>3690</v>
+        <v>3694</v>
       </c>
       <c r="B1796" s="0" t="s">
-        <v>3691</v>
+        <v>3695</v>
       </c>
       <c r="C1796" s="0" t="s">
-        <v>336</v>
+        <v>78</v>
       </c>
       <c r="D1796" s="0" t="s">
-        <v>337</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1797">
       <c r="A1797" s="0" t="s">
-        <v>3692</v>
+        <v>3696</v>
       </c>
       <c r="B1797" s="0" t="s">
-        <v>3693</v>
+        <v>3697</v>
       </c>
       <c r="C1797" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D1797" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1798">
       <c r="A1798" s="0" t="s">
-        <v>3694</v>
+        <v>3698</v>
       </c>
       <c r="B1798" s="0" t="s">
-        <v>3695</v>
+        <v>3699</v>
       </c>
       <c r="C1798" s="0" t="s">
-        <v>34</v>
+        <v>78</v>
       </c>
       <c r="D1798" s="0" t="s">
-        <v>35</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1799">
       <c r="A1799" s="0" t="s">
-        <v>3696</v>
+        <v>3700</v>
       </c>
       <c r="B1799" s="0" t="s">
-        <v>3697</v>
+        <v>3701</v>
       </c>
       <c r="C1799" s="0" t="s">
-        <v>157</v>
+        <v>2117</v>
       </c>
       <c r="D1799" s="0" t="s">
-        <v>157</v>
+        <v>2117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1800">
       <c r="A1800" s="0" t="s">
-        <v>3698</v>
+        <v>3702</v>
       </c>
       <c r="B1800" s="0" t="s">
-        <v>3699</v>
+        <v>3703</v>
       </c>
       <c r="C1800" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
       <c r="D1800" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1801">
       <c r="A1801" s="0" t="s">
-        <v>3700</v>
+        <v>3704</v>
       </c>
       <c r="B1801" s="0" t="s">
-        <v>3701</v>
+        <v>3705</v>
       </c>
       <c r="C1801" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D1801" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1802">
       <c r="A1802" s="0" t="s">
-        <v>3702</v>
+        <v>3706</v>
       </c>
       <c r="B1802" s="0" t="s">
-        <v>3703</v>
+        <v>3707</v>
       </c>
       <c r="C1802" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D1802" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1803">
       <c r="A1803" s="0" t="s">
-        <v>3704</v>
+        <v>3708</v>
       </c>
       <c r="B1803" s="0" t="s">
-        <v>3705</v>
+        <v>3709</v>
       </c>
       <c r="C1803" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
       <c r="D1803" s="0" t="s">
-        <v>157</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1804">
       <c r="A1804" s="0" t="s">
-        <v>3706</v>
+        <v>3710</v>
       </c>
       <c r="B1804" s="0" t="s">
-        <v>3707</v>
+        <v>3711</v>
       </c>
       <c r="C1804" s="0" t="s">
-        <v>19</v>
+        <v>97</v>
       </c>
       <c r="D1804" s="0" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1805">
       <c r="A1805" s="0" t="s">
-        <v>3708</v>
+        <v>3712</v>
       </c>
       <c r="B1805" s="0" t="s">
-        <v>3709</v>
+        <v>3713</v>
       </c>
       <c r="C1805" s="0" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="D1805" s="0" t="s">
-        <v>20</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1806">
       <c r="A1806" s="0" t="s">
-        <v>3710</v>
+        <v>3714</v>
       </c>
       <c r="B1806" s="0" t="s">
-        <v>3711</v>
+        <v>3715</v>
       </c>
       <c r="C1806" s="0" t="s">
-        <v>19</v>
+        <v>3569</v>
       </c>
       <c r="D1806" s="0" t="s">
-        <v>20</v>
+        <v>3570</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1807">
       <c r="A1807" s="0" t="s">
-        <v>3712</v>
+        <v>3714</v>
       </c>
       <c r="B1807" s="0" t="s">
-        <v>3713</v>
+        <v>3716</v>
       </c>
       <c r="C1807" s="0" t="s">
-        <v>19</v>
+        <v>3569</v>
       </c>
       <c r="D1807" s="0" t="s">
-        <v>20</v>
+        <v>3570</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1808">
       <c r="A1808" s="0" t="s">
-        <v>3714</v>
+        <v>3717</v>
       </c>
       <c r="B1808" s="0" t="s">
-        <v>3715</v>
+        <v>3718</v>
       </c>
       <c r="C1808" s="0" t="s">
-        <v>157</v>
+        <v>85</v>
       </c>
       <c r="D1808" s="0" t="s">
-        <v>157</v>
+        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1809">
       <c r="A1809" s="0" t="s">
-        <v>3716</v>
+        <v>3719</v>
       </c>
       <c r="B1809" s="0" t="s">
-        <v>3717</v>
+        <v>3720</v>
       </c>
       <c r="C1809" s="0" t="s">
-        <v>19</v>
+        <v>85</v>
       </c>
       <c r="D1809" s="0" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1810">
       <c r="A1810" s="0" t="s">
-        <v>3718</v>
+        <v>3721</v>
       </c>
       <c r="B1810" s="0" t="s">
-        <v>3719</v>
+        <v>3722</v>
       </c>
       <c r="C1810" s="0" t="s">
-        <v>19</v>
+        <v>3723</v>
       </c>
       <c r="D1810" s="0" t="s">
-        <v>20</v>
+        <v>3723</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1811">
       <c r="A1811" s="0" t="s">
-        <v>3720</v>
+        <v>3724</v>
       </c>
       <c r="B1811" s="0" t="s">
-        <v>3721</v>
+        <v>3725</v>
       </c>
       <c r="C1811" s="0" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D1811" s="0" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1812">
       <c r="A1812" s="0" t="s">
-        <v>3722</v>
+        <v>3726</v>
       </c>
       <c r="B1812" s="0" t="s">
-        <v>3723</v>
+        <v>3727</v>
       </c>
       <c r="C1812" s="0" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D1812" s="0" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1813">
       <c r="A1813" s="0" t="s">
-        <v>3724</v>
+        <v>3728</v>
       </c>
       <c r="B1813" s="0" t="s">
-        <v>3725</v>
+        <v>3729</v>
       </c>
       <c r="C1813" s="0" t="s">
-        <v>336</v>
+        <v>197</v>
       </c>
       <c r="D1813" s="0" t="s">
-        <v>337</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1814">
       <c r="A1814" s="0" t="s">
-        <v>3726</v>
+        <v>3730</v>
       </c>
       <c r="B1814" s="0" t="s">
-        <v>3727</v>
+        <v>3731</v>
       </c>
       <c r="C1814" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
       <c r="D1814" s="0" t="s">
-        <v>157</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1815">
       <c r="A1815" s="0" t="s">
-        <v>3728</v>
+        <v>3732</v>
       </c>
       <c r="B1815" s="0" t="s">
-        <v>3729</v>
+        <v>3733</v>
       </c>
       <c r="C1815" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1815" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1816">
       <c r="A1816" s="0" t="s">
-        <v>3730</v>
+        <v>3734</v>
       </c>
       <c r="B1816" s="0" t="s">
-        <v>3731</v>
+        <v>3735</v>
       </c>
       <c r="C1816" s="0" t="s">
-        <v>336</v>
+        <v>1285</v>
       </c>
       <c r="D1816" s="0" t="s">
-        <v>337</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1817">
       <c r="A1817" s="0" t="s">
-        <v>3732</v>
+        <v>3736</v>
       </c>
       <c r="B1817" s="0" t="s">
-        <v>3733</v>
+        <v>3737</v>
       </c>
       <c r="C1817" s="0" t="s">
-        <v>336</v>
+        <v>3738</v>
       </c>
       <c r="D1817" s="0" t="s">
-        <v>337</v>
+        <v>3738</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1818">
       <c r="A1818" s="0" t="s">
-        <v>3734</v>
+        <v>3739</v>
       </c>
       <c r="B1818" s="0" t="s">
-        <v>3735</v>
+        <v>3740</v>
       </c>
       <c r="C1818" s="0" t="s">
-        <v>336</v>
+        <v>130</v>
       </c>
       <c r="D1818" s="0" t="s">
-        <v>337</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1819">
       <c r="A1819" s="0" t="s">
-        <v>3736</v>
+        <v>3741</v>
       </c>
       <c r="B1819" s="0" t="s">
-        <v>3737</v>
+        <v>3742</v>
       </c>
       <c r="C1819" s="0" t="s">
-        <v>336</v>
+        <v>222</v>
       </c>
       <c r="D1819" s="0" t="s">
-        <v>337</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1820">
       <c r="A1820" s="0" t="s">
-        <v>3738</v>
+        <v>3743</v>
       </c>
       <c r="B1820" s="0" t="s">
-        <v>3739</v>
+        <v>3744</v>
       </c>
       <c r="C1820" s="0" t="s">
-        <v>336</v>
+        <v>52</v>
       </c>
       <c r="D1820" s="0" t="s">
-        <v>337</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1821">
       <c r="A1821" s="0" t="s">
-        <v>3740</v>
+        <v>3745</v>
       </c>
       <c r="B1821" s="0" t="s">
-        <v>3741</v>
+        <v>3746</v>
       </c>
       <c r="C1821" s="0" t="s">
-        <v>336</v>
+        <v>56</v>
       </c>
       <c r="D1821" s="0" t="s">
-        <v>337</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1822">
       <c r="A1822" s="0" t="s">
-        <v>3742</v>
+        <v>3747</v>
       </c>
       <c r="B1822" s="0" t="s">
-        <v>3743</v>
+        <v>3748</v>
       </c>
       <c r="C1822" s="0" t="s">
-        <v>336</v>
+        <v>97</v>
       </c>
       <c r="D1822" s="0" t="s">
-        <v>337</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1823">
       <c r="A1823" s="0" t="s">
-        <v>3744</v>
+        <v>3749</v>
       </c>
       <c r="B1823" s="0" t="s">
-        <v>3745</v>
+        <v>3750</v>
       </c>
       <c r="C1823" s="0" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="D1823" s="0" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1824">
       <c r="A1824" s="0" t="s">
-        <v>3746</v>
+        <v>3751</v>
       </c>
       <c r="B1824" s="0" t="s">
-        <v>3747</v>
+        <v>3752</v>
       </c>
       <c r="C1824" s="0" t="s">
-        <v>336</v>
+        <v>1285</v>
       </c>
       <c r="D1824" s="0" t="s">
-        <v>337</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1825">
       <c r="A1825" s="0" t="s">
-        <v>3748</v>
+        <v>3753</v>
       </c>
       <c r="B1825" s="0" t="s">
-        <v>3749</v>
+        <v>3754</v>
       </c>
       <c r="C1825" s="0" t="s">
-        <v>336</v>
+        <v>1285</v>
       </c>
       <c r="D1825" s="0" t="s">
-        <v>337</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1826">
       <c r="A1826" s="0" t="s">
-        <v>3750</v>
+        <v>3755</v>
       </c>
       <c r="B1826" s="0" t="s">
-        <v>3751</v>
+        <v>3756</v>
       </c>
       <c r="C1826" s="0" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D1826" s="0" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1827">
       <c r="A1827" s="0" t="s">
-        <v>3752</v>
+        <v>3757</v>
       </c>
       <c r="B1827" s="0" t="s">
-        <v>3753</v>
+        <v>3758</v>
       </c>
       <c r="C1827" s="0" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="D1827" s="0" t="s">
-        <v>337</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1828">
       <c r="A1828" s="0" t="s">
-        <v>3754</v>
+        <v>3759</v>
       </c>
       <c r="B1828" s="0" t="s">
-        <v>3755</v>
+        <v>3760</v>
       </c>
       <c r="C1828" s="0" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D1828" s="0" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1829">
       <c r="A1829" s="0" t="s">
-        <v>3756</v>
+        <v>3761</v>
       </c>
       <c r="B1829" s="0" t="s">
-        <v>3757</v>
+        <v>3762</v>
       </c>
       <c r="C1829" s="0" t="s">
-        <v>157</v>
+        <v>56</v>
       </c>
       <c r="D1829" s="0" t="s">
-        <v>157</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1830">
       <c r="A1830" s="0" t="s">
-        <v>3758</v>
+        <v>3763</v>
       </c>
       <c r="B1830" s="0" t="s">
-        <v>3759</v>
+        <v>3764</v>
       </c>
       <c r="C1830" s="0" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D1830" s="0" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1831">
       <c r="A1831" s="0" t="s">
-        <v>3760</v>
+        <v>3765</v>
       </c>
       <c r="B1831" s="0" t="s">
-        <v>3761</v>
+        <v>3766</v>
       </c>
       <c r="C1831" s="0" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D1831" s="0" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1832">
       <c r="A1832" s="0" t="s">
-        <v>3762</v>
+        <v>3767</v>
       </c>
       <c r="B1832" s="0" t="s">
-        <v>3763</v>
+        <v>3768</v>
       </c>
       <c r="C1832" s="0" t="s">
-        <v>336</v>
+        <v>185</v>
       </c>
       <c r="D1832" s="0" t="s">
-        <v>337</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1833">
       <c r="A1833" s="0" t="s">
-        <v>3764</v>
+        <v>3769</v>
       </c>
       <c r="B1833" s="0" t="s">
-        <v>3765</v>
+        <v>3770</v>
       </c>
       <c r="C1833" s="0" t="s">
-        <v>336</v>
+        <v>111</v>
       </c>
       <c r="D1833" s="0" t="s">
-        <v>337</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1834">
       <c r="A1834" s="0" t="s">
-        <v>3766</v>
+        <v>3771</v>
       </c>
       <c r="B1834" s="0" t="s">
-        <v>3767</v>
+        <v>3772</v>
       </c>
       <c r="C1834" s="0" t="s">
-        <v>336</v>
+        <v>1285</v>
       </c>
       <c r="D1834" s="0" t="s">
-        <v>337</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1835">
       <c r="A1835" s="0" t="s">
-        <v>3768</v>
+        <v>3773</v>
       </c>
       <c r="B1835" s="0" t="s">
-        <v>3769</v>
+        <v>3774</v>
       </c>
       <c r="C1835" s="0" t="s">
-        <v>336</v>
+        <v>56</v>
       </c>
       <c r="D1835" s="0" t="s">
-        <v>337</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1836">
       <c r="A1836" s="0" t="s">
-        <v>3770</v>
+        <v>3775</v>
       </c>
       <c r="B1836" s="0" t="s">
-        <v>3771</v>
+        <v>3776</v>
       </c>
       <c r="C1836" s="0" t="s">
-        <v>336</v>
+        <v>22</v>
       </c>
       <c r="D1836" s="0" t="s">
-        <v>337</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1837">
       <c r="A1837" s="0" t="s">
-        <v>3772</v>
+        <v>3777</v>
       </c>
       <c r="B1837" s="0" t="s">
-        <v>3773</v>
+        <v>3778</v>
       </c>
       <c r="C1837" s="0" t="s">
-        <v>336</v>
+        <v>3779</v>
       </c>
       <c r="D1837" s="0" t="s">
-        <v>337</v>
+        <v>3779</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1838">
       <c r="A1838" s="0" t="s">
-        <v>3774</v>
+        <v>3780</v>
       </c>
       <c r="B1838" s="0" t="s">
-        <v>3775</v>
+        <v>3781</v>
       </c>
       <c r="C1838" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1838" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1839">
       <c r="A1839" s="0" t="s">
-        <v>3776</v>
+        <v>3782</v>
       </c>
       <c r="B1839" s="0" t="s">
-        <v>3777</v>
+        <v>3783</v>
       </c>
       <c r="C1839" s="0" t="s">
-        <v>3778</v>
+        <v>3328</v>
       </c>
       <c r="D1839" s="0" t="s">
-        <v>3778</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1840">
       <c r="A1840" s="0" t="s">
-        <v>3779</v>
+        <v>3784</v>
       </c>
       <c r="B1840" s="0" t="s">
-        <v>3780</v>
+        <v>3785</v>
       </c>
       <c r="C1840" s="0" t="s">
-        <v>336</v>
+        <v>3328</v>
       </c>
       <c r="D1840" s="0" t="s">
-        <v>337</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1841">
       <c r="A1841" s="0" t="s">
-        <v>3781</v>
+        <v>3786</v>
       </c>
       <c r="B1841" s="0" t="s">
-        <v>3782</v>
+        <v>3787</v>
       </c>
       <c r="C1841" s="0" t="s">
-        <v>336</v>
+        <v>3328</v>
       </c>
       <c r="D1841" s="0" t="s">
-        <v>337</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1842">
       <c r="A1842" s="0" t="s">
-        <v>3783</v>
+        <v>3788</v>
       </c>
       <c r="B1842" s="0" t="s">
-        <v>3784</v>
+        <v>3789</v>
       </c>
       <c r="C1842" s="0" t="s">
-        <v>336</v>
+        <v>3328</v>
       </c>
       <c r="D1842" s="0" t="s">
-        <v>337</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1843">
       <c r="A1843" s="0" t="s">
-        <v>3785</v>
+        <v>3790</v>
       </c>
       <c r="B1843" s="0" t="s">
-        <v>3786</v>
+        <v>3791</v>
       </c>
       <c r="C1843" s="0" t="s">
-        <v>157</v>
+        <v>3328</v>
       </c>
       <c r="D1843" s="0" t="s">
-        <v>157</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1844">
       <c r="A1844" s="0" t="s">
-        <v>3787</v>
+        <v>3792</v>
       </c>
       <c r="B1844" s="0" t="s">
-        <v>3788</v>
+        <v>3793</v>
       </c>
       <c r="C1844" s="0" t="s">
-        <v>157</v>
+        <v>3328</v>
       </c>
       <c r="D1844" s="0" t="s">
-        <v>157</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1845">
       <c r="A1845" s="0" t="s">
-        <v>3789</v>
+        <v>3794</v>
       </c>
       <c r="B1845" s="0" t="s">
-        <v>3790</v>
+        <v>3795</v>
       </c>
       <c r="C1845" s="0" t="s">
-        <v>336</v>
+        <v>3328</v>
       </c>
       <c r="D1845" s="0" t="s">
-        <v>337</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1846">
       <c r="A1846" s="0" t="s">
-        <v>3791</v>
+        <v>3796</v>
       </c>
       <c r="B1846" s="0" t="s">
-        <v>3792</v>
+        <v>3797</v>
       </c>
       <c r="C1846" s="0" t="s">
-        <v>157</v>
+        <v>3328</v>
       </c>
       <c r="D1846" s="0" t="s">
-        <v>157</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1847">
       <c r="A1847" s="0" t="s">
-        <v>3793</v>
+        <v>3798</v>
       </c>
       <c r="B1847" s="0" t="s">
-        <v>3794</v>
+        <v>3799</v>
       </c>
       <c r="C1847" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
       <c r="D1847" s="0" t="s">
-        <v>157</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1848">
       <c r="A1848" s="0" t="s">
-        <v>3795</v>
+        <v>3800</v>
       </c>
       <c r="B1848" s="0" t="s">
-        <v>3796</v>
+        <v>3801</v>
       </c>
       <c r="C1848" s="0" t="s">
-        <v>157</v>
+        <v>130</v>
       </c>
       <c r="D1848" s="0" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1849">
       <c r="A1849" s="0" t="s">
-        <v>3797</v>
+        <v>3802</v>
       </c>
       <c r="B1849" s="0" t="s">
-        <v>3798</v>
+        <v>3803</v>
       </c>
       <c r="C1849" s="0" t="s">
-        <v>157</v>
+        <v>52</v>
       </c>
       <c r="D1849" s="0" t="s">
-        <v>157</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1850">
       <c r="A1850" s="0" t="s">
-        <v>3799</v>
+        <v>3804</v>
       </c>
       <c r="B1850" s="0" t="s">
-        <v>3800</v>
+        <v>3805</v>
       </c>
       <c r="C1850" s="0" t="s">
-        <v>157</v>
+        <v>52</v>
       </c>
       <c r="D1850" s="0" t="s">
-        <v>157</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1851">
       <c r="A1851" s="0" t="s">
-        <v>3801</v>
+        <v>3806</v>
       </c>
       <c r="B1851" s="0" t="s">
-        <v>3802</v>
+        <v>3807</v>
       </c>
       <c r="C1851" s="0" t="s">
-        <v>157</v>
+        <v>22</v>
       </c>
       <c r="D1851" s="0" t="s">
-        <v>157</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1852">
       <c r="A1852" s="0" t="s">
-        <v>3803</v>
+        <v>3808</v>
       </c>
       <c r="B1852" s="0" t="s">
-        <v>3804</v>
+        <v>3809</v>
       </c>
       <c r="C1852" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
       <c r="D1852" s="0" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1853">
       <c r="A1853" s="0" t="s">
-        <v>3805</v>
+        <v>3810</v>
       </c>
       <c r="B1853" s="0" t="s">
-        <v>3806</v>
+        <v>3811</v>
       </c>
       <c r="C1853" s="0" t="s">
-        <v>157</v>
+        <v>97</v>
       </c>
       <c r="D1853" s="0" t="s">
-        <v>157</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1854">
       <c r="A1854" s="0" t="s">
-        <v>3807</v>
+        <v>3812</v>
       </c>
       <c r="B1854" s="0" t="s">
-        <v>3808</v>
+        <v>3813</v>
       </c>
       <c r="C1854" s="0" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="D1854" s="0" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1855">
       <c r="A1855" s="0" t="s">
-        <v>3809</v>
+        <v>3814</v>
       </c>
       <c r="B1855" s="0" t="s">
-        <v>3810</v>
+        <v>3815</v>
       </c>
       <c r="C1855" s="0" t="s">
-        <v>3811</v>
+        <v>56</v>
       </c>
       <c r="D1855" s="0" t="s">
-        <v>3812</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1856">
       <c r="A1856" s="0" t="s">
-        <v>3813</v>
+        <v>3816</v>
       </c>
       <c r="B1856" s="0" t="s">
-        <v>3814</v>
+        <v>3817</v>
       </c>
       <c r="C1856" s="0" t="s">
-        <v>71</v>
+        <v>1285</v>
       </c>
       <c r="D1856" s="0" t="s">
-        <v>71</v>
+        <v>1286</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1857">
       <c r="A1857" s="0" t="s">
-        <v>3815</v>
+        <v>3818</v>
       </c>
       <c r="B1857" s="0" t="s">
-        <v>3816</v>
+        <v>3819</v>
       </c>
       <c r="C1857" s="0" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="D1857" s="0" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1858">
       <c r="A1858" s="0" t="s">
-        <v>3817</v>
+        <v>3820</v>
       </c>
       <c r="B1858" s="0" t="s">
-        <v>3818</v>
+        <v>3821</v>
       </c>
       <c r="C1858" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D1858" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1859">
       <c r="A1859" s="0" t="s">
-        <v>3819</v>
+        <v>3822</v>
       </c>
       <c r="B1859" s="0" t="s">
-        <v>3820</v>
+        <v>3823</v>
       </c>
       <c r="C1859" s="0" t="s">
-        <v>3821</v>
+        <v>3824</v>
       </c>
       <c r="D1859" s="0" t="s">
-        <v>3822</v>
+        <v>3824</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1860">
       <c r="A1860" s="0" t="s">
-        <v>3823</v>
+        <v>3825</v>
       </c>
       <c r="B1860" s="0" t="s">
-        <v>3824</v>
+        <v>3826</v>
       </c>
       <c r="C1860" s="0" t="s">
-        <v>80</v>
+        <v>352</v>
       </c>
       <c r="D1860" s="0" t="s">
-        <v>81</v>
+        <v>352</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1861">
       <c r="A1861" s="0" t="s">
-        <v>3825</v>
+        <v>3827</v>
       </c>
       <c r="B1861" s="0" t="s">
-        <v>3826</v>
+        <v>3828</v>
       </c>
       <c r="C1861" s="0" t="s">
-        <v>80</v>
+        <v>3305</v>
       </c>
       <c r="D1861" s="0" t="s">
-        <v>81</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1862">
       <c r="A1862" s="0" t="s">
-        <v>3827</v>
+        <v>3829</v>
       </c>
       <c r="B1862" s="0" t="s">
-        <v>3828</v>
+        <v>3830</v>
       </c>
       <c r="C1862" s="0" t="s">
-        <v>3821</v>
+        <v>97</v>
       </c>
       <c r="D1862" s="0" t="s">
-        <v>3822</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1863">
       <c r="A1863" s="0" t="s">
-        <v>3829</v>
+        <v>3831</v>
       </c>
       <c r="B1863" s="0" t="s">
-        <v>3830</v>
+        <v>3832</v>
       </c>
       <c r="C1863" s="0" t="s">
-        <v>692</v>
+        <v>222</v>
       </c>
       <c r="D1863" s="0" t="s">
-        <v>692</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1864">
       <c r="A1864" s="0" t="s">
-        <v>3831</v>
+        <v>3833</v>
       </c>
       <c r="B1864" s="0" t="s">
-        <v>3832</v>
+        <v>3834</v>
       </c>
       <c r="C1864" s="0" t="s">
-        <v>102</v>
+        <v>3835</v>
       </c>
       <c r="D1864" s="0" t="s">
-        <v>102</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1865">
       <c r="A1865" s="0" t="s">
-        <v>3833</v>
+        <v>3836</v>
       </c>
       <c r="B1865" s="0" t="s">
-        <v>3834</v>
+        <v>3837</v>
       </c>
       <c r="C1865" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
       <c r="D1865" s="0" t="s">
-        <v>197</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1866">
       <c r="A1866" s="0" t="s">
-        <v>3835</v>
+        <v>3838</v>
       </c>
       <c r="B1866" s="0" t="s">
-        <v>3836</v>
+        <v>3839</v>
       </c>
       <c r="C1866" s="0" t="s">
-        <v>80</v>
+        <v>3305</v>
       </c>
       <c r="D1866" s="0" t="s">
-        <v>81</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1867">
       <c r="A1867" s="0" t="s">
-        <v>3837</v>
+        <v>3840</v>
       </c>
       <c r="B1867" s="0" t="s">
-        <v>3838</v>
+        <v>3841</v>
       </c>
       <c r="C1867" s="0" t="s">
-        <v>583</v>
+        <v>3305</v>
       </c>
       <c r="D1867" s="0" t="s">
-        <v>3839</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1868">
       <c r="A1868" s="0" t="s">
-        <v>3840</v>
+        <v>3842</v>
       </c>
       <c r="B1868" s="0" t="s">
-        <v>3841</v>
+        <v>3843</v>
       </c>
       <c r="C1868" s="0" t="s">
-        <v>12</v>
+        <v>511</v>
       </c>
       <c r="D1868" s="0" t="s">
-        <v>13</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1869">
       <c r="A1869" s="0" t="s">
-        <v>3842</v>
+        <v>3844</v>
       </c>
       <c r="B1869" s="0" t="s">
-        <v>3843</v>
+        <v>3845</v>
       </c>
       <c r="C1869" s="0" t="s">
-        <v>692</v>
+        <v>85</v>
       </c>
       <c r="D1869" s="0" t="s">
-        <v>692</v>
+        <v>85</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1870">
       <c r="A1870" s="0" t="s">
-        <v>3844</v>
+        <v>3846</v>
       </c>
       <c r="B1870" s="0" t="s">
-        <v>3845</v>
+        <v>3847</v>
       </c>
       <c r="C1870" s="0" t="s">
-        <v>3821</v>
+        <v>3738</v>
       </c>
       <c r="D1870" s="0" t="s">
-        <v>3822</v>
+        <v>3738</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1871">
       <c r="A1871" s="0" t="s">
-        <v>3846</v>
+        <v>3848</v>
       </c>
       <c r="B1871" s="0" t="s">
-        <v>3847</v>
+        <v>3849</v>
       </c>
       <c r="C1871" s="0" t="s">
-        <v>3821</v>
+        <v>97</v>
       </c>
       <c r="D1871" s="0" t="s">
-        <v>3822</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1872">
       <c r="A1872" s="0" t="s">
-        <v>3848</v>
+        <v>3850</v>
       </c>
       <c r="B1872" s="0" t="s">
-        <v>3849</v>
+        <v>3851</v>
       </c>
       <c r="C1872" s="0" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
       <c r="D1872" s="0" t="s">
-        <v>127</v>
+        <v>111</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1873">
       <c r="A1873" s="0" t="s">
-        <v>3850</v>
+        <v>3852</v>
       </c>
       <c r="B1873" s="0" t="s">
-        <v>3851</v>
+        <v>3853</v>
       </c>
       <c r="C1873" s="0" t="s">
-        <v>583</v>
+        <v>222</v>
       </c>
       <c r="D1873" s="0" t="s">
-        <v>3839</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1874">
       <c r="A1874" s="0" t="s">
-        <v>3852</v>
+        <v>3854</v>
       </c>
       <c r="B1874" s="0" t="s">
-        <v>3853</v>
+        <v>3855</v>
       </c>
       <c r="C1874" s="0" t="s">
-        <v>2399</v>
+        <v>3856</v>
       </c>
       <c r="D1874" s="0" t="s">
-        <v>2399</v>
+        <v>3857</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1875">
       <c r="A1875" s="0" t="s">
-        <v>3854</v>
+        <v>3858</v>
       </c>
       <c r="B1875" s="0" t="s">
-        <v>3855</v>
+        <v>3859</v>
       </c>
       <c r="C1875" s="0" t="s">
-        <v>3856</v>
+        <v>222</v>
       </c>
       <c r="D1875" s="0" t="s">
-        <v>3856</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1876">
       <c r="A1876" s="0" t="s">
-        <v>3857</v>
+        <v>3860</v>
       </c>
       <c r="B1876" s="0" t="s">
-        <v>3858</v>
+        <v>3861</v>
       </c>
       <c r="C1876" s="0" t="s">
-        <v>127</v>
+        <v>3305</v>
       </c>
       <c r="D1876" s="0" t="s">
-        <v>127</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1877">
       <c r="A1877" s="0" t="s">
-        <v>3859</v>
+        <v>3862</v>
       </c>
       <c r="B1877" s="0" t="s">
-        <v>3860</v>
+        <v>3863</v>
       </c>
       <c r="C1877" s="0" t="s">
-        <v>3856</v>
+        <v>97</v>
       </c>
       <c r="D1877" s="0" t="s">
-        <v>3856</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1878">
       <c r="A1878" s="0" t="s">
-        <v>3861</v>
+        <v>3864</v>
       </c>
       <c r="B1878" s="0" t="s">
-        <v>3862</v>
+        <v>3865</v>
       </c>
       <c r="C1878" s="0" t="s">
-        <v>2399</v>
+        <v>3835</v>
       </c>
       <c r="D1878" s="0" t="s">
-        <v>2399</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1879">
       <c r="A1879" s="0" t="s">
-        <v>3863</v>
+        <v>3866</v>
       </c>
       <c r="B1879" s="0" t="s">
-        <v>3864</v>
+        <v>3867</v>
       </c>
       <c r="C1879" s="0" t="s">
-        <v>121</v>
+        <v>3305</v>
       </c>
       <c r="D1879" s="0" t="s">
-        <v>122</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1880">
       <c r="A1880" s="0" t="s">
-        <v>3865</v>
+        <v>3868</v>
       </c>
       <c r="B1880" s="0" t="s">
-        <v>3866</v>
+        <v>3869</v>
       </c>
       <c r="C1880" s="0" t="s">
-        <v>692</v>
+        <v>511</v>
       </c>
       <c r="D1880" s="0" t="s">
-        <v>692</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1881">
       <c r="A1881" s="0" t="s">
-        <v>3867</v>
+        <v>3870</v>
       </c>
       <c r="B1881" s="0" t="s">
-        <v>3868</v>
+        <v>3871</v>
       </c>
       <c r="C1881" s="0" t="s">
-        <v>3856</v>
+        <v>318</v>
       </c>
       <c r="D1881" s="0" t="s">
-        <v>3856</v>
+        <v>319</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1882">
       <c r="A1882" s="0" t="s">
-        <v>3869</v>
+        <v>3872</v>
       </c>
       <c r="B1882" s="0" t="s">
-        <v>3870</v>
+        <v>3873</v>
       </c>
       <c r="C1882" s="0" t="s">
-        <v>3856</v>
+        <v>3835</v>
       </c>
       <c r="D1882" s="0" t="s">
-        <v>3856</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1883">
       <c r="A1883" s="0" t="s">
-        <v>3871</v>
+        <v>3874</v>
       </c>
       <c r="B1883" s="0" t="s">
-        <v>3872</v>
+        <v>3875</v>
       </c>
       <c r="C1883" s="0" t="s">
-        <v>127</v>
+        <v>3305</v>
       </c>
       <c r="D1883" s="0" t="s">
-        <v>127</v>
+        <v>1960</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1884">
       <c r="A1884" s="0" t="s">
-        <v>3873</v>
+        <v>3876</v>
       </c>
       <c r="B1884" s="0" t="s">
-        <v>3874</v>
+        <v>3877</v>
       </c>
       <c r="C1884" s="0" t="s">
-        <v>162</v>
+        <v>97</v>
       </c>
       <c r="D1884" s="0" t="s">
-        <v>162</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1885">
       <c r="A1885" s="0" t="s">
-        <v>3875</v>
+        <v>3878</v>
       </c>
       <c r="B1885" s="0" t="s">
-        <v>3876</v>
+        <v>3879</v>
       </c>
       <c r="C1885" s="0" t="s">
-        <v>162</v>
+        <v>136</v>
       </c>
       <c r="D1885" s="0" t="s">
-        <v>162</v>
+        <v>136</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1886">
       <c r="A1886" s="0" t="s">
-        <v>3877</v>
+        <v>3880</v>
       </c>
       <c r="B1886" s="0" t="s">
-        <v>3878</v>
+        <v>3881</v>
       </c>
       <c r="C1886" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
       <c r="D1886" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1887">
       <c r="A1887" s="0" t="s">
-        <v>3879</v>
+        <v>3882</v>
       </c>
       <c r="B1887" s="0" t="s">
-        <v>3880</v>
+        <v>3883</v>
       </c>
       <c r="C1887" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
       <c r="D1887" s="0" t="s">
-        <v>162</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1888">
       <c r="A1888" s="0" t="s">
-        <v>3881</v>
+        <v>3884</v>
       </c>
       <c r="B1888" s="0" t="s">
-        <v>3882</v>
+        <v>3885</v>
       </c>
       <c r="C1888" s="0" t="s">
-        <v>1075</v>
+        <v>3328</v>
       </c>
       <c r="D1888" s="0" t="s">
-        <v>1076</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1889">
       <c r="A1889" s="0" t="s">
-        <v>3883</v>
+        <v>3886</v>
       </c>
       <c r="B1889" s="0" t="s">
-        <v>3884</v>
+        <v>3887</v>
       </c>
       <c r="C1889" s="0" t="s">
-        <v>102</v>
+        <v>3328</v>
       </c>
       <c r="D1889" s="0" t="s">
-        <v>102</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1890">
       <c r="A1890" s="0" t="s">
-        <v>3885</v>
+        <v>3888</v>
       </c>
       <c r="B1890" s="0" t="s">
-        <v>3886</v>
+        <v>3889</v>
       </c>
       <c r="C1890" s="0" t="s">
-        <v>102</v>
+        <v>3328</v>
       </c>
       <c r="D1890" s="0" t="s">
-        <v>102</v>
+        <v>3328</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1891">
       <c r="A1891" s="0" t="s">
-        <v>3887</v>
+        <v>3890</v>
       </c>
       <c r="B1891" s="0" t="s">
-        <v>3888</v>
+        <v>3891</v>
       </c>
       <c r="C1891" s="0" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="D1891" s="0" t="s">
-        <v>102</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1892">
       <c r="A1892" s="0" t="s">
-        <v>3889</v>
+        <v>3892</v>
       </c>
       <c r="B1892" s="0" t="s">
-        <v>3890</v>
+        <v>3893</v>
       </c>
       <c r="C1892" s="0" t="s">
-        <v>102</v>
+        <v>185</v>
       </c>
       <c r="D1892" s="0" t="s">
-        <v>102</v>
+        <v>185</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1893">
       <c r="A1893" s="0" t="s">
-        <v>3891</v>
+        <v>3894</v>
       </c>
       <c r="B1893" s="0" t="s">
-        <v>3892</v>
+        <v>3895</v>
       </c>
       <c r="C1893" s="0" t="s">
-        <v>2399</v>
+        <v>197</v>
       </c>
       <c r="D1893" s="0" t="s">
-        <v>2399</v>
+        <v>197</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1894">
       <c r="A1894" s="0" t="s">
-        <v>3893</v>
+        <v>3896</v>
       </c>
       <c r="B1894" s="0" t="s">
-        <v>3894</v>
+        <v>3897</v>
       </c>
       <c r="C1894" s="0" t="s">
-        <v>2399</v>
+        <v>19</v>
       </c>
       <c r="D1894" s="0" t="s">
-        <v>2399</v>
+        <v>19</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1895">
       <c r="A1895" s="0" t="s">
-        <v>3895</v>
+        <v>3898</v>
       </c>
       <c r="B1895" s="0" t="s">
-        <v>3896</v>
+        <v>3899</v>
       </c>
       <c r="C1895" s="0" t="s">
-        <v>102</v>
+        <v>130</v>
       </c>
       <c r="D1895" s="0" t="s">
-        <v>102</v>
+        <v>131</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1896">
       <c r="A1896" s="0" t="s">
-        <v>3897</v>
+        <v>3900</v>
       </c>
       <c r="B1896" s="0" t="s">
-        <v>3898</v>
+        <v>3901</v>
       </c>
       <c r="C1896" s="0" t="s">
-        <v>102</v>
+        <v>193</v>
       </c>
       <c r="D1896" s="0" t="s">
-        <v>102</v>
+        <v>194</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1897">
       <c r="A1897" s="0" t="s">
-        <v>3899</v>
+        <v>3902</v>
       </c>
       <c r="B1897" s="0" t="s">
-        <v>3900</v>
+        <v>3903</v>
       </c>
       <c r="C1897" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1897" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1898">
       <c r="A1898" s="0" t="s">
-        <v>3901</v>
+        <v>3904</v>
       </c>
       <c r="B1898" s="0" t="s">
-        <v>3902</v>
+        <v>3905</v>
       </c>
       <c r="C1898" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1898" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1899">
       <c r="A1899" s="0" t="s">
-        <v>3903</v>
+        <v>3906</v>
       </c>
       <c r="B1899" s="0" t="s">
-        <v>3904</v>
+        <v>3907</v>
       </c>
       <c r="C1899" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1899" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1900">
       <c r="A1900" s="0" t="s">
-        <v>3905</v>
+        <v>3908</v>
       </c>
       <c r="B1900" s="0" t="s">
-        <v>3906</v>
+        <v>3909</v>
       </c>
       <c r="C1900" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1900" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1901">
       <c r="A1901" s="0" t="s">
-        <v>3907</v>
+        <v>3910</v>
       </c>
       <c r="B1901" s="0" t="s">
-        <v>3908</v>
+        <v>3911</v>
       </c>
       <c r="C1901" s="0" t="s">
-        <v>102</v>
+        <v>2117</v>
       </c>
       <c r="D1901" s="0" t="s">
-        <v>102</v>
+        <v>2117</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1902">
       <c r="A1902" s="0" t="s">
-        <v>3909</v>
+        <v>3912</v>
       </c>
       <c r="B1902" s="0" t="s">
-        <v>3910</v>
+        <v>3913</v>
       </c>
       <c r="C1902" s="0" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="D1902" s="0" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1903">
       <c r="A1903" s="0" t="s">
-        <v>3911</v>
+        <v>3914</v>
       </c>
       <c r="B1903" s="0" t="s">
-        <v>3912</v>
+        <v>3915</v>
       </c>
       <c r="C1903" s="0" t="s">
-        <v>102</v>
+        <v>56</v>
       </c>
       <c r="D1903" s="0" t="s">
-        <v>102</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1904">
       <c r="A1904" s="0" t="s">
-        <v>3913</v>
+        <v>3916</v>
       </c>
       <c r="B1904" s="0" t="s">
-        <v>3914</v>
+        <v>3917</v>
       </c>
       <c r="C1904" s="0" t="s">
-        <v>102</v>
+        <v>52</v>
       </c>
       <c r="D1904" s="0" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1905">
       <c r="A1905" s="0" t="s">
-        <v>3915</v>
+        <v>3918</v>
       </c>
       <c r="B1905" s="0" t="s">
-        <v>3916</v>
+        <v>3919</v>
       </c>
       <c r="C1905" s="0" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="D1905" s="0" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1906">
       <c r="A1906" s="0" t="s">
-        <v>3917</v>
+        <v>3920</v>
       </c>
       <c r="B1906" s="0" t="s">
-        <v>3918</v>
+        <v>3921</v>
       </c>
       <c r="C1906" s="0" t="s">
-        <v>3919</v>
+        <v>56</v>
       </c>
       <c r="D1906" s="0" t="s">
-        <v>3920</v>
+        <v>57</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1907">
       <c r="A1907" s="0" t="s">
-        <v>3921</v>
+        <v>3922</v>
       </c>
       <c r="B1907" s="0" t="s">
-        <v>3922</v>
+        <v>3923</v>
       </c>
       <c r="C1907" s="0" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="D1907" s="0" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1908">
       <c r="A1908" s="0" t="s">
-        <v>3923</v>
+        <v>3924</v>
       </c>
       <c r="B1908" s="0" t="s">
-        <v>3924</v>
+        <v>3925</v>
       </c>
       <c r="C1908" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D1908" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1909">
       <c r="A1909" s="0" t="s">
-        <v>3925</v>
+        <v>3926</v>
       </c>
       <c r="B1909" s="0" t="s">
-        <v>3926</v>
+        <v>3927</v>
       </c>
       <c r="C1909" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1909" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1910">
       <c r="A1910" s="0" t="s">
-        <v>3927</v>
+        <v>3928</v>
       </c>
       <c r="B1910" s="0" t="s">
-        <v>3928</v>
+        <v>3929</v>
       </c>
       <c r="C1910" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1910" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1911">
       <c r="A1911" s="0" t="s">
-        <v>3929</v>
+        <v>3930</v>
       </c>
       <c r="B1911" s="0" t="s">
-        <v>3930</v>
+        <v>3931</v>
       </c>
       <c r="C1911" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1911" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1912">
       <c r="A1912" s="0" t="s">
-        <v>3931</v>
+        <v>3932</v>
       </c>
       <c r="B1912" s="0" t="s">
-        <v>3932</v>
+        <v>3933</v>
       </c>
       <c r="C1912" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1912" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1913">
       <c r="A1913" s="0" t="s">
-        <v>3933</v>
+        <v>3934</v>
       </c>
       <c r="B1913" s="0" t="s">
-        <v>3934</v>
+        <v>3935</v>
       </c>
       <c r="C1913" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1913" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1914">
       <c r="A1914" s="0" t="s">
-        <v>3935</v>
+        <v>3936</v>
       </c>
       <c r="B1914" s="0" t="s">
-        <v>3936</v>
+        <v>3937</v>
       </c>
       <c r="C1914" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1914" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1915">
       <c r="A1915" s="0" t="s">
-        <v>3935</v>
+        <v>3938</v>
       </c>
       <c r="B1915" s="0" t="s">
-        <v>3937</v>
+        <v>3939</v>
       </c>
       <c r="C1915" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1915" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1916">
       <c r="A1916" s="0" t="s">
-        <v>3938</v>
+        <v>3940</v>
       </c>
       <c r="B1916" s="0" t="s">
-        <v>3939</v>
+        <v>3941</v>
       </c>
       <c r="C1916" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1916" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1917">
       <c r="A1917" s="0" t="s">
-        <v>3940</v>
+        <v>3942</v>
       </c>
       <c r="B1917" s="0" t="s">
-        <v>3941</v>
+        <v>3943</v>
       </c>
       <c r="C1917" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1917" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1918">
       <c r="A1918" s="0" t="s">
-        <v>3942</v>
+        <v>3944</v>
       </c>
       <c r="B1918" s="0" t="s">
-        <v>3943</v>
+        <v>3945</v>
       </c>
       <c r="C1918" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1918" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1919">
       <c r="A1919" s="0" t="s">
-        <v>3944</v>
+        <v>3946</v>
       </c>
       <c r="B1919" s="0" t="s">
-        <v>3945</v>
+        <v>3947</v>
       </c>
       <c r="C1919" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1919" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1920">
       <c r="A1920" s="0" t="s">
-        <v>3946</v>
+        <v>3948</v>
       </c>
       <c r="B1920" s="0" t="s">
-        <v>3947</v>
+        <v>3949</v>
       </c>
       <c r="C1920" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1920" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1921">
       <c r="A1921" s="0" t="s">
-        <v>3948</v>
+        <v>3950</v>
       </c>
       <c r="B1921" s="0" t="s">
-        <v>3949</v>
+        <v>3951</v>
       </c>
       <c r="C1921" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1921" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1922">
       <c r="A1922" s="0" t="s">
-        <v>3950</v>
+        <v>3952</v>
       </c>
       <c r="B1922" s="0" t="s">
-        <v>3951</v>
+        <v>3953</v>
       </c>
       <c r="C1922" s="0" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="D1922" s="0" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1923">
       <c r="A1923" s="0" t="s">
-        <v>3952</v>
+        <v>3954</v>
       </c>
       <c r="B1923" s="0" t="s">
-        <v>3953</v>
+        <v>3955</v>
       </c>
       <c r="C1923" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1923" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1924">
       <c r="A1924" s="0" t="s">
-        <v>3954</v>
+        <v>3956</v>
       </c>
       <c r="B1924" s="0" t="s">
-        <v>3955</v>
+        <v>3957</v>
       </c>
       <c r="C1924" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1924" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1925">
       <c r="A1925" s="0" t="s">
-        <v>3956</v>
+        <v>3958</v>
       </c>
       <c r="B1925" s="0" t="s">
-        <v>3957</v>
+        <v>3959</v>
       </c>
       <c r="C1925" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1925" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1926">
       <c r="A1926" s="0" t="s">
-        <v>3958</v>
+        <v>3960</v>
       </c>
       <c r="B1926" s="0" t="s">
-        <v>3959</v>
+        <v>3961</v>
       </c>
       <c r="C1926" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1926" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1927">
       <c r="A1927" s="0" t="s">
         <v>3960</v>
       </c>
       <c r="B1927" s="0" t="s">
-        <v>3961</v>
+        <v>3962</v>
       </c>
       <c r="C1927" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1927" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1928">
       <c r="A1928" s="0" t="s">
-        <v>3960</v>
+        <v>3963</v>
       </c>
       <c r="B1928" s="0" t="s">
-        <v>3962</v>
+        <v>3964</v>
       </c>
       <c r="C1928" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1928" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1929">
       <c r="A1929" s="0" t="s">
-        <v>3963</v>
+        <v>3965</v>
       </c>
       <c r="B1929" s="0" t="s">
-        <v>3964</v>
+        <v>3966</v>
       </c>
       <c r="C1929" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1929" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1930">
       <c r="A1930" s="0" t="s">
-        <v>3963</v>
+        <v>3967</v>
       </c>
       <c r="B1930" s="0" t="s">
-        <v>3965</v>
+        <v>3968</v>
       </c>
       <c r="C1930" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1930" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1931">
       <c r="A1931" s="0" t="s">
-        <v>3966</v>
+        <v>3969</v>
       </c>
       <c r="B1931" s="0" t="s">
-        <v>3967</v>
+        <v>3970</v>
       </c>
       <c r="C1931" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1931" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1932">
       <c r="A1932" s="0" t="s">
-        <v>3968</v>
+        <v>3971</v>
       </c>
       <c r="B1932" s="0" t="s">
-        <v>3969</v>
+        <v>3972</v>
       </c>
       <c r="C1932" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1932" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1933">
       <c r="A1933" s="0" t="s">
-        <v>3970</v>
+        <v>3973</v>
       </c>
       <c r="B1933" s="0" t="s">
-        <v>3971</v>
+        <v>3974</v>
       </c>
       <c r="C1933" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
       <c r="D1933" s="0" t="s">
-        <v>102</v>
+        <v>78</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1934">
       <c r="A1934" s="0" t="s">
-        <v>3972</v>
+        <v>3975</v>
       </c>
       <c r="B1934" s="0" t="s">
-        <v>3973</v>
+        <v>3976</v>
       </c>
       <c r="C1934" s="0" t="s">
-        <v>102</v>
+        <v>511</v>
       </c>
       <c r="D1934" s="0" t="s">
-        <v>102</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1935">
       <c r="A1935" s="0" t="s">
-        <v>3974</v>
+        <v>3977</v>
       </c>
       <c r="B1935" s="0" t="s">
-        <v>3975</v>
+        <v>3978</v>
       </c>
       <c r="C1935" s="0" t="s">
-        <v>102</v>
+        <v>511</v>
       </c>
       <c r="D1935" s="0" t="s">
-        <v>102</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1936">
       <c r="A1936" s="0" t="s">
-        <v>3976</v>
+        <v>3979</v>
       </c>
       <c r="B1936" s="0" t="s">
-        <v>3977</v>
+        <v>3980</v>
       </c>
       <c r="C1936" s="0" t="s">
-        <v>102</v>
+        <v>511</v>
       </c>
       <c r="D1936" s="0" t="s">
-        <v>102</v>
+        <v>431</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1937">
       <c r="A1937" s="0" t="s">
-        <v>3978</v>
+        <v>3981</v>
       </c>
       <c r="B1937" s="0" t="s">
-        <v>3979</v>
+        <v>3982</v>
       </c>
       <c r="C1937" s="0" t="s">
-        <v>80</v>
+        <v>222</v>
       </c>
       <c r="D1937" s="0" t="s">
-        <v>81</v>
+        <v>222</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1938">
       <c r="A1938" s="0" t="s">
-        <v>3980</v>
+        <v>3983</v>
       </c>
       <c r="B1938" s="0" t="s">
-        <v>3981</v>
+        <v>3984</v>
       </c>
       <c r="C1938" s="0" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="D1938" s="0" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1939">
       <c r="A1939" s="0" t="s">
-        <v>3982</v>
+        <v>3985</v>
       </c>
       <c r="B1939" s="0" t="s">
-        <v>3983</v>
+        <v>3986</v>
       </c>
       <c r="C1939" s="0" t="s">
-        <v>102</v>
+        <v>3987</v>
       </c>
       <c r="D1939" s="0" t="s">
-        <v>102</v>
-[...31 lines deleted...]
-      <c r="A1942" s="0" t="s">
         <v>3987</v>
-      </c>
-[...2835 lines deleted...]
-        <v>4397</v>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Doc Author</dc:creator>
   <cp:revision></cp:revision>
 </cp:coreProperties>