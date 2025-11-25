--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -2794,57 +2794,57 @@
   <si>
     <t>Towels V-angled 1-layer [200pcs];,L=22.5,B=11.5cm;white</t>
   </si>
   <si>
     <t>08010654</t>
   </si>
   <si>
     <t>08010643</t>
   </si>
   <si>
     <t>Towels V-angled 1-layer [250pcs];,L=22.5,B=11.5cm;gray</t>
   </si>
   <si>
     <t>08010639</t>
   </si>
   <si>
     <t>Towels V-angled 1-layer [250pcs];,L=22.5,B=11.5cm;white</t>
   </si>
   <si>
     <t>08010655</t>
   </si>
   <si>
     <t>Towels V-angled 2-layer [200pcs];,L=22.5,B=11.5cm;white</t>
   </si>
   <si>
+    <t>08010652</t>
+  </si>
+  <si>
     <t>08010644</t>
   </si>
   <si>
     <t>08010653</t>
-  </si>
-[...1 lines deleted...]
-    <t>08010652</t>
   </si>
   <si>
     <t>Towels Z-angled 1-layer [200pcs];,L=215,B=80mm;gray</t>
   </si>
   <si>
     <t>08010646</t>
   </si>
   <si>
     <t>Towels Z-angled 1-layer [250pcs];,L=215,B=80mm;white</t>
   </si>
   <si>
     <t>08010645</t>
   </si>
   <si>
     <t>Towels Z-angled 2-layer [180pcs];,L=215,B=80mm;white</t>
   </si>
   <si>
     <t>08010647</t>
   </si>
   <si>
     <t>Towels Z-angled 2-layer [180pcs];,L=22,B=8cm;white</t>
   </si>
   <si>
     <t>08010658</t>
   </si>